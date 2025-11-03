--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jolanta.kruskopa\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4476D729-FBF8-471E-92E9-2C3727D8745E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{63A7ED1D-8C9D-4C71-B5D8-C88BCED8905F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{C917B191-51D2-4C71-A648-B427184A09AC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{4DB022DD-A0F0-4017-AA33-EC1013BF9ECC}"/>
   </bookViews>
   <sheets>
     <sheet name="tabula" sheetId="1" r:id="rId1"/>
     <sheet name="izvelnes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">tabula!$A$4:$L$75</definedName>
+    <definedName name="Avio">izvelnes!$A$23:$A$24</definedName>
+    <definedName name="FIN">izvelnes!$A$30:$A$40</definedName>
+    <definedName name="Merkis">izvelnes!$A$1:$A$19</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1241" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1025" uniqueCount="127">
   <si>
     <t>Informācija par ārvalstu komandējumu izdevumiem</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>Mēnesis</t>
   </si>
   <si>
     <t>Dienu skaits</t>
   </si>
   <si>
     <t>Valsts, pilsēta</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Komandējuma mērķis 
 </t>
     </r>
     <r>
       <rPr>
@@ -161,668 +161,726 @@
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>summa</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Citi komandējuma izdevumi, </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>summa</t>
     </r>
   </si>
   <si>
+    <t>biroja priekšnieks</t>
+  </si>
+  <si>
+    <t>Jūlijs</t>
+  </si>
+  <si>
+    <t>Šveice, Ženēva</t>
+  </si>
+  <si>
+    <t>Dalība Latvijas delegācijas sastāvā</t>
+  </si>
+  <si>
+    <t>Valsts pamatbudžets</t>
+  </si>
+  <si>
+    <t>Ekonomiskā</t>
+  </si>
+  <si>
+    <t>galvenais inspektors</t>
+  </si>
+  <si>
+    <t>vecākais inspektors</t>
+  </si>
+  <si>
+    <t>Horvātija, Zagreba</t>
+  </si>
+  <si>
+    <t>Dalība Eiropas Savienības institūciju sanāksmē</t>
+  </si>
+  <si>
+    <t>Citi finansējuma avoti*</t>
+  </si>
+  <si>
+    <t>Ungārija, Budapešta</t>
+  </si>
+  <si>
+    <t>Mācību komandējums</t>
+  </si>
+  <si>
+    <t>nodaļas priekšnieka vietnieks</t>
+  </si>
+  <si>
+    <t>nodaļas priekšnieks</t>
+  </si>
+  <si>
+    <t>Nīderlande, Hāga</t>
+  </si>
+  <si>
+    <t>Dalība projektu aktivitātēs</t>
+  </si>
+  <si>
+    <t>Citi Eiropas Savienības politiku instrumenti</t>
+  </si>
+  <si>
+    <t>biroja priekšnieka vietnieks</t>
+  </si>
+  <si>
+    <t>Portugāle, Lisabona</t>
+  </si>
+  <si>
+    <t>Dalība CEPOL aktivitātēs</t>
+  </si>
+  <si>
+    <t>Dalība Eiropas Savienības Padomes sanāksmē</t>
+  </si>
+  <si>
+    <t>vecākais speciālists</t>
+  </si>
+  <si>
+    <t>Beļģija, Brisele</t>
+  </si>
+  <si>
+    <t>Dalība Eiropas Komisijas un ES Padomes organizētajās sanāksmēs</t>
+  </si>
+  <si>
+    <t>inspektors</t>
+  </si>
+  <si>
+    <t>Igaunija, Pērnava</t>
+  </si>
+  <si>
+    <t>Starptautiskās sadarbības nodrošināšana</t>
+  </si>
+  <si>
+    <t>Igaunija, Tartu</t>
+  </si>
+  <si>
+    <t>Vācija, Minstere</t>
+  </si>
+  <si>
+    <t>koledžas direktors</t>
+  </si>
+  <si>
+    <t>Polija, Varšava</t>
+  </si>
+  <si>
+    <t>Lietuva, Zarasi</t>
+  </si>
+  <si>
+    <t>Lietuva, Palanga</t>
+  </si>
+  <si>
+    <t>Lielbritānija, Glāzgova</t>
+  </si>
+  <si>
+    <t>Dalība starptautiskā konferencē</t>
+  </si>
+  <si>
+    <t>Augusts</t>
+  </si>
+  <si>
+    <t>Nozares pārstāvēšana starptautiskā pasākumā</t>
+  </si>
+  <si>
+    <t>jaunākais inspektors</t>
+  </si>
+  <si>
+    <t>Bulgārija, Burgasa</t>
+  </si>
+  <si>
+    <t>Citas aktivitātes</t>
+  </si>
+  <si>
+    <t>ASV, Vašingtona</t>
+  </si>
+  <si>
+    <t>Pieredzes apmaiņas vizīte</t>
+  </si>
+  <si>
+    <t>Lietuva, Birži</t>
+  </si>
+  <si>
+    <t>Igaunija, Tallina</t>
+  </si>
+  <si>
+    <t>Normatīvajos aktos noteikto pienākumu izpilde</t>
+  </si>
+  <si>
+    <t>Lietuva, Naujoji Akmene</t>
+  </si>
+  <si>
+    <t>Nīderlande, Utrehta</t>
+  </si>
+  <si>
+    <t>Dalība nozares profesionālajā konferencē</t>
+  </si>
+  <si>
+    <t>Lietuva, Viļņa</t>
+  </si>
+  <si>
+    <t>Projekta īstenošana</t>
+  </si>
+  <si>
+    <t>nodaļas vadītājs</t>
+  </si>
+  <si>
+    <t>pārvaldes priekšnieks</t>
+  </si>
+  <si>
+    <t>eksperts</t>
+  </si>
+  <si>
+    <t>Lietuva, Šauļi</t>
+  </si>
+  <si>
+    <t>vecākais eksperts</t>
+  </si>
+  <si>
+    <t>Citi finansējuma avoti</t>
+  </si>
+  <si>
+    <t>Lietuva, Varēna</t>
+  </si>
+  <si>
+    <t>Dalība starptautiskā pasākumā</t>
+  </si>
+  <si>
+    <t>Septembris</t>
+  </si>
+  <si>
+    <t>Francija, Strasbūra</t>
+  </si>
+  <si>
+    <t>Somija, Helsinki</t>
+  </si>
+  <si>
+    <t>docents</t>
+  </si>
+  <si>
+    <t>Dalība koordinācijas sanāksmē</t>
+  </si>
+  <si>
+    <t>Lielbritānija, Kenta</t>
+  </si>
+  <si>
+    <t>Francija, Liona</t>
+  </si>
+  <si>
+    <t>Zviedrija, Stokholma</t>
+  </si>
+  <si>
+    <t>lektors</t>
+  </si>
+  <si>
+    <t>Lietuva, Mastaičiai</t>
+  </si>
+  <si>
+    <t>Norvēģija, Bergena</t>
+  </si>
+  <si>
+    <t>vecākais programmētājs</t>
+  </si>
+  <si>
+    <t>Kipra, Nikosija</t>
+  </si>
+  <si>
+    <t>Itālija, Roma</t>
+  </si>
+  <si>
+    <t>Lietuva, Panevēža</t>
+  </si>
+  <si>
+    <t>automobiļa vadītājs</t>
+  </si>
+  <si>
+    <t>Lietuva, Alīta</t>
+  </si>
+  <si>
+    <t>Nīderlande, Apeldorna</t>
+  </si>
+  <si>
+    <t>Somija, Imatra</t>
+  </si>
+  <si>
+    <t>Igaunija, Merikula</t>
+  </si>
+  <si>
+    <t>Itālija, Ispra</t>
+  </si>
+  <si>
+    <t>Polija, Gdaņska</t>
+  </si>
+  <si>
+    <t>priekšnieka palīgs</t>
+  </si>
+  <si>
+    <t>pārvaldes priekšnieka vietnieks</t>
+  </si>
+  <si>
+    <t>Slovākija, Horne Srnie</t>
+  </si>
+  <si>
+    <t>ASV, Olbani</t>
+  </si>
+  <si>
+    <t>Beļģija, Gēla</t>
+  </si>
+  <si>
+    <t>iecirkņa priekšnieks</t>
+  </si>
+  <si>
+    <t>Polija, Ksjonža Velkopolska</t>
+  </si>
+  <si>
+    <t>Čehija, Prāga</t>
+  </si>
+  <si>
+    <t>Polija, Premisla</t>
+  </si>
+  <si>
+    <t>speciālists</t>
+  </si>
+  <si>
+    <t>Slovākija, Bratislava</t>
+  </si>
+  <si>
+    <t>Lietuva, Pakroja</t>
+  </si>
+  <si>
+    <t>Lietuva, Utena</t>
+  </si>
+  <si>
+    <t>* finanšu līdzekļi iestādei tiek atlīdzināti</t>
+  </si>
+  <si>
     <t>Dalība Apvienoto Nāciju Organizācijas (ANO) sanāksmē</t>
   </si>
   <si>
     <t>Dalība Eiropas Komisijas ekspertu darba grupā</t>
   </si>
   <si>
     <t>Dalība Eiropas Padomes komitejas plenārsēdē</t>
   </si>
   <si>
     <t>Dalība Eiropas Savienības Padomes darba grupā</t>
   </si>
   <si>
-    <t>Dalība Eiropas Savienības Padomes sanāksmē</t>
-[...1 lines deleted...]
-  <si>
     <t>Dalība Ekonomiskās sadarbības un attīstības organizācijas (OECD) darba grupā</t>
   </si>
   <si>
     <t>Dalība Ekonomiskās sadarbības un attīstības organizācijas (OECD) sanāksmē</t>
   </si>
   <si>
-    <t>Dalība Latvijas delegācijas sastāvā</t>
-[...4 lines deleted...]
-  <si>
     <t>Dalība starptautiskā izstādē</t>
   </si>
   <si>
-    <t>Dalība starptautiskā konferencē</t>
-[...7 lines deleted...]
-  <si>
     <t>Ministra vizīte, delegācija</t>
   </si>
   <si>
-    <t>Normatīvajos aktos noteikto pienākumu izpilde</t>
-[...13 lines deleted...]
-  <si>
     <t>Ārvalstu finanšu palīdzības līdzekļi</t>
   </si>
   <si>
     <t>Eiropas Savienības finanšu instrumenti</t>
   </si>
   <si>
     <t>Eiropas Savienības institūcijas finansējums</t>
   </si>
   <si>
     <t>Eiropas Savienības Padomes finansējums</t>
   </si>
   <si>
     <t>Starptautiskās institūcijas finansējums</t>
   </si>
   <si>
     <t>Starptautisko projektu finanšu līdzekļi</t>
   </si>
   <si>
     <t>Uzņemošās puses finansējums</t>
   </si>
   <si>
-    <t>Valsts pamatbudžets</t>
-[...4 lines deleted...]
-  <si>
     <t>Eiropas Ekonomikas zonas un Norvēģijas finanšu instrumenti</t>
   </si>
   <si>
-    <t>Citi finansējuma avoti*</t>
-[...160 lines deleted...]
-  <si>
     <t>priekšnieks</t>
   </si>
   <si>
-    <t>Lietuva, Šauļi</t>
-[...157 lines deleted...]
-  <si>
     <t xml:space="preserve">nodaļas priekšnieks </t>
   </si>
   <si>
-    <t>direktors</t>
-[...2 lines deleted...]
-    <t>* finanšu līdzekļi iestādei tiek atlīdzināti</t>
+    <t>Biznesa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0.000"/>
+  </numFmts>
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <b/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-      <sz val="14"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
-    <font>
-[...12 lines deleted...]
-    </font>
   </fonts>
-  <fills count="2">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...6 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1076,8637 +1134,11419 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F8A15C8-AE04-4F5A-A333-99BF8E0EC9E4}">
-  <dimension ref="A2:L248"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{936CCB39-499A-4B3F-A012-31EFE7BED62E}">
+  <dimension ref="A2:CJ196"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
-      <selection activeCell="I19" sqref="I19"/>
+    <sheetView tabSelected="1" topLeftCell="A59" workbookViewId="0">
+      <selection activeCell="G185" sqref="G185"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.77734375" style="11"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="8.88671875" style="10"/>
+    <col min="1" max="1" width="9.140625" style="1"/>
+    <col min="2" max="2" width="28.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.85546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" style="1"/>
+    <col min="5" max="5" width="17.5703125" customWidth="1"/>
+    <col min="6" max="6" width="37.85546875" style="22" customWidth="1"/>
+    <col min="7" max="7" width="39.28515625" customWidth="1"/>
+    <col min="8" max="8" width="13" customWidth="1"/>
+    <col min="9" max="10" width="11.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.5703125" customWidth="1"/>
+    <col min="12" max="12" width="13.5703125" customWidth="1"/>
+    <col min="13" max="13" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" ht="17.399999999999999" x14ac:dyDescent="0.3">
-      <c r="A2" s="9" t="s">
+    <row r="2" spans="1:88" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="9"/>
-[...13 lines deleted...]
-      <c r="A4" s="12" t="s">
+      <c r="B2" s="29"/>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="29"/>
+      <c r="H2" s="29"/>
+      <c r="I2" s="29"/>
+      <c r="J2" s="29"/>
+      <c r="K2" s="29"/>
+      <c r="L2" s="29"/>
+    </row>
+    <row r="3" spans="1:88" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="1:88" ht="58.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="C4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="12" t="s">
+      <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="E4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="12" t="s">
+      <c r="G4" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="12" t="s">
+      <c r="H4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="12" t="s">
+      <c r="I4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="J4" s="12" t="s">
+      <c r="J4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="K4" s="12" t="s">
+      <c r="K4" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="12" t="s">
+      <c r="L4" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="18">
+    <row r="5" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="7">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="7">
+        <v>4</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="10">
+        <v>724.5</v>
+      </c>
+      <c r="I5" s="10">
+        <v>618.25</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" s="10">
+        <v>240</v>
+      </c>
+      <c r="L5" s="11">
+        <v>23.68</v>
+      </c>
+      <c r="M5" s="12"/>
+      <c r="N5" s="12"/>
+      <c r="O5" s="12"/>
+      <c r="P5" s="12"/>
+      <c r="Q5" s="12"/>
+      <c r="R5" s="12"/>
+      <c r="S5" s="12"/>
+      <c r="T5" s="12"/>
+      <c r="U5" s="12"/>
+      <c r="V5" s="12"/>
+      <c r="W5" s="12"/>
+      <c r="X5" s="12"/>
+      <c r="Y5" s="12"/>
+      <c r="Z5" s="12"/>
+      <c r="AA5" s="12"/>
+      <c r="AB5" s="12"/>
+      <c r="AC5" s="12"/>
+      <c r="AD5" s="12"/>
+      <c r="AE5" s="12"/>
+      <c r="AF5" s="12"/>
+      <c r="AG5" s="12"/>
+      <c r="AH5" s="12"/>
+      <c r="AI5" s="12"/>
+      <c r="AJ5" s="12"/>
+      <c r="AK5" s="12"/>
+      <c r="AL5" s="12"/>
+      <c r="AM5" s="12"/>
+      <c r="AN5" s="12"/>
+      <c r="AO5" s="12"/>
+      <c r="AP5" s="12"/>
+      <c r="AQ5" s="12"/>
+      <c r="AR5" s="12"/>
+      <c r="AS5" s="12"/>
+      <c r="AT5" s="12"/>
+      <c r="AU5" s="12"/>
+      <c r="AV5" s="12"/>
+      <c r="AW5" s="12"/>
+      <c r="AX5" s="12"/>
+      <c r="AY5" s="12"/>
+      <c r="AZ5" s="12"/>
+      <c r="BA5" s="12"/>
+      <c r="BB5" s="12"/>
+      <c r="BC5" s="12"/>
+      <c r="BD5" s="12"/>
+      <c r="BE5" s="12"/>
+      <c r="BF5" s="12"/>
+      <c r="BG5" s="12"/>
+      <c r="BH5" s="12"/>
+      <c r="BI5" s="12"/>
+      <c r="BJ5" s="12"/>
+      <c r="BK5" s="12"/>
+      <c r="BL5" s="12"/>
+      <c r="BM5" s="12"/>
+      <c r="BN5" s="12"/>
+      <c r="BO5" s="12"/>
+      <c r="BP5" s="12"/>
+      <c r="BQ5" s="12"/>
+      <c r="BR5" s="12"/>
+      <c r="BS5" s="12"/>
+      <c r="BT5" s="12"/>
+      <c r="BU5" s="12"/>
+      <c r="BV5" s="12"/>
+      <c r="BW5" s="12"/>
+      <c r="BX5" s="12"/>
+      <c r="BY5" s="12"/>
+      <c r="BZ5" s="12"/>
+      <c r="CA5" s="12"/>
+      <c r="CB5" s="12"/>
+      <c r="CC5" s="12"/>
+      <c r="CD5" s="12"/>
+    </row>
+    <row r="6" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="7">
+        <v>2</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="7">
+        <v>4</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="10">
+        <v>724.5</v>
+      </c>
+      <c r="I6" s="10">
+        <v>618.25</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" s="10">
+        <v>240</v>
+      </c>
+      <c r="L6" s="11">
+        <v>23.05</v>
+      </c>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+      <c r="O6" s="12"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="12"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="12"/>
+      <c r="U6" s="12"/>
+      <c r="V6" s="12"/>
+      <c r="W6" s="12"/>
+      <c r="X6" s="12"/>
+      <c r="Y6" s="12"/>
+      <c r="Z6" s="12"/>
+      <c r="AA6" s="12"/>
+      <c r="AB6" s="12"/>
+      <c r="AC6" s="12"/>
+      <c r="AD6" s="12"/>
+      <c r="AE6" s="12"/>
+      <c r="AF6" s="12"/>
+      <c r="AG6" s="12"/>
+      <c r="AH6" s="12"/>
+      <c r="AI6" s="12"/>
+      <c r="AJ6" s="12"/>
+      <c r="AK6" s="12"/>
+      <c r="AL6" s="12"/>
+      <c r="AM6" s="12"/>
+      <c r="AN6" s="12"/>
+      <c r="AO6" s="12"/>
+      <c r="AP6" s="12"/>
+      <c r="AQ6" s="12"/>
+      <c r="AR6" s="12"/>
+      <c r="AS6" s="12"/>
+      <c r="AT6" s="12"/>
+      <c r="AU6" s="12"/>
+      <c r="AV6" s="12"/>
+      <c r="AW6" s="12"/>
+      <c r="AX6" s="12"/>
+      <c r="AY6" s="12"/>
+      <c r="AZ6" s="12"/>
+      <c r="BA6" s="12"/>
+      <c r="BB6" s="12"/>
+      <c r="BC6" s="12"/>
+      <c r="BD6" s="12"/>
+      <c r="BE6" s="12"/>
+      <c r="BF6" s="12"/>
+      <c r="BG6" s="12"/>
+      <c r="BH6" s="12"/>
+      <c r="BI6" s="12"/>
+      <c r="BJ6" s="12"/>
+      <c r="BK6" s="12"/>
+      <c r="BL6" s="12"/>
+      <c r="BM6" s="12"/>
+      <c r="BN6" s="12"/>
+      <c r="BO6" s="12"/>
+      <c r="BP6" s="12"/>
+      <c r="BQ6" s="12"/>
+      <c r="BR6" s="12"/>
+      <c r="BS6" s="12"/>
+      <c r="BT6" s="12"/>
+      <c r="BU6" s="12"/>
+      <c r="BV6" s="12"/>
+      <c r="BW6" s="12"/>
+      <c r="BX6" s="12"/>
+      <c r="BY6" s="12"/>
+      <c r="BZ6" s="12"/>
+      <c r="CA6" s="12"/>
+      <c r="CB6" s="12"/>
+      <c r="CC6" s="12"/>
+      <c r="CD6" s="12"/>
+    </row>
+    <row r="7" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="7">
+        <v>7</v>
+      </c>
+      <c r="E7" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H7" s="10"/>
+      <c r="I7" s="10">
+        <v>679.4</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" s="10">
+        <v>280</v>
+      </c>
+      <c r="L7" s="13">
+        <v>228.05</v>
+      </c>
+    </row>
+    <row r="8" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="7">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="7">
+        <v>14</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="10"/>
+      <c r="I8" s="10"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="10">
+        <v>126</v>
+      </c>
+      <c r="L8" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="9" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7">
+        <v>5</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="7">
+        <v>14</v>
+      </c>
+      <c r="E9" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9" s="10"/>
+      <c r="I9" s="10"/>
+      <c r="J9" s="8"/>
+      <c r="K9" s="10">
+        <v>126</v>
+      </c>
+      <c r="L9" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="7">
+        <v>6</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="7">
+        <v>14</v>
+      </c>
+      <c r="E10" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="10"/>
+      <c r="I10" s="10"/>
+      <c r="J10" s="8"/>
+      <c r="K10" s="10">
+        <v>126</v>
+      </c>
+      <c r="L10" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="7">
+        <v>7</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="7">
+        <v>14</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" s="10"/>
+      <c r="I11" s="10"/>
+      <c r="J11" s="8"/>
+      <c r="K11" s="10">
+        <v>126</v>
+      </c>
+      <c r="L11" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="7">
+        <v>8</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="7">
+        <v>14</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="10"/>
+      <c r="I12" s="10"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="10">
+        <v>126</v>
+      </c>
+      <c r="L12" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="13" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="7">
+        <v>9</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="7">
+        <v>14</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="10"/>
+      <c r="I13" s="10"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="10">
+        <v>126</v>
+      </c>
+      <c r="L13" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:88" s="14" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="7">
+        <v>10</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="7">
+        <v>14</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="10"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="8"/>
+      <c r="K14" s="10">
+        <v>126</v>
+      </c>
+      <c r="L14" s="11">
+        <v>14</v>
+      </c>
+      <c r="M14"/>
+      <c r="N14"/>
+      <c r="O14"/>
+      <c r="P14"/>
+      <c r="Q14"/>
+      <c r="R14"/>
+      <c r="S14"/>
+      <c r="T14"/>
+      <c r="U14"/>
+      <c r="V14"/>
+      <c r="W14"/>
+      <c r="X14"/>
+      <c r="Y14"/>
+      <c r="Z14"/>
+      <c r="AA14"/>
+      <c r="AB14"/>
+      <c r="AC14"/>
+      <c r="AD14"/>
+      <c r="AE14"/>
+      <c r="AF14"/>
+      <c r="AG14"/>
+      <c r="AH14"/>
+      <c r="AI14"/>
+      <c r="AJ14"/>
+      <c r="AK14"/>
+      <c r="AL14"/>
+      <c r="AM14"/>
+      <c r="AN14"/>
+      <c r="AO14"/>
+      <c r="AP14"/>
+      <c r="AQ14"/>
+      <c r="AR14"/>
+      <c r="AS14"/>
+      <c r="AT14"/>
+      <c r="AU14"/>
+      <c r="AV14"/>
+      <c r="AW14"/>
+      <c r="AX14"/>
+      <c r="AY14"/>
+      <c r="AZ14"/>
+      <c r="BA14"/>
+      <c r="BB14"/>
+      <c r="BC14"/>
+      <c r="BD14"/>
+      <c r="BE14"/>
+      <c r="BF14"/>
+      <c r="BG14"/>
+      <c r="BH14"/>
+      <c r="BI14"/>
+      <c r="BJ14"/>
+      <c r="BK14"/>
+      <c r="BL14"/>
+      <c r="BM14"/>
+      <c r="BN14"/>
+      <c r="BO14"/>
+      <c r="BP14"/>
+      <c r="BQ14"/>
+      <c r="BR14"/>
+      <c r="BS14"/>
+      <c r="BT14"/>
+      <c r="BU14"/>
+      <c r="BV14"/>
+      <c r="BW14"/>
+      <c r="BX14"/>
+      <c r="BY14"/>
+      <c r="BZ14"/>
+      <c r="CA14"/>
+      <c r="CB14"/>
+      <c r="CC14"/>
+      <c r="CD14"/>
+      <c r="CE14"/>
+      <c r="CF14"/>
+      <c r="CG14"/>
+      <c r="CH14"/>
+      <c r="CI14"/>
+      <c r="CJ14"/>
+    </row>
+    <row r="15" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="7">
+        <v>11</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="7">
+        <v>14</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H15" s="10"/>
+      <c r="I15" s="10"/>
+      <c r="J15" s="8"/>
+      <c r="K15" s="10">
+        <v>126</v>
+      </c>
+      <c r="L15" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="7">
+        <v>12</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="7">
+        <v>4</v>
+      </c>
+      <c r="E16" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F16" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H16" s="10">
+        <v>312</v>
+      </c>
+      <c r="I16" s="10">
+        <v>362.65</v>
+      </c>
+      <c r="J16" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" s="10">
+        <v>240</v>
+      </c>
+      <c r="L16" s="11">
+        <v>28.4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="7">
+        <v>13</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D17" s="7">
+        <v>4</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F17" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17" s="10"/>
+      <c r="I17" s="10"/>
+      <c r="J17" s="8"/>
+      <c r="K17" s="10">
+        <v>165</v>
+      </c>
+      <c r="L17" s="11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>14</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D18" s="7">
+        <v>5</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F18" s="25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" s="10"/>
+      <c r="I18" s="10"/>
+      <c r="J18" s="8"/>
+      <c r="K18" s="10">
+        <v>250</v>
+      </c>
+      <c r="L18" s="11">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>15</v>
+      </c>
+      <c r="B19" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D19" s="7">
+        <v>3</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F19" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19" s="10"/>
+      <c r="I19" s="10"/>
+      <c r="J19" s="8"/>
+      <c r="K19" s="10">
+        <v>180</v>
+      </c>
+      <c r="L19" s="11">
+        <v>26.8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="7">
+        <v>16</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" s="7">
+        <v>2</v>
+      </c>
+      <c r="E20" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F20" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="10"/>
+      <c r="I20" s="10"/>
+      <c r="J20" s="8"/>
+      <c r="K20" s="10">
+        <v>120</v>
+      </c>
+      <c r="L20" s="11">
+        <v>41.4</v>
+      </c>
+    </row>
+    <row r="21" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="7">
+        <v>17</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21" s="7">
+        <v>2</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F21" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21" s="10">
+        <v>130</v>
+      </c>
+      <c r="I21" s="10"/>
+      <c r="J21" s="8"/>
+      <c r="K21" s="10">
+        <v>120</v>
+      </c>
+      <c r="L21" s="11">
+        <v>28.94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:88" s="14" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="7">
+        <v>18</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D22" s="7">
+        <v>3</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22" s="10"/>
+      <c r="I22" s="10"/>
+      <c r="J22" s="8"/>
+      <c r="K22" s="10">
+        <v>120</v>
+      </c>
+      <c r="L22" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="M22"/>
+      <c r="N22"/>
+      <c r="O22"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+      <c r="R22"/>
+      <c r="S22"/>
+      <c r="T22"/>
+      <c r="U22"/>
+      <c r="V22"/>
+      <c r="W22"/>
+      <c r="X22"/>
+      <c r="Y22"/>
+      <c r="Z22"/>
+      <c r="AA22"/>
+      <c r="AB22"/>
+      <c r="AC22"/>
+      <c r="AD22"/>
+      <c r="AE22"/>
+      <c r="AF22"/>
+      <c r="AG22"/>
+      <c r="AH22"/>
+      <c r="AI22"/>
+      <c r="AJ22"/>
+      <c r="AK22"/>
+      <c r="AL22"/>
+      <c r="AM22"/>
+      <c r="AN22"/>
+      <c r="AO22"/>
+      <c r="AP22"/>
+      <c r="AQ22"/>
+      <c r="AR22"/>
+      <c r="AS22"/>
+      <c r="AT22"/>
+      <c r="AU22"/>
+      <c r="AV22"/>
+      <c r="AW22"/>
+      <c r="AX22"/>
+      <c r="AY22"/>
+      <c r="AZ22"/>
+      <c r="BA22"/>
+      <c r="BB22"/>
+      <c r="BC22"/>
+      <c r="BD22"/>
+      <c r="BE22"/>
+      <c r="BF22"/>
+      <c r="BG22"/>
+      <c r="BH22"/>
+      <c r="BI22"/>
+      <c r="BJ22"/>
+      <c r="BK22"/>
+      <c r="BL22"/>
+      <c r="BM22"/>
+      <c r="BN22"/>
+      <c r="BO22"/>
+      <c r="BP22"/>
+      <c r="BQ22"/>
+      <c r="BR22"/>
+      <c r="BS22"/>
+      <c r="BT22"/>
+      <c r="BU22"/>
+      <c r="BV22"/>
+      <c r="BW22"/>
+      <c r="BX22"/>
+      <c r="BY22"/>
+      <c r="BZ22"/>
+      <c r="CA22"/>
+      <c r="CB22"/>
+      <c r="CC22"/>
+      <c r="CD22"/>
+      <c r="CE22"/>
+      <c r="CF22"/>
+      <c r="CG22"/>
+      <c r="CH22"/>
+      <c r="CI22"/>
+      <c r="CJ22"/>
+    </row>
+    <row r="23" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="7">
+        <v>19</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" s="7">
+        <v>3</v>
+      </c>
+      <c r="E23" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F23" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23" s="10"/>
+      <c r="I23" s="10"/>
+      <c r="J23" s="8"/>
+      <c r="K23" s="10">
+        <v>120</v>
+      </c>
+      <c r="L23" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="7">
+        <v>20</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D24" s="7">
+        <v>3</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F24" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G24" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24" s="10"/>
+      <c r="I24" s="10"/>
+      <c r="J24" s="8"/>
+      <c r="K24" s="10">
+        <v>180</v>
+      </c>
+      <c r="L24" s="11">
+        <v>36.200000000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="7">
+        <v>21</v>
+      </c>
+      <c r="B25" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="7">
+        <v>4</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F25" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G25" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25" s="10"/>
+      <c r="I25" s="10"/>
+      <c r="J25" s="8"/>
+      <c r="K25" s="10">
+        <v>160</v>
+      </c>
+      <c r="L25" s="11">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="26" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="7">
+        <v>22</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D26" s="7">
+        <v>4</v>
+      </c>
+      <c r="E26" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F26" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G26" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H26" s="10"/>
+      <c r="I26" s="10"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="10">
+        <v>160</v>
+      </c>
+      <c r="L26" s="11">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="27" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="7">
+        <v>23</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="7">
+        <v>4</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G27" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H27" s="10"/>
+      <c r="I27" s="10"/>
+      <c r="J27" s="8"/>
+      <c r="K27" s="10">
+        <v>160</v>
+      </c>
+      <c r="L27" s="11">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="28" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="7">
+        <v>24</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D28" s="7">
+        <v>6</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28" s="10"/>
+      <c r="I28" s="10"/>
+      <c r="J28" s="8"/>
+      <c r="K28" s="10">
+        <v>265</v>
+      </c>
+      <c r="L28" s="11">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="29" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="7">
+        <v>25</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D29" s="7">
+        <v>6</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29" s="10"/>
+      <c r="I29" s="10"/>
+      <c r="J29" s="8"/>
+      <c r="K29" s="10">
+        <v>265</v>
+      </c>
+      <c r="L29" s="11">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="30" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="7">
+        <v>26</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D30" s="7">
+        <v>3</v>
+      </c>
+      <c r="E30" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="10"/>
+      <c r="I30" s="10">
+        <v>320.3</v>
+      </c>
+      <c r="J30" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" s="10">
+        <v>80.5</v>
+      </c>
+      <c r="L30" s="11">
+        <v>3.45</v>
+      </c>
+    </row>
+    <row r="31" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="7">
+        <v>27</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D31" s="7">
+        <v>3</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F31" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G31" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31" s="10"/>
+      <c r="I31" s="10">
+        <v>320.3</v>
+      </c>
+      <c r="J31" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" s="10">
+        <v>80.5</v>
+      </c>
+      <c r="L31" s="11">
+        <v>3.45</v>
+      </c>
+    </row>
+    <row r="32" spans="1:88" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="7">
+        <v>28</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D32" s="7">
+        <v>1</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F32" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G32" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32" s="10"/>
+      <c r="I32" s="10"/>
+      <c r="J32" s="8"/>
+      <c r="K32" s="10">
+        <v>30</v>
+      </c>
+      <c r="L32" s="11">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="33" spans="1:88" s="14" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="7">
+        <v>29</v>
+      </c>
+      <c r="B33" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D33" s="7">
+        <v>1</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33" s="10"/>
+      <c r="I33" s="10"/>
+      <c r="J33" s="8"/>
+      <c r="K33" s="10">
+        <v>30</v>
+      </c>
+      <c r="L33" s="11">
+        <v>0.77</v>
+      </c>
+      <c r="M33"/>
+      <c r="N33"/>
+      <c r="O33"/>
+      <c r="P33"/>
+      <c r="Q33"/>
+      <c r="R33"/>
+      <c r="S33"/>
+      <c r="T33"/>
+      <c r="U33"/>
+      <c r="V33"/>
+      <c r="W33"/>
+      <c r="X33"/>
+      <c r="Y33"/>
+      <c r="Z33"/>
+      <c r="AA33"/>
+      <c r="AB33"/>
+      <c r="AC33"/>
+      <c r="AD33"/>
+      <c r="AE33"/>
+      <c r="AF33"/>
+      <c r="AG33"/>
+      <c r="AH33"/>
+      <c r="AI33"/>
+      <c r="AJ33"/>
+      <c r="AK33"/>
+      <c r="AL33"/>
+      <c r="AM33"/>
+      <c r="AN33"/>
+      <c r="AO33"/>
+      <c r="AP33"/>
+      <c r="AQ33"/>
+      <c r="AR33"/>
+      <c r="AS33"/>
+      <c r="AT33"/>
+      <c r="AU33"/>
+      <c r="AV33"/>
+      <c r="AW33"/>
+      <c r="AX33"/>
+      <c r="AY33"/>
+      <c r="AZ33"/>
+      <c r="BA33"/>
+      <c r="BB33"/>
+      <c r="BC33"/>
+      <c r="BD33"/>
+      <c r="BE33"/>
+      <c r="BF33"/>
+      <c r="BG33"/>
+      <c r="BH33"/>
+      <c r="BI33"/>
+      <c r="BJ33"/>
+      <c r="BK33"/>
+      <c r="BL33"/>
+      <c r="BM33"/>
+      <c r="BN33"/>
+      <c r="BO33"/>
+      <c r="BP33"/>
+      <c r="BQ33"/>
+      <c r="BR33"/>
+      <c r="BS33"/>
+      <c r="BT33"/>
+      <c r="BU33"/>
+      <c r="BV33"/>
+      <c r="BW33"/>
+      <c r="BX33"/>
+      <c r="BY33"/>
+      <c r="BZ33"/>
+      <c r="CA33"/>
+      <c r="CB33"/>
+      <c r="CC33"/>
+      <c r="CD33"/>
+      <c r="CE33"/>
+      <c r="CF33"/>
+      <c r="CG33"/>
+      <c r="CH33"/>
+      <c r="CI33"/>
+      <c r="CJ33"/>
+    </row>
+    <row r="34" spans="1:88" s="14" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="7">
+        <v>30</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D34" s="7">
+        <v>3</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F34" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G34" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34" s="10"/>
+      <c r="I34" s="10"/>
+      <c r="J34" s="8"/>
+      <c r="K34" s="10">
+        <v>90</v>
+      </c>
+      <c r="L34" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="M34"/>
+      <c r="N34"/>
+      <c r="O34"/>
+      <c r="P34"/>
+      <c r="Q34"/>
+      <c r="R34"/>
+      <c r="S34"/>
+      <c r="T34"/>
+      <c r="U34"/>
+      <c r="V34"/>
+      <c r="W34"/>
+      <c r="X34"/>
+      <c r="Y34"/>
+      <c r="Z34"/>
+      <c r="AA34"/>
+      <c r="AB34"/>
+      <c r="AC34"/>
+      <c r="AD34"/>
+      <c r="AE34"/>
+      <c r="AF34"/>
+      <c r="AG34"/>
+      <c r="AH34"/>
+      <c r="AI34"/>
+      <c r="AJ34"/>
+      <c r="AK34"/>
+      <c r="AL34"/>
+      <c r="AM34"/>
+      <c r="AN34"/>
+      <c r="AO34"/>
+      <c r="AP34"/>
+      <c r="AQ34"/>
+      <c r="AR34"/>
+      <c r="AS34"/>
+      <c r="AT34"/>
+      <c r="AU34"/>
+      <c r="AV34"/>
+      <c r="AW34"/>
+      <c r="AX34"/>
+      <c r="AY34"/>
+      <c r="AZ34"/>
+      <c r="BA34"/>
+      <c r="BB34"/>
+      <c r="BC34"/>
+      <c r="BD34"/>
+      <c r="BE34"/>
+      <c r="BF34"/>
+      <c r="BG34"/>
+      <c r="BH34"/>
+      <c r="BI34"/>
+      <c r="BJ34"/>
+      <c r="BK34"/>
+      <c r="BL34"/>
+      <c r="BM34"/>
+      <c r="BN34"/>
+      <c r="BO34"/>
+      <c r="BP34"/>
+      <c r="BQ34"/>
+      <c r="BR34"/>
+      <c r="BS34"/>
+      <c r="BT34"/>
+      <c r="BU34"/>
+      <c r="BV34"/>
+      <c r="BW34"/>
+      <c r="BX34"/>
+      <c r="BY34"/>
+      <c r="BZ34"/>
+      <c r="CA34"/>
+      <c r="CB34"/>
+      <c r="CC34"/>
+      <c r="CD34"/>
+      <c r="CE34"/>
+      <c r="CF34"/>
+      <c r="CG34"/>
+      <c r="CH34"/>
+      <c r="CI34"/>
+      <c r="CJ34"/>
+    </row>
+    <row r="35" spans="1:88" s="14" customFormat="1" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="7">
+        <v>31</v>
+      </c>
+      <c r="B35" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D35" s="7">
+        <v>3</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F35" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G35" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35" s="10"/>
+      <c r="I35" s="10"/>
+      <c r="J35" s="8"/>
+      <c r="K35" s="10">
+        <v>90</v>
+      </c>
+      <c r="L35" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="M35"/>
+      <c r="N35"/>
+      <c r="O35"/>
+      <c r="P35"/>
+      <c r="Q35"/>
+      <c r="R35"/>
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+      <c r="V35"/>
+      <c r="W35"/>
+      <c r="X35"/>
+      <c r="Y35"/>
+      <c r="Z35"/>
+      <c r="AA35"/>
+      <c r="AB35"/>
+      <c r="AC35"/>
+      <c r="AD35"/>
+      <c r="AE35"/>
+      <c r="AF35"/>
+      <c r="AG35"/>
+      <c r="AH35"/>
+      <c r="AI35"/>
+      <c r="AJ35"/>
+      <c r="AK35"/>
+      <c r="AL35"/>
+      <c r="AM35"/>
+      <c r="AN35"/>
+      <c r="AO35"/>
+      <c r="AP35"/>
+      <c r="AQ35"/>
+      <c r="AR35"/>
+      <c r="AS35"/>
+      <c r="AT35"/>
+      <c r="AU35"/>
+      <c r="AV35"/>
+      <c r="AW35"/>
+      <c r="AX35"/>
+      <c r="AY35"/>
+      <c r="AZ35"/>
+      <c r="BA35"/>
+      <c r="BB35"/>
+      <c r="BC35"/>
+      <c r="BD35"/>
+      <c r="BE35"/>
+      <c r="BF35"/>
+      <c r="BG35"/>
+      <c r="BH35"/>
+      <c r="BI35"/>
+      <c r="BJ35"/>
+      <c r="BK35"/>
+      <c r="BL35"/>
+      <c r="BM35"/>
+      <c r="BN35"/>
+      <c r="BO35"/>
+      <c r="BP35"/>
+      <c r="BQ35"/>
+      <c r="BR35"/>
+      <c r="BS35"/>
+      <c r="BT35"/>
+      <c r="BU35"/>
+      <c r="BV35"/>
+      <c r="BW35"/>
+      <c r="BX35"/>
+      <c r="BY35"/>
+      <c r="BZ35"/>
+      <c r="CA35"/>
+      <c r="CB35"/>
+      <c r="CC35"/>
+      <c r="CD35"/>
+      <c r="CE35"/>
+      <c r="CF35"/>
+      <c r="CG35"/>
+      <c r="CH35"/>
+      <c r="CI35"/>
+      <c r="CJ35"/>
+    </row>
+    <row r="36" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="7">
+        <v>32</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D36" s="7">
+        <v>6</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F36" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G36" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="10"/>
+      <c r="I36" s="10"/>
+      <c r="J36" s="8"/>
+      <c r="K36" s="10">
+        <v>0</v>
+      </c>
+      <c r="L36" s="11">
+        <v>6</v>
+      </c>
+      <c r="M36" s="12"/>
+      <c r="N36" s="12"/>
+      <c r="O36" s="12"/>
+      <c r="P36" s="12"/>
+      <c r="Q36" s="12"/>
+      <c r="R36" s="12"/>
+      <c r="S36" s="12"/>
+      <c r="T36" s="12"/>
+      <c r="U36" s="12"/>
+      <c r="V36" s="12"/>
+      <c r="W36" s="12"/>
+      <c r="X36" s="12"/>
+      <c r="Y36" s="12"/>
+      <c r="Z36" s="12"/>
+      <c r="AA36" s="12"/>
+      <c r="AB36" s="12"/>
+      <c r="AC36" s="12"/>
+      <c r="AD36" s="12"/>
+      <c r="AE36" s="12"/>
+      <c r="AF36" s="12"/>
+      <c r="AG36" s="12"/>
+      <c r="AH36" s="12"/>
+      <c r="AI36" s="12"/>
+      <c r="AJ36" s="12"/>
+      <c r="AK36" s="12"/>
+      <c r="AL36" s="12"/>
+      <c r="AM36" s="12"/>
+      <c r="AN36" s="12"/>
+      <c r="AO36" s="12"/>
+      <c r="AP36" s="12"/>
+      <c r="AQ36" s="12"/>
+      <c r="AR36" s="12"/>
+      <c r="AS36" s="12"/>
+      <c r="AT36" s="12"/>
+      <c r="AU36" s="12"/>
+      <c r="AV36" s="12"/>
+      <c r="AW36" s="12"/>
+      <c r="AX36" s="12"/>
+      <c r="AY36" s="12"/>
+      <c r="AZ36" s="12"/>
+      <c r="BA36" s="12"/>
+      <c r="BB36" s="12"/>
+      <c r="BC36" s="12"/>
+      <c r="BD36" s="12"/>
+      <c r="BE36" s="12"/>
+      <c r="BF36" s="12"/>
+      <c r="BG36" s="12"/>
+      <c r="BH36" s="12"/>
+      <c r="BI36" s="12"/>
+      <c r="BJ36" s="12"/>
+      <c r="BK36" s="12"/>
+      <c r="BL36" s="12"/>
+      <c r="BM36" s="12"/>
+      <c r="BN36" s="12"/>
+      <c r="BO36" s="12"/>
+      <c r="BP36" s="12"/>
+      <c r="BQ36" s="12"/>
+      <c r="BR36" s="12"/>
+      <c r="BS36" s="12"/>
+      <c r="BT36" s="12"/>
+      <c r="BU36" s="12"/>
+      <c r="BV36" s="12"/>
+      <c r="BW36" s="12"/>
+      <c r="BX36" s="12"/>
+      <c r="BY36" s="12"/>
+      <c r="BZ36" s="12"/>
+      <c r="CA36" s="12"/>
+      <c r="CB36" s="12"/>
+      <c r="CC36" s="12"/>
+      <c r="CD36" s="12"/>
+    </row>
+    <row r="37" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="7">
+        <v>33</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D37" s="7">
+        <v>1</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G37" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37" s="10"/>
+      <c r="I37" s="10"/>
+      <c r="J37" s="8"/>
+      <c r="K37" s="10">
+        <v>30</v>
+      </c>
+      <c r="L37" s="11">
+        <v>0.77</v>
+      </c>
+      <c r="M37" s="12"/>
+      <c r="N37" s="12"/>
+      <c r="O37" s="12"/>
+      <c r="P37" s="12"/>
+      <c r="Q37" s="12"/>
+      <c r="R37" s="12"/>
+      <c r="S37" s="12"/>
+      <c r="T37" s="12"/>
+      <c r="U37" s="12"/>
+      <c r="V37" s="12"/>
+      <c r="W37" s="12"/>
+      <c r="X37" s="12"/>
+      <c r="Y37" s="12"/>
+      <c r="Z37" s="12"/>
+      <c r="AA37" s="12"/>
+      <c r="AB37" s="12"/>
+      <c r="AC37" s="12"/>
+      <c r="AD37" s="12"/>
+      <c r="AE37" s="12"/>
+      <c r="AF37" s="12"/>
+      <c r="AG37" s="12"/>
+      <c r="AH37" s="12"/>
+      <c r="AI37" s="12"/>
+      <c r="AJ37" s="12"/>
+      <c r="AK37" s="12"/>
+      <c r="AL37" s="12"/>
+      <c r="AM37" s="12"/>
+      <c r="AN37" s="12"/>
+      <c r="AO37" s="12"/>
+      <c r="AP37" s="12"/>
+      <c r="AQ37" s="12"/>
+      <c r="AR37" s="12"/>
+      <c r="AS37" s="12"/>
+      <c r="AT37" s="12"/>
+      <c r="AU37" s="12"/>
+      <c r="AV37" s="12"/>
+      <c r="AW37" s="12"/>
+      <c r="AX37" s="12"/>
+      <c r="AY37" s="12"/>
+      <c r="AZ37" s="12"/>
+      <c r="BA37" s="12"/>
+      <c r="BB37" s="12"/>
+      <c r="BC37" s="12"/>
+      <c r="BD37" s="12"/>
+      <c r="BE37" s="12"/>
+      <c r="BF37" s="12"/>
+      <c r="BG37" s="12"/>
+      <c r="BH37" s="12"/>
+      <c r="BI37" s="12"/>
+      <c r="BJ37" s="12"/>
+      <c r="BK37" s="12"/>
+      <c r="BL37" s="12"/>
+      <c r="BM37" s="12"/>
+      <c r="BN37" s="12"/>
+      <c r="BO37" s="12"/>
+      <c r="BP37" s="12"/>
+      <c r="BQ37" s="12"/>
+      <c r="BR37" s="12"/>
+      <c r="BS37" s="12"/>
+      <c r="BT37" s="12"/>
+      <c r="BU37" s="12"/>
+      <c r="BV37" s="12"/>
+      <c r="BW37" s="12"/>
+      <c r="BX37" s="12"/>
+      <c r="BY37" s="12"/>
+      <c r="BZ37" s="12"/>
+      <c r="CA37" s="12"/>
+      <c r="CB37" s="12"/>
+      <c r="CC37" s="12"/>
+      <c r="CD37" s="12"/>
+    </row>
+    <row r="38" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="7">
+        <v>34</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D38" s="7">
+        <v>1</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F38" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G38" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="8"/>
+      <c r="I38" s="8"/>
+      <c r="J38" s="8"/>
+      <c r="K38" s="10">
+        <v>30</v>
+      </c>
+      <c r="L38" s="13">
+        <v>0.77</v>
+      </c>
+      <c r="M38" s="12"/>
+      <c r="N38" s="12"/>
+      <c r="O38" s="12"/>
+      <c r="P38" s="12"/>
+      <c r="Q38" s="12"/>
+      <c r="R38" s="12"/>
+      <c r="S38" s="12"/>
+      <c r="T38" s="12"/>
+      <c r="U38" s="12"/>
+      <c r="V38" s="12"/>
+      <c r="W38" s="12"/>
+      <c r="X38" s="12"/>
+      <c r="Y38" s="12"/>
+      <c r="Z38" s="12"/>
+      <c r="AA38" s="12"/>
+      <c r="AB38" s="12"/>
+      <c r="AC38" s="12"/>
+      <c r="AD38" s="12"/>
+      <c r="AE38" s="12"/>
+      <c r="AF38" s="12"/>
+      <c r="AG38" s="12"/>
+      <c r="AH38" s="12"/>
+      <c r="AI38" s="12"/>
+      <c r="AJ38" s="12"/>
+      <c r="AK38" s="12"/>
+      <c r="AL38" s="12"/>
+      <c r="AM38" s="12"/>
+      <c r="AN38" s="12"/>
+      <c r="AO38" s="12"/>
+      <c r="AP38" s="12"/>
+      <c r="AQ38" s="12"/>
+      <c r="AR38" s="12"/>
+      <c r="AS38" s="12"/>
+      <c r="AT38" s="12"/>
+      <c r="AU38" s="12"/>
+      <c r="AV38" s="12"/>
+      <c r="AW38" s="12"/>
+      <c r="AX38" s="12"/>
+      <c r="AY38" s="12"/>
+      <c r="AZ38" s="12"/>
+      <c r="BA38" s="12"/>
+      <c r="BB38" s="12"/>
+      <c r="BC38" s="12"/>
+      <c r="BD38" s="12"/>
+      <c r="BE38" s="12"/>
+      <c r="BF38" s="12"/>
+      <c r="BG38" s="12"/>
+      <c r="BH38" s="12"/>
+      <c r="BI38" s="12"/>
+      <c r="BJ38" s="12"/>
+      <c r="BK38" s="12"/>
+      <c r="BL38" s="12"/>
+      <c r="BM38" s="12"/>
+      <c r="BN38" s="12"/>
+      <c r="BO38" s="12"/>
+      <c r="BP38" s="12"/>
+      <c r="BQ38" s="12"/>
+      <c r="BR38" s="12"/>
+      <c r="BS38" s="12"/>
+      <c r="BT38" s="12"/>
+      <c r="BU38" s="12"/>
+      <c r="BV38" s="12"/>
+      <c r="BW38" s="12"/>
+      <c r="BX38" s="12"/>
+      <c r="BY38" s="12"/>
+      <c r="BZ38" s="12"/>
+      <c r="CA38" s="12"/>
+      <c r="CB38" s="12"/>
+      <c r="CC38" s="12"/>
+      <c r="CD38" s="12"/>
+    </row>
+    <row r="39" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="7">
+        <v>35</v>
+      </c>
+      <c r="B39" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D39" s="7">
+        <v>1</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F39" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G39" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39" s="8"/>
+      <c r="I39" s="8"/>
+      <c r="J39" s="8"/>
+      <c r="K39" s="10">
+        <v>30</v>
+      </c>
+      <c r="L39" s="13">
+        <v>0.77</v>
+      </c>
+      <c r="M39" s="12"/>
+      <c r="N39" s="12"/>
+      <c r="O39" s="12"/>
+      <c r="P39" s="12"/>
+      <c r="Q39" s="12"/>
+      <c r="R39" s="12"/>
+      <c r="S39" s="12"/>
+      <c r="T39" s="12"/>
+      <c r="U39" s="12"/>
+      <c r="V39" s="12"/>
+      <c r="W39" s="12"/>
+      <c r="X39" s="12"/>
+      <c r="Y39" s="12"/>
+      <c r="Z39" s="12"/>
+      <c r="AA39" s="12"/>
+      <c r="AB39" s="12"/>
+      <c r="AC39" s="12"/>
+      <c r="AD39" s="12"/>
+      <c r="AE39" s="12"/>
+      <c r="AF39" s="12"/>
+      <c r="AG39" s="12"/>
+      <c r="AH39" s="12"/>
+      <c r="AI39" s="12"/>
+      <c r="AJ39" s="12"/>
+      <c r="AK39" s="12"/>
+      <c r="AL39" s="12"/>
+      <c r="AM39" s="12"/>
+      <c r="AN39" s="12"/>
+      <c r="AO39" s="12"/>
+      <c r="AP39" s="12"/>
+      <c r="AQ39" s="12"/>
+      <c r="AR39" s="12"/>
+      <c r="AS39" s="12"/>
+      <c r="AT39" s="12"/>
+      <c r="AU39" s="12"/>
+      <c r="AV39" s="12"/>
+      <c r="AW39" s="12"/>
+      <c r="AX39" s="12"/>
+      <c r="AY39" s="12"/>
+      <c r="AZ39" s="12"/>
+      <c r="BA39" s="12"/>
+      <c r="BB39" s="12"/>
+      <c r="BC39" s="12"/>
+      <c r="BD39" s="12"/>
+      <c r="BE39" s="12"/>
+      <c r="BF39" s="12"/>
+      <c r="BG39" s="12"/>
+      <c r="BH39" s="12"/>
+      <c r="BI39" s="12"/>
+      <c r="BJ39" s="12"/>
+      <c r="BK39" s="12"/>
+      <c r="BL39" s="12"/>
+      <c r="BM39" s="12"/>
+      <c r="BN39" s="12"/>
+      <c r="BO39" s="12"/>
+      <c r="BP39" s="12"/>
+      <c r="BQ39" s="12"/>
+      <c r="BR39" s="12"/>
+      <c r="BS39" s="12"/>
+      <c r="BT39" s="12"/>
+      <c r="BU39" s="12"/>
+      <c r="BV39" s="12"/>
+      <c r="BW39" s="12"/>
+      <c r="BX39" s="12"/>
+      <c r="BY39" s="12"/>
+      <c r="BZ39" s="12"/>
+      <c r="CA39" s="12"/>
+      <c r="CB39" s="12"/>
+      <c r="CC39" s="12"/>
+      <c r="CD39" s="12"/>
+    </row>
+    <row r="40" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="7">
+        <v>36</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D40" s="7">
+        <v>1</v>
+      </c>
+      <c r="E40" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G40" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40" s="8"/>
+      <c r="I40" s="8"/>
+      <c r="J40" s="8"/>
+      <c r="K40" s="10">
+        <v>30</v>
+      </c>
+      <c r="L40" s="13">
+        <v>0.77</v>
+      </c>
+      <c r="M40" s="12"/>
+      <c r="N40" s="12"/>
+      <c r="O40" s="12"/>
+      <c r="P40" s="12"/>
+      <c r="Q40" s="12"/>
+      <c r="R40" s="12"/>
+      <c r="S40" s="12"/>
+      <c r="T40" s="12"/>
+      <c r="U40" s="12"/>
+      <c r="V40" s="12"/>
+      <c r="W40" s="12"/>
+      <c r="X40" s="12"/>
+      <c r="Y40" s="12"/>
+      <c r="Z40" s="12"/>
+      <c r="AA40" s="12"/>
+      <c r="AB40" s="12"/>
+      <c r="AC40" s="12"/>
+      <c r="AD40" s="12"/>
+      <c r="AE40" s="12"/>
+      <c r="AF40" s="12"/>
+      <c r="AG40" s="12"/>
+      <c r="AH40" s="12"/>
+      <c r="AI40" s="12"/>
+      <c r="AJ40" s="12"/>
+      <c r="AK40" s="12"/>
+      <c r="AL40" s="12"/>
+      <c r="AM40" s="12"/>
+      <c r="AN40" s="12"/>
+      <c r="AO40" s="12"/>
+      <c r="AP40" s="12"/>
+      <c r="AQ40" s="12"/>
+      <c r="AR40" s="12"/>
+      <c r="AS40" s="12"/>
+      <c r="AT40" s="12"/>
+      <c r="AU40" s="12"/>
+      <c r="AV40" s="12"/>
+      <c r="AW40" s="12"/>
+      <c r="AX40" s="12"/>
+      <c r="AY40" s="12"/>
+      <c r="AZ40" s="12"/>
+      <c r="BA40" s="12"/>
+      <c r="BB40" s="12"/>
+      <c r="BC40" s="12"/>
+      <c r="BD40" s="12"/>
+      <c r="BE40" s="12"/>
+      <c r="BF40" s="12"/>
+      <c r="BG40" s="12"/>
+      <c r="BH40" s="12"/>
+      <c r="BI40" s="12"/>
+      <c r="BJ40" s="12"/>
+      <c r="BK40" s="12"/>
+      <c r="BL40" s="12"/>
+      <c r="BM40" s="12"/>
+      <c r="BN40" s="12"/>
+      <c r="BO40" s="12"/>
+      <c r="BP40" s="12"/>
+      <c r="BQ40" s="12"/>
+      <c r="BR40" s="12"/>
+      <c r="BS40" s="12"/>
+      <c r="BT40" s="12"/>
+      <c r="BU40" s="12"/>
+      <c r="BV40" s="12"/>
+      <c r="BW40" s="12"/>
+      <c r="BX40" s="12"/>
+      <c r="BY40" s="12"/>
+      <c r="BZ40" s="12"/>
+      <c r="CA40" s="12"/>
+      <c r="CB40" s="12"/>
+      <c r="CC40" s="12"/>
+      <c r="CD40" s="12"/>
+    </row>
+    <row r="41" spans="1:88" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="7">
+        <v>37</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D41" s="7">
+        <v>5</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F41" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G41" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41" s="8"/>
+      <c r="I41" s="8"/>
+      <c r="J41" s="8"/>
+      <c r="K41" s="10">
+        <v>175</v>
+      </c>
+      <c r="L41" s="11">
+        <v>5</v>
+      </c>
+      <c r="M41" s="12"/>
+      <c r="N41" s="12"/>
+      <c r="O41" s="12"/>
+      <c r="P41" s="12"/>
+      <c r="Q41" s="12"/>
+      <c r="R41" s="12"/>
+      <c r="S41" s="12"/>
+      <c r="T41" s="12"/>
+      <c r="U41" s="12"/>
+      <c r="V41" s="12"/>
+      <c r="W41" s="12"/>
+      <c r="X41" s="12"/>
+      <c r="Y41" s="12"/>
+      <c r="Z41" s="12"/>
+      <c r="AA41" s="12"/>
+      <c r="AB41" s="12"/>
+      <c r="AC41" s="12"/>
+      <c r="AD41" s="12"/>
+      <c r="AE41" s="12"/>
+      <c r="AF41" s="12"/>
+      <c r="AG41" s="12"/>
+      <c r="AH41" s="12"/>
+      <c r="AI41" s="12"/>
+      <c r="AJ41" s="12"/>
+      <c r="AK41" s="12"/>
+      <c r="AL41" s="12"/>
+      <c r="AM41" s="12"/>
+      <c r="AN41" s="12"/>
+      <c r="AO41" s="12"/>
+      <c r="AP41" s="12"/>
+      <c r="AQ41" s="12"/>
+      <c r="AR41" s="12"/>
+      <c r="AS41" s="12"/>
+      <c r="AT41" s="12"/>
+      <c r="AU41" s="12"/>
+      <c r="AV41" s="12"/>
+      <c r="AW41" s="12"/>
+      <c r="AX41" s="12"/>
+      <c r="AY41" s="12"/>
+      <c r="AZ41" s="12"/>
+      <c r="BA41" s="12"/>
+      <c r="BB41" s="12"/>
+      <c r="BC41" s="12"/>
+      <c r="BD41" s="12"/>
+      <c r="BE41" s="12"/>
+      <c r="BF41" s="12"/>
+      <c r="BG41" s="12"/>
+      <c r="BH41" s="12"/>
+      <c r="BI41" s="12"/>
+      <c r="BJ41" s="12"/>
+      <c r="BK41" s="12"/>
+      <c r="BL41" s="12"/>
+      <c r="BM41" s="12"/>
+      <c r="BN41" s="12"/>
+      <c r="BO41" s="12"/>
+      <c r="BP41" s="12"/>
+      <c r="BQ41" s="12"/>
+      <c r="BR41" s="12"/>
+      <c r="BS41" s="12"/>
+      <c r="BT41" s="12"/>
+      <c r="BU41" s="12"/>
+      <c r="BV41" s="12"/>
+      <c r="BW41" s="12"/>
+      <c r="BX41" s="12"/>
+      <c r="BY41" s="12"/>
+      <c r="BZ41" s="12"/>
+      <c r="CA41" s="12"/>
+      <c r="CB41" s="12"/>
+      <c r="CC41" s="12"/>
+      <c r="CD41" s="12"/>
+    </row>
+    <row r="42" spans="1:88" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="7">
+        <v>38</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D42" s="7">
+        <v>5</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F42" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42" s="8"/>
+      <c r="I42" s="8"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="10">
+        <v>175</v>
+      </c>
+      <c r="L42" s="11">
+        <v>5</v>
+      </c>
+      <c r="M42" s="12"/>
+      <c r="N42" s="12"/>
+      <c r="O42" s="12"/>
+      <c r="P42" s="12"/>
+      <c r="Q42" s="12"/>
+      <c r="R42" s="12"/>
+      <c r="S42" s="12"/>
+      <c r="T42" s="12"/>
+      <c r="U42" s="12"/>
+      <c r="V42" s="12"/>
+      <c r="W42" s="12"/>
+      <c r="X42" s="12"/>
+      <c r="Y42" s="12"/>
+      <c r="Z42" s="12"/>
+      <c r="AA42" s="12"/>
+      <c r="AB42" s="12"/>
+      <c r="AC42" s="12"/>
+      <c r="AD42" s="12"/>
+      <c r="AE42" s="12"/>
+      <c r="AF42" s="12"/>
+      <c r="AG42" s="12"/>
+      <c r="AH42" s="12"/>
+      <c r="AI42" s="12"/>
+      <c r="AJ42" s="12"/>
+      <c r="AK42" s="12"/>
+      <c r="AL42" s="12"/>
+      <c r="AM42" s="12"/>
+      <c r="AN42" s="12"/>
+      <c r="AO42" s="12"/>
+      <c r="AP42" s="12"/>
+      <c r="AQ42" s="12"/>
+      <c r="AR42" s="12"/>
+      <c r="AS42" s="12"/>
+      <c r="AT42" s="12"/>
+      <c r="AU42" s="12"/>
+      <c r="AV42" s="12"/>
+      <c r="AW42" s="12"/>
+      <c r="AX42" s="12"/>
+      <c r="AY42" s="12"/>
+      <c r="AZ42" s="12"/>
+      <c r="BA42" s="12"/>
+      <c r="BB42" s="12"/>
+      <c r="BC42" s="12"/>
+      <c r="BD42" s="12"/>
+      <c r="BE42" s="12"/>
+      <c r="BF42" s="12"/>
+      <c r="BG42" s="12"/>
+      <c r="BH42" s="12"/>
+      <c r="BI42" s="12"/>
+      <c r="BJ42" s="12"/>
+      <c r="BK42" s="12"/>
+      <c r="BL42" s="12"/>
+      <c r="BM42" s="12"/>
+      <c r="BN42" s="12"/>
+      <c r="BO42" s="12"/>
+      <c r="BP42" s="12"/>
+      <c r="BQ42" s="12"/>
+      <c r="BR42" s="12"/>
+      <c r="BS42" s="12"/>
+      <c r="BT42" s="12"/>
+      <c r="BU42" s="12"/>
+      <c r="BV42" s="12"/>
+      <c r="BW42" s="12"/>
+      <c r="BX42" s="12"/>
+      <c r="BY42" s="12"/>
+      <c r="BZ42" s="12"/>
+      <c r="CA42" s="12"/>
+      <c r="CB42" s="12"/>
+      <c r="CC42" s="12"/>
+      <c r="CD42" s="12"/>
+    </row>
+    <row r="43" spans="1:88" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="7">
+        <v>39</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D43" s="7">
+        <v>5</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F43" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G43" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43" s="8"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="10">
+        <v>175</v>
+      </c>
+      <c r="L43" s="11">
+        <v>5</v>
+      </c>
+      <c r="M43" s="12"/>
+      <c r="N43" s="12"/>
+      <c r="O43" s="12"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="12"/>
+      <c r="S43" s="12"/>
+      <c r="T43" s="12"/>
+      <c r="U43" s="12"/>
+      <c r="V43" s="12"/>
+      <c r="W43" s="12"/>
+      <c r="X43" s="12"/>
+      <c r="Y43" s="12"/>
+      <c r="Z43" s="12"/>
+      <c r="AA43" s="12"/>
+      <c r="AB43" s="12"/>
+      <c r="AC43" s="12"/>
+      <c r="AD43" s="12"/>
+      <c r="AE43" s="12"/>
+      <c r="AF43" s="12"/>
+      <c r="AG43" s="12"/>
+      <c r="AH43" s="12"/>
+      <c r="AI43" s="12"/>
+      <c r="AJ43" s="12"/>
+      <c r="AK43" s="12"/>
+      <c r="AL43" s="12"/>
+      <c r="AM43" s="12"/>
+      <c r="AN43" s="12"/>
+      <c r="AO43" s="12"/>
+      <c r="AP43" s="12"/>
+      <c r="AQ43" s="12"/>
+      <c r="AR43" s="12"/>
+      <c r="AS43" s="12"/>
+      <c r="AT43" s="12"/>
+      <c r="AU43" s="12"/>
+      <c r="AV43" s="12"/>
+      <c r="AW43" s="12"/>
+      <c r="AX43" s="12"/>
+      <c r="AY43" s="12"/>
+      <c r="AZ43" s="12"/>
+      <c r="BA43" s="12"/>
+      <c r="BB43" s="12"/>
+      <c r="BC43" s="12"/>
+      <c r="BD43" s="12"/>
+      <c r="BE43" s="12"/>
+      <c r="BF43" s="12"/>
+      <c r="BG43" s="12"/>
+      <c r="BH43" s="12"/>
+      <c r="BI43" s="12"/>
+      <c r="BJ43" s="12"/>
+      <c r="BK43" s="12"/>
+      <c r="BL43" s="12"/>
+      <c r="BM43" s="12"/>
+      <c r="BN43" s="12"/>
+      <c r="BO43" s="12"/>
+      <c r="BP43" s="12"/>
+      <c r="BQ43" s="12"/>
+      <c r="BR43" s="12"/>
+      <c r="BS43" s="12"/>
+      <c r="BT43" s="12"/>
+      <c r="BU43" s="12"/>
+      <c r="BV43" s="12"/>
+      <c r="BW43" s="12"/>
+      <c r="BX43" s="12"/>
+      <c r="BY43" s="12"/>
+      <c r="BZ43" s="12"/>
+      <c r="CA43" s="12"/>
+      <c r="CB43" s="12"/>
+      <c r="CC43" s="12"/>
+      <c r="CD43" s="12"/>
+    </row>
+    <row r="44" spans="1:88" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="7">
+        <v>40</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D44" s="7">
+        <v>12</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F44" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G44" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44" s="8"/>
+      <c r="I44" s="8"/>
+      <c r="J44" s="8"/>
+      <c r="K44" s="10">
+        <v>342</v>
+      </c>
+      <c r="L44" s="13">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="M44" s="12"/>
+      <c r="N44" s="12"/>
+      <c r="O44" s="12"/>
+      <c r="P44" s="12"/>
+      <c r="Q44" s="12"/>
+      <c r="R44" s="12"/>
+      <c r="S44" s="12"/>
+      <c r="T44" s="12"/>
+      <c r="U44" s="12"/>
+      <c r="V44" s="12"/>
+      <c r="W44" s="12"/>
+      <c r="X44" s="12"/>
+      <c r="Y44" s="12"/>
+      <c r="Z44" s="12"/>
+      <c r="AA44" s="12"/>
+      <c r="AB44" s="12"/>
+      <c r="AC44" s="12"/>
+      <c r="AD44" s="12"/>
+      <c r="AE44" s="12"/>
+      <c r="AF44" s="12"/>
+      <c r="AG44" s="12"/>
+      <c r="AH44" s="12"/>
+      <c r="AI44" s="12"/>
+      <c r="AJ44" s="12"/>
+      <c r="AK44" s="12"/>
+      <c r="AL44" s="12"/>
+      <c r="AM44" s="12"/>
+      <c r="AN44" s="12"/>
+      <c r="AO44" s="12"/>
+      <c r="AP44" s="12"/>
+      <c r="AQ44" s="12"/>
+      <c r="AR44" s="12"/>
+      <c r="AS44" s="12"/>
+      <c r="AT44" s="12"/>
+      <c r="AU44" s="12"/>
+      <c r="AV44" s="12"/>
+      <c r="AW44" s="12"/>
+      <c r="AX44" s="12"/>
+      <c r="AY44" s="12"/>
+      <c r="AZ44" s="12"/>
+      <c r="BA44" s="12"/>
+      <c r="BB44" s="12"/>
+      <c r="BC44" s="12"/>
+      <c r="BD44" s="12"/>
+      <c r="BE44" s="12"/>
+      <c r="BF44" s="12"/>
+      <c r="BG44" s="12"/>
+      <c r="BH44" s="12"/>
+      <c r="BI44" s="12"/>
+      <c r="BJ44" s="12"/>
+      <c r="BK44" s="12"/>
+      <c r="BL44" s="12"/>
+      <c r="BM44" s="12"/>
+      <c r="BN44" s="12"/>
+      <c r="BO44" s="12"/>
+      <c r="BP44" s="12"/>
+      <c r="BQ44" s="12"/>
+      <c r="BR44" s="12"/>
+      <c r="BS44" s="12"/>
+      <c r="BT44" s="12"/>
+      <c r="BU44" s="12"/>
+      <c r="BV44" s="12"/>
+      <c r="BW44" s="12"/>
+      <c r="BX44" s="12"/>
+      <c r="BY44" s="12"/>
+      <c r="BZ44" s="12"/>
+      <c r="CA44" s="12"/>
+      <c r="CB44" s="12"/>
+      <c r="CC44" s="12"/>
+      <c r="CD44" s="12"/>
+    </row>
+    <row r="45" spans="1:88" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="7">
+        <v>41</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D45" s="7">
+        <v>12</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F45" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G45" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H45" s="8"/>
+      <c r="I45" s="8"/>
+      <c r="J45" s="8"/>
+      <c r="K45" s="10">
+        <v>342</v>
+      </c>
+      <c r="L45" s="13">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="M45" s="12"/>
+      <c r="N45" s="12"/>
+      <c r="O45" s="12"/>
+      <c r="P45" s="12"/>
+      <c r="Q45" s="12"/>
+      <c r="R45" s="12"/>
+      <c r="S45" s="12"/>
+      <c r="T45" s="12"/>
+      <c r="U45" s="12"/>
+      <c r="V45" s="12"/>
+      <c r="W45" s="12"/>
+      <c r="X45" s="12"/>
+      <c r="Y45" s="12"/>
+      <c r="Z45" s="12"/>
+      <c r="AA45" s="12"/>
+      <c r="AB45" s="12"/>
+      <c r="AC45" s="12"/>
+      <c r="AD45" s="12"/>
+      <c r="AE45" s="12"/>
+      <c r="AF45" s="12"/>
+      <c r="AG45" s="12"/>
+      <c r="AH45" s="12"/>
+      <c r="AI45" s="12"/>
+      <c r="AJ45" s="12"/>
+      <c r="AK45" s="12"/>
+      <c r="AL45" s="12"/>
+      <c r="AM45" s="12"/>
+      <c r="AN45" s="12"/>
+      <c r="AO45" s="12"/>
+      <c r="AP45" s="12"/>
+      <c r="AQ45" s="12"/>
+      <c r="AR45" s="12"/>
+      <c r="AS45" s="12"/>
+      <c r="AT45" s="12"/>
+      <c r="AU45" s="12"/>
+      <c r="AV45" s="12"/>
+      <c r="AW45" s="12"/>
+      <c r="AX45" s="12"/>
+      <c r="AY45" s="12"/>
+      <c r="AZ45" s="12"/>
+      <c r="BA45" s="12"/>
+      <c r="BB45" s="12"/>
+      <c r="BC45" s="12"/>
+      <c r="BD45" s="12"/>
+      <c r="BE45" s="12"/>
+      <c r="BF45" s="12"/>
+      <c r="BG45" s="12"/>
+      <c r="BH45" s="12"/>
+      <c r="BI45" s="12"/>
+      <c r="BJ45" s="12"/>
+      <c r="BK45" s="12"/>
+      <c r="BL45" s="12"/>
+      <c r="BM45" s="12"/>
+      <c r="BN45" s="12"/>
+      <c r="BO45" s="12"/>
+      <c r="BP45" s="12"/>
+      <c r="BQ45" s="12"/>
+      <c r="BR45" s="12"/>
+      <c r="BS45" s="12"/>
+      <c r="BT45" s="12"/>
+      <c r="BU45" s="12"/>
+      <c r="BV45" s="12"/>
+      <c r="BW45" s="12"/>
+      <c r="BX45" s="12"/>
+      <c r="BY45" s="12"/>
+      <c r="BZ45" s="12"/>
+      <c r="CA45" s="12"/>
+      <c r="CB45" s="12"/>
+      <c r="CC45" s="12"/>
+      <c r="CD45" s="12"/>
+    </row>
+    <row r="46" spans="1:88" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="7">
+        <v>42</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D46" s="7">
+        <v>12</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F46" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G46" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H46" s="8"/>
+      <c r="I46" s="8"/>
+      <c r="J46" s="8"/>
+      <c r="K46" s="10">
+        <v>342</v>
+      </c>
+      <c r="L46" s="13">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="M46" s="12"/>
+      <c r="N46" s="12"/>
+      <c r="O46" s="12"/>
+      <c r="P46" s="12"/>
+      <c r="Q46" s="12"/>
+      <c r="R46" s="12"/>
+      <c r="S46" s="12"/>
+      <c r="T46" s="12"/>
+      <c r="U46" s="12"/>
+      <c r="V46" s="12"/>
+      <c r="W46" s="12"/>
+      <c r="X46" s="12"/>
+      <c r="Y46" s="12"/>
+      <c r="Z46" s="12"/>
+      <c r="AA46" s="12"/>
+      <c r="AB46" s="12"/>
+      <c r="AC46" s="12"/>
+      <c r="AD46" s="12"/>
+      <c r="AE46" s="12"/>
+      <c r="AF46" s="12"/>
+      <c r="AG46" s="12"/>
+      <c r="AH46" s="12"/>
+      <c r="AI46" s="12"/>
+      <c r="AJ46" s="12"/>
+      <c r="AK46" s="12"/>
+      <c r="AL46" s="12"/>
+      <c r="AM46" s="12"/>
+      <c r="AN46" s="12"/>
+      <c r="AO46" s="12"/>
+      <c r="AP46" s="12"/>
+      <c r="AQ46" s="12"/>
+      <c r="AR46" s="12"/>
+      <c r="AS46" s="12"/>
+      <c r="AT46" s="12"/>
+      <c r="AU46" s="12"/>
+      <c r="AV46" s="12"/>
+      <c r="AW46" s="12"/>
+      <c r="AX46" s="12"/>
+      <c r="AY46" s="12"/>
+      <c r="AZ46" s="12"/>
+      <c r="BA46" s="12"/>
+      <c r="BB46" s="12"/>
+      <c r="BC46" s="12"/>
+      <c r="BD46" s="12"/>
+      <c r="BE46" s="12"/>
+      <c r="BF46" s="12"/>
+      <c r="BG46" s="12"/>
+      <c r="BH46" s="12"/>
+      <c r="BI46" s="12"/>
+      <c r="BJ46" s="12"/>
+      <c r="BK46" s="12"/>
+      <c r="BL46" s="12"/>
+      <c r="BM46" s="12"/>
+      <c r="BN46" s="12"/>
+      <c r="BO46" s="12"/>
+      <c r="BP46" s="12"/>
+      <c r="BQ46" s="12"/>
+      <c r="BR46" s="12"/>
+      <c r="BS46" s="12"/>
+      <c r="BT46" s="12"/>
+      <c r="BU46" s="12"/>
+      <c r="BV46" s="12"/>
+      <c r="BW46" s="12"/>
+      <c r="BX46" s="12"/>
+      <c r="BY46" s="12"/>
+      <c r="BZ46" s="12"/>
+      <c r="CA46" s="12"/>
+      <c r="CB46" s="12"/>
+      <c r="CC46" s="12"/>
+      <c r="CD46" s="12"/>
+    </row>
+    <row r="47" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="7">
+        <v>43</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D47" s="7">
+        <v>1</v>
+      </c>
+      <c r="E47" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F47" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G47" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="8"/>
+      <c r="I47" s="8"/>
+      <c r="J47" s="8"/>
+      <c r="K47" s="10">
+        <v>30</v>
+      </c>
+      <c r="L47" s="13">
+        <v>0.72</v>
+      </c>
+      <c r="M47" s="12"/>
+      <c r="N47" s="12"/>
+      <c r="O47" s="12"/>
+      <c r="P47" s="12"/>
+      <c r="Q47" s="12"/>
+      <c r="R47" s="12"/>
+      <c r="S47" s="12"/>
+      <c r="T47" s="12"/>
+      <c r="U47" s="12"/>
+      <c r="V47" s="12"/>
+      <c r="W47" s="12"/>
+      <c r="X47" s="12"/>
+      <c r="Y47" s="12"/>
+      <c r="Z47" s="12"/>
+      <c r="AA47" s="12"/>
+      <c r="AB47" s="12"/>
+      <c r="AC47" s="12"/>
+      <c r="AD47" s="12"/>
+      <c r="AE47" s="12"/>
+      <c r="AF47" s="12"/>
+      <c r="AG47" s="12"/>
+      <c r="AH47" s="12"/>
+      <c r="AI47" s="12"/>
+      <c r="AJ47" s="12"/>
+      <c r="AK47" s="12"/>
+      <c r="AL47" s="12"/>
+      <c r="AM47" s="12"/>
+      <c r="AN47" s="12"/>
+      <c r="AO47" s="12"/>
+      <c r="AP47" s="12"/>
+      <c r="AQ47" s="12"/>
+      <c r="AR47" s="12"/>
+      <c r="AS47" s="12"/>
+      <c r="AT47" s="12"/>
+      <c r="AU47" s="12"/>
+      <c r="AV47" s="12"/>
+      <c r="AW47" s="12"/>
+      <c r="AX47" s="12"/>
+      <c r="AY47" s="12"/>
+      <c r="AZ47" s="12"/>
+      <c r="BA47" s="12"/>
+      <c r="BB47" s="12"/>
+      <c r="BC47" s="12"/>
+      <c r="BD47" s="12"/>
+      <c r="BE47" s="12"/>
+      <c r="BF47" s="12"/>
+      <c r="BG47" s="12"/>
+      <c r="BH47" s="12"/>
+      <c r="BI47" s="12"/>
+      <c r="BJ47" s="12"/>
+      <c r="BK47" s="12"/>
+      <c r="BL47" s="12"/>
+      <c r="BM47" s="12"/>
+      <c r="BN47" s="12"/>
+      <c r="BO47" s="12"/>
+      <c r="BP47" s="12"/>
+      <c r="BQ47" s="12"/>
+      <c r="BR47" s="12"/>
+      <c r="BS47" s="12"/>
+      <c r="BT47" s="12"/>
+      <c r="BU47" s="12"/>
+      <c r="BV47" s="12"/>
+      <c r="BW47" s="12"/>
+      <c r="BX47" s="12"/>
+      <c r="BY47" s="12"/>
+      <c r="BZ47" s="12"/>
+      <c r="CA47" s="12"/>
+      <c r="CB47" s="12"/>
+      <c r="CC47" s="12"/>
+      <c r="CD47" s="12"/>
+    </row>
+    <row r="48" spans="1:88" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="7">
+        <v>44</v>
+      </c>
+      <c r="B48" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D48" s="7">
+        <v>1</v>
+      </c>
+      <c r="E48" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F48" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G48" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H48" s="8"/>
+      <c r="I48" s="8"/>
+      <c r="J48" s="8"/>
+      <c r="K48" s="10">
+        <v>30</v>
+      </c>
+      <c r="L48" s="13">
+        <v>0.72</v>
+      </c>
+      <c r="M48" s="12"/>
+      <c r="N48" s="12"/>
+      <c r="O48" s="12"/>
+      <c r="P48" s="12"/>
+      <c r="Q48" s="12"/>
+      <c r="R48" s="12"/>
+      <c r="S48" s="12"/>
+      <c r="T48" s="12"/>
+      <c r="U48" s="12"/>
+      <c r="V48" s="12"/>
+      <c r="W48" s="12"/>
+      <c r="X48" s="12"/>
+      <c r="Y48" s="12"/>
+      <c r="Z48" s="12"/>
+      <c r="AA48" s="12"/>
+      <c r="AB48" s="12"/>
+      <c r="AC48" s="12"/>
+      <c r="AD48" s="12"/>
+      <c r="AE48" s="12"/>
+      <c r="AF48" s="12"/>
+      <c r="AG48" s="12"/>
+      <c r="AH48" s="12"/>
+      <c r="AI48" s="12"/>
+      <c r="AJ48" s="12"/>
+      <c r="AK48" s="12"/>
+      <c r="AL48" s="12"/>
+      <c r="AM48" s="12"/>
+      <c r="AN48" s="12"/>
+      <c r="AO48" s="12"/>
+      <c r="AP48" s="12"/>
+      <c r="AQ48" s="12"/>
+      <c r="AR48" s="12"/>
+      <c r="AS48" s="12"/>
+      <c r="AT48" s="12"/>
+      <c r="AU48" s="12"/>
+      <c r="AV48" s="12"/>
+      <c r="AW48" s="12"/>
+      <c r="AX48" s="12"/>
+      <c r="AY48" s="12"/>
+      <c r="AZ48" s="12"/>
+      <c r="BA48" s="12"/>
+      <c r="BB48" s="12"/>
+      <c r="BC48" s="12"/>
+      <c r="BD48" s="12"/>
+      <c r="BE48" s="12"/>
+      <c r="BF48" s="12"/>
+      <c r="BG48" s="12"/>
+      <c r="BH48" s="12"/>
+      <c r="BI48" s="12"/>
+      <c r="BJ48" s="12"/>
+      <c r="BK48" s="12"/>
+      <c r="BL48" s="12"/>
+      <c r="BM48" s="12"/>
+      <c r="BN48" s="12"/>
+      <c r="BO48" s="12"/>
+      <c r="BP48" s="12"/>
+      <c r="BQ48" s="12"/>
+      <c r="BR48" s="12"/>
+      <c r="BS48" s="12"/>
+      <c r="BT48" s="12"/>
+      <c r="BU48" s="12"/>
+      <c r="BV48" s="12"/>
+      <c r="BW48" s="12"/>
+      <c r="BX48" s="12"/>
+      <c r="BY48" s="12"/>
+      <c r="BZ48" s="12"/>
+      <c r="CA48" s="12"/>
+      <c r="CB48" s="12"/>
+      <c r="CC48" s="12"/>
+      <c r="CD48" s="12"/>
+    </row>
+    <row r="49" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="7">
+        <v>45</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D49" s="7">
+        <v>1</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F49" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G49" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H49" s="8"/>
+      <c r="I49" s="8"/>
+      <c r="J49" s="8"/>
+      <c r="K49" s="10">
+        <v>40</v>
+      </c>
+      <c r="L49" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M49" s="12"/>
+      <c r="N49" s="12"/>
+      <c r="O49" s="12"/>
+      <c r="P49" s="12"/>
+      <c r="Q49" s="12"/>
+      <c r="R49" s="12"/>
+      <c r="S49" s="12"/>
+      <c r="T49" s="12"/>
+      <c r="U49" s="12"/>
+      <c r="V49" s="12"/>
+      <c r="W49" s="12"/>
+      <c r="X49" s="12"/>
+      <c r="Y49" s="12"/>
+      <c r="Z49" s="12"/>
+      <c r="AA49" s="12"/>
+      <c r="AB49" s="12"/>
+      <c r="AC49" s="12"/>
+      <c r="AD49" s="12"/>
+      <c r="AE49" s="12"/>
+      <c r="AF49" s="12"/>
+      <c r="AG49" s="12"/>
+      <c r="AH49" s="12"/>
+      <c r="AI49" s="12"/>
+      <c r="AJ49" s="12"/>
+      <c r="AK49" s="12"/>
+      <c r="AL49" s="12"/>
+      <c r="AM49" s="12"/>
+      <c r="AN49" s="12"/>
+      <c r="AO49" s="12"/>
+      <c r="AP49" s="12"/>
+      <c r="AQ49" s="12"/>
+      <c r="AR49" s="12"/>
+      <c r="AS49" s="12"/>
+      <c r="AT49" s="12"/>
+      <c r="AU49" s="12"/>
+      <c r="AV49" s="12"/>
+      <c r="AW49" s="12"/>
+      <c r="AX49" s="12"/>
+      <c r="AY49" s="12"/>
+      <c r="AZ49" s="12"/>
+      <c r="BA49" s="12"/>
+      <c r="BB49" s="12"/>
+      <c r="BC49" s="12"/>
+      <c r="BD49" s="12"/>
+      <c r="BE49" s="12"/>
+      <c r="BF49" s="12"/>
+      <c r="BG49" s="12"/>
+      <c r="BH49" s="12"/>
+      <c r="BI49" s="12"/>
+      <c r="BJ49" s="12"/>
+      <c r="BK49" s="12"/>
+      <c r="BL49" s="12"/>
+      <c r="BM49" s="12"/>
+      <c r="BN49" s="12"/>
+      <c r="BO49" s="12"/>
+      <c r="BP49" s="12"/>
+      <c r="BQ49" s="12"/>
+      <c r="BR49" s="12"/>
+      <c r="BS49" s="12"/>
+      <c r="BT49" s="12"/>
+      <c r="BU49" s="12"/>
+      <c r="BV49" s="12"/>
+      <c r="BW49" s="12"/>
+      <c r="BX49" s="12"/>
+      <c r="BY49" s="12"/>
+      <c r="BZ49" s="12"/>
+      <c r="CA49" s="12"/>
+      <c r="CB49" s="12"/>
+      <c r="CC49" s="12"/>
+      <c r="CD49" s="12"/>
+    </row>
+    <row r="50" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="7">
+        <v>46</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D50" s="7">
+        <v>1</v>
+      </c>
+      <c r="E50" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F50" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G50" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H50" s="8"/>
+      <c r="I50" s="8"/>
+      <c r="J50" s="8"/>
+      <c r="K50" s="10">
+        <v>40</v>
+      </c>
+      <c r="L50" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M50" s="12"/>
+      <c r="N50" s="12"/>
+      <c r="O50" s="12"/>
+      <c r="P50" s="12"/>
+      <c r="Q50" s="12"/>
+      <c r="R50" s="12"/>
+      <c r="S50" s="12"/>
+      <c r="T50" s="12"/>
+      <c r="U50" s="12"/>
+      <c r="V50" s="12"/>
+      <c r="W50" s="12"/>
+      <c r="X50" s="12"/>
+      <c r="Y50" s="12"/>
+      <c r="Z50" s="12"/>
+      <c r="AA50" s="12"/>
+      <c r="AB50" s="12"/>
+      <c r="AC50" s="12"/>
+      <c r="AD50" s="12"/>
+      <c r="AE50" s="12"/>
+      <c r="AF50" s="12"/>
+      <c r="AG50" s="12"/>
+      <c r="AH50" s="12"/>
+      <c r="AI50" s="12"/>
+      <c r="AJ50" s="12"/>
+      <c r="AK50" s="12"/>
+      <c r="AL50" s="12"/>
+      <c r="AM50" s="12"/>
+      <c r="AN50" s="12"/>
+      <c r="AO50" s="12"/>
+      <c r="AP50" s="12"/>
+      <c r="AQ50" s="12"/>
+      <c r="AR50" s="12"/>
+      <c r="AS50" s="12"/>
+      <c r="AT50" s="12"/>
+      <c r="AU50" s="12"/>
+      <c r="AV50" s="12"/>
+      <c r="AW50" s="12"/>
+      <c r="AX50" s="12"/>
+      <c r="AY50" s="12"/>
+      <c r="AZ50" s="12"/>
+      <c r="BA50" s="12"/>
+      <c r="BB50" s="12"/>
+      <c r="BC50" s="12"/>
+      <c r="BD50" s="12"/>
+      <c r="BE50" s="12"/>
+      <c r="BF50" s="12"/>
+      <c r="BG50" s="12"/>
+      <c r="BH50" s="12"/>
+      <c r="BI50" s="12"/>
+      <c r="BJ50" s="12"/>
+      <c r="BK50" s="12"/>
+      <c r="BL50" s="12"/>
+      <c r="BM50" s="12"/>
+      <c r="BN50" s="12"/>
+      <c r="BO50" s="12"/>
+      <c r="BP50" s="12"/>
+      <c r="BQ50" s="12"/>
+      <c r="BR50" s="12"/>
+      <c r="BS50" s="12"/>
+      <c r="BT50" s="12"/>
+      <c r="BU50" s="12"/>
+      <c r="BV50" s="12"/>
+      <c r="BW50" s="12"/>
+      <c r="BX50" s="12"/>
+      <c r="BY50" s="12"/>
+      <c r="BZ50" s="12"/>
+      <c r="CA50" s="12"/>
+      <c r="CB50" s="12"/>
+      <c r="CC50" s="12"/>
+      <c r="CD50" s="12"/>
+    </row>
+    <row r="51" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="7">
+        <v>47</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D51" s="7">
+        <v>2</v>
+      </c>
+      <c r="E51" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F51" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G51" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H51" s="10">
+        <v>112</v>
+      </c>
+      <c r="I51" s="8"/>
+      <c r="J51" s="8"/>
+      <c r="K51" s="10">
+        <v>80</v>
+      </c>
+      <c r="L51" s="13">
+        <v>1.4</v>
+      </c>
+      <c r="M51" s="12"/>
+      <c r="N51" s="12"/>
+      <c r="O51" s="12"/>
+      <c r="P51" s="12"/>
+      <c r="Q51" s="12"/>
+      <c r="R51" s="12"/>
+      <c r="S51" s="12"/>
+      <c r="T51" s="12"/>
+      <c r="U51" s="12"/>
+      <c r="V51" s="12"/>
+      <c r="W51" s="12"/>
+      <c r="X51" s="12"/>
+      <c r="Y51" s="12"/>
+      <c r="Z51" s="12"/>
+      <c r="AA51" s="12"/>
+      <c r="AB51" s="12"/>
+      <c r="AC51" s="12"/>
+      <c r="AD51" s="12"/>
+      <c r="AE51" s="12"/>
+      <c r="AF51" s="12"/>
+      <c r="AG51" s="12"/>
+      <c r="AH51" s="12"/>
+      <c r="AI51" s="12"/>
+      <c r="AJ51" s="12"/>
+      <c r="AK51" s="12"/>
+      <c r="AL51" s="12"/>
+      <c r="AM51" s="12"/>
+      <c r="AN51" s="12"/>
+      <c r="AO51" s="12"/>
+      <c r="AP51" s="12"/>
+      <c r="AQ51" s="12"/>
+      <c r="AR51" s="12"/>
+      <c r="AS51" s="12"/>
+      <c r="AT51" s="12"/>
+      <c r="AU51" s="12"/>
+      <c r="AV51" s="12"/>
+      <c r="AW51" s="12"/>
+      <c r="AX51" s="12"/>
+      <c r="AY51" s="12"/>
+      <c r="AZ51" s="12"/>
+      <c r="BA51" s="12"/>
+      <c r="BB51" s="12"/>
+      <c r="BC51" s="12"/>
+      <c r="BD51" s="12"/>
+      <c r="BE51" s="12"/>
+      <c r="BF51" s="12"/>
+      <c r="BG51" s="12"/>
+      <c r="BH51" s="12"/>
+      <c r="BI51" s="12"/>
+      <c r="BJ51" s="12"/>
+      <c r="BK51" s="12"/>
+      <c r="BL51" s="12"/>
+      <c r="BM51" s="12"/>
+      <c r="BN51" s="12"/>
+      <c r="BO51" s="12"/>
+      <c r="BP51" s="12"/>
+      <c r="BQ51" s="12"/>
+      <c r="BR51" s="12"/>
+      <c r="BS51" s="12"/>
+      <c r="BT51" s="12"/>
+      <c r="BU51" s="12"/>
+      <c r="BV51" s="12"/>
+      <c r="BW51" s="12"/>
+      <c r="BX51" s="12"/>
+      <c r="BY51" s="12"/>
+      <c r="BZ51" s="12"/>
+      <c r="CA51" s="12"/>
+      <c r="CB51" s="12"/>
+      <c r="CC51" s="12"/>
+      <c r="CD51" s="12"/>
+    </row>
+    <row r="52" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="7">
+        <v>48</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D52" s="7">
+        <v>2</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F52" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G52" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52" s="10">
+        <v>112</v>
+      </c>
+      <c r="I52" s="8"/>
+      <c r="J52" s="8"/>
+      <c r="K52" s="10">
+        <v>80</v>
+      </c>
+      <c r="L52" s="11">
+        <v>1.4</v>
+      </c>
+      <c r="M52" s="12"/>
+      <c r="N52" s="12"/>
+      <c r="O52" s="12"/>
+      <c r="P52" s="12"/>
+      <c r="Q52" s="12"/>
+      <c r="R52" s="12"/>
+      <c r="S52" s="12"/>
+      <c r="T52" s="12"/>
+      <c r="U52" s="12"/>
+      <c r="V52" s="12"/>
+      <c r="W52" s="12"/>
+      <c r="X52" s="12"/>
+      <c r="Y52" s="12"/>
+      <c r="Z52" s="12"/>
+      <c r="AA52" s="12"/>
+      <c r="AB52" s="12"/>
+      <c r="AC52" s="12"/>
+      <c r="AD52" s="12"/>
+      <c r="AE52" s="12"/>
+      <c r="AF52" s="12"/>
+      <c r="AG52" s="12"/>
+      <c r="AH52" s="12"/>
+      <c r="AI52" s="12"/>
+      <c r="AJ52" s="12"/>
+      <c r="AK52" s="12"/>
+      <c r="AL52" s="12"/>
+      <c r="AM52" s="12"/>
+      <c r="AN52" s="12"/>
+      <c r="AO52" s="12"/>
+      <c r="AP52" s="12"/>
+      <c r="AQ52" s="12"/>
+      <c r="AR52" s="12"/>
+      <c r="AS52" s="12"/>
+      <c r="AT52" s="12"/>
+      <c r="AU52" s="12"/>
+      <c r="AV52" s="12"/>
+      <c r="AW52" s="12"/>
+      <c r="AX52" s="12"/>
+      <c r="AY52" s="12"/>
+      <c r="AZ52" s="12"/>
+      <c r="BA52" s="12"/>
+      <c r="BB52" s="12"/>
+      <c r="BC52" s="12"/>
+      <c r="BD52" s="12"/>
+      <c r="BE52" s="12"/>
+      <c r="BF52" s="12"/>
+      <c r="BG52" s="12"/>
+      <c r="BH52" s="12"/>
+      <c r="BI52" s="12"/>
+      <c r="BJ52" s="12"/>
+      <c r="BK52" s="12"/>
+      <c r="BL52" s="12"/>
+      <c r="BM52" s="12"/>
+      <c r="BN52" s="12"/>
+      <c r="BO52" s="12"/>
+      <c r="BP52" s="12"/>
+      <c r="BQ52" s="12"/>
+      <c r="BR52" s="12"/>
+      <c r="BS52" s="12"/>
+      <c r="BT52" s="12"/>
+      <c r="BU52" s="12"/>
+      <c r="BV52" s="12"/>
+      <c r="BW52" s="12"/>
+      <c r="BX52" s="12"/>
+      <c r="BY52" s="12"/>
+      <c r="BZ52" s="12"/>
+      <c r="CA52" s="12"/>
+      <c r="CB52" s="12"/>
+      <c r="CC52" s="12"/>
+      <c r="CD52" s="12"/>
+    </row>
+    <row r="53" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="7">
+        <v>49</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D53" s="7">
+        <v>2</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F53" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H53" s="10"/>
+      <c r="I53" s="8"/>
+      <c r="J53" s="8"/>
+      <c r="K53" s="10">
+        <v>60</v>
+      </c>
+      <c r="L53" s="11">
+        <v>1.4</v>
+      </c>
+      <c r="M53" s="12"/>
+      <c r="N53" s="12"/>
+      <c r="O53" s="12"/>
+      <c r="P53" s="12"/>
+      <c r="Q53" s="12"/>
+      <c r="R53" s="12"/>
+      <c r="S53" s="12"/>
+      <c r="T53" s="12"/>
+      <c r="U53" s="12"/>
+      <c r="V53" s="12"/>
+      <c r="W53" s="12"/>
+      <c r="X53" s="12"/>
+      <c r="Y53" s="12"/>
+      <c r="Z53" s="12"/>
+      <c r="AA53" s="12"/>
+      <c r="AB53" s="12"/>
+      <c r="AC53" s="12"/>
+      <c r="AD53" s="12"/>
+      <c r="AE53" s="12"/>
+      <c r="AF53" s="12"/>
+      <c r="AG53" s="12"/>
+      <c r="AH53" s="12"/>
+      <c r="AI53" s="12"/>
+      <c r="AJ53" s="12"/>
+      <c r="AK53" s="12"/>
+      <c r="AL53" s="12"/>
+      <c r="AM53" s="12"/>
+      <c r="AN53" s="12"/>
+      <c r="AO53" s="12"/>
+      <c r="AP53" s="12"/>
+      <c r="AQ53" s="12"/>
+      <c r="AR53" s="12"/>
+      <c r="AS53" s="12"/>
+      <c r="AT53" s="12"/>
+      <c r="AU53" s="12"/>
+      <c r="AV53" s="12"/>
+      <c r="AW53" s="12"/>
+      <c r="AX53" s="12"/>
+      <c r="AY53" s="12"/>
+      <c r="AZ53" s="12"/>
+      <c r="BA53" s="12"/>
+      <c r="BB53" s="12"/>
+      <c r="BC53" s="12"/>
+      <c r="BD53" s="12"/>
+      <c r="BE53" s="12"/>
+      <c r="BF53" s="12"/>
+      <c r="BG53" s="12"/>
+      <c r="BH53" s="12"/>
+      <c r="BI53" s="12"/>
+      <c r="BJ53" s="12"/>
+      <c r="BK53" s="12"/>
+      <c r="BL53" s="12"/>
+      <c r="BM53" s="12"/>
+      <c r="BN53" s="12"/>
+      <c r="BO53" s="12"/>
+      <c r="BP53" s="12"/>
+      <c r="BQ53" s="12"/>
+      <c r="BR53" s="12"/>
+      <c r="BS53" s="12"/>
+      <c r="BT53" s="12"/>
+      <c r="BU53" s="12"/>
+      <c r="BV53" s="12"/>
+      <c r="BW53" s="12"/>
+      <c r="BX53" s="12"/>
+      <c r="BY53" s="12"/>
+      <c r="BZ53" s="12"/>
+      <c r="CA53" s="12"/>
+      <c r="CB53" s="12"/>
+      <c r="CC53" s="12"/>
+      <c r="CD53" s="12"/>
+    </row>
+    <row r="54" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="7">
+        <v>50</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D54" s="7">
+        <v>2</v>
+      </c>
+      <c r="E54" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F54" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G54" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54" s="10"/>
+      <c r="I54" s="8"/>
+      <c r="J54" s="8"/>
+      <c r="K54" s="10">
+        <v>60</v>
+      </c>
+      <c r="L54" s="11">
+        <v>1.4</v>
+      </c>
+      <c r="M54" s="12"/>
+      <c r="N54" s="12"/>
+      <c r="O54" s="12"/>
+      <c r="P54" s="12"/>
+      <c r="Q54" s="12"/>
+      <c r="R54" s="12"/>
+      <c r="S54" s="12"/>
+      <c r="T54" s="12"/>
+      <c r="U54" s="12"/>
+      <c r="V54" s="12"/>
+      <c r="W54" s="12"/>
+      <c r="X54" s="12"/>
+      <c r="Y54" s="12"/>
+      <c r="Z54" s="12"/>
+      <c r="AA54" s="12"/>
+      <c r="AB54" s="12"/>
+      <c r="AC54" s="12"/>
+      <c r="AD54" s="12"/>
+      <c r="AE54" s="12"/>
+      <c r="AF54" s="12"/>
+      <c r="AG54" s="12"/>
+      <c r="AH54" s="12"/>
+      <c r="AI54" s="12"/>
+      <c r="AJ54" s="12"/>
+      <c r="AK54" s="12"/>
+      <c r="AL54" s="12"/>
+      <c r="AM54" s="12"/>
+      <c r="AN54" s="12"/>
+      <c r="AO54" s="12"/>
+      <c r="AP54" s="12"/>
+      <c r="AQ54" s="12"/>
+      <c r="AR54" s="12"/>
+      <c r="AS54" s="12"/>
+      <c r="AT54" s="12"/>
+      <c r="AU54" s="12"/>
+      <c r="AV54" s="12"/>
+      <c r="AW54" s="12"/>
+      <c r="AX54" s="12"/>
+      <c r="AY54" s="12"/>
+      <c r="AZ54" s="12"/>
+      <c r="BA54" s="12"/>
+      <c r="BB54" s="12"/>
+      <c r="BC54" s="12"/>
+      <c r="BD54" s="12"/>
+      <c r="BE54" s="12"/>
+      <c r="BF54" s="12"/>
+      <c r="BG54" s="12"/>
+      <c r="BH54" s="12"/>
+      <c r="BI54" s="12"/>
+      <c r="BJ54" s="12"/>
+      <c r="BK54" s="12"/>
+      <c r="BL54" s="12"/>
+      <c r="BM54" s="12"/>
+      <c r="BN54" s="12"/>
+      <c r="BO54" s="12"/>
+      <c r="BP54" s="12"/>
+      <c r="BQ54" s="12"/>
+      <c r="BR54" s="12"/>
+      <c r="BS54" s="12"/>
+      <c r="BT54" s="12"/>
+      <c r="BU54" s="12"/>
+      <c r="BV54" s="12"/>
+      <c r="BW54" s="12"/>
+      <c r="BX54" s="12"/>
+      <c r="BY54" s="12"/>
+      <c r="BZ54" s="12"/>
+      <c r="CA54" s="12"/>
+      <c r="CB54" s="12"/>
+      <c r="CC54" s="12"/>
+      <c r="CD54" s="12"/>
+    </row>
+    <row r="55" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="7">
+        <v>51</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D55" s="7">
+        <v>5</v>
+      </c>
+      <c r="E55" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F55" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H55" s="10"/>
+      <c r="I55" s="8"/>
+      <c r="J55" s="8"/>
+      <c r="K55" s="10">
+        <v>300</v>
+      </c>
+      <c r="L55" s="11">
+        <v>36.67</v>
+      </c>
+      <c r="M55" s="12"/>
+      <c r="N55" s="12"/>
+      <c r="O55" s="12"/>
+      <c r="P55" s="12"/>
+      <c r="Q55" s="12"/>
+      <c r="R55" s="12"/>
+      <c r="S55" s="12"/>
+      <c r="T55" s="12"/>
+      <c r="U55" s="12"/>
+      <c r="V55" s="12"/>
+      <c r="W55" s="12"/>
+      <c r="X55" s="12"/>
+      <c r="Y55" s="12"/>
+      <c r="Z55" s="12"/>
+      <c r="AA55" s="12"/>
+      <c r="AB55" s="12"/>
+      <c r="AC55" s="12"/>
+      <c r="AD55" s="12"/>
+      <c r="AE55" s="12"/>
+      <c r="AF55" s="12"/>
+      <c r="AG55" s="12"/>
+      <c r="AH55" s="12"/>
+      <c r="AI55" s="12"/>
+      <c r="AJ55" s="12"/>
+      <c r="AK55" s="12"/>
+      <c r="AL55" s="12"/>
+      <c r="AM55" s="12"/>
+      <c r="AN55" s="12"/>
+      <c r="AO55" s="12"/>
+      <c r="AP55" s="12"/>
+      <c r="AQ55" s="12"/>
+      <c r="AR55" s="12"/>
+      <c r="AS55" s="12"/>
+      <c r="AT55" s="12"/>
+      <c r="AU55" s="12"/>
+      <c r="AV55" s="12"/>
+      <c r="AW55" s="12"/>
+      <c r="AX55" s="12"/>
+      <c r="AY55" s="12"/>
+      <c r="AZ55" s="12"/>
+      <c r="BA55" s="12"/>
+      <c r="BB55" s="12"/>
+      <c r="BC55" s="12"/>
+      <c r="BD55" s="12"/>
+      <c r="BE55" s="12"/>
+      <c r="BF55" s="12"/>
+      <c r="BG55" s="12"/>
+      <c r="BH55" s="12"/>
+      <c r="BI55" s="12"/>
+      <c r="BJ55" s="12"/>
+      <c r="BK55" s="12"/>
+      <c r="BL55" s="12"/>
+      <c r="BM55" s="12"/>
+      <c r="BN55" s="12"/>
+      <c r="BO55" s="12"/>
+      <c r="BP55" s="12"/>
+      <c r="BQ55" s="12"/>
+      <c r="BR55" s="12"/>
+      <c r="BS55" s="12"/>
+      <c r="BT55" s="12"/>
+      <c r="BU55" s="12"/>
+      <c r="BV55" s="12"/>
+      <c r="BW55" s="12"/>
+      <c r="BX55" s="12"/>
+      <c r="BY55" s="12"/>
+      <c r="BZ55" s="12"/>
+      <c r="CA55" s="12"/>
+      <c r="CB55" s="12"/>
+      <c r="CC55" s="12"/>
+      <c r="CD55" s="12"/>
+    </row>
+    <row r="56" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="7">
+        <v>52</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D56" s="7">
+        <v>3</v>
+      </c>
+      <c r="E56" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F56" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G56" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H56" s="10">
+        <v>140</v>
+      </c>
+      <c r="I56" s="8"/>
+      <c r="J56" s="8"/>
+      <c r="K56" s="10">
+        <v>90</v>
+      </c>
+      <c r="L56" s="11">
+        <v>1.42</v>
+      </c>
+      <c r="M56" s="12"/>
+      <c r="N56" s="12"/>
+      <c r="O56" s="12"/>
+      <c r="P56" s="12"/>
+      <c r="Q56" s="12"/>
+      <c r="R56" s="12"/>
+      <c r="S56" s="12"/>
+      <c r="T56" s="12"/>
+      <c r="U56" s="12"/>
+      <c r="V56" s="12"/>
+      <c r="W56" s="12"/>
+      <c r="X56" s="12"/>
+      <c r="Y56" s="12"/>
+      <c r="Z56" s="12"/>
+      <c r="AA56" s="12"/>
+      <c r="AB56" s="12"/>
+      <c r="AC56" s="12"/>
+      <c r="AD56" s="12"/>
+      <c r="AE56" s="12"/>
+      <c r="AF56" s="12"/>
+      <c r="AG56" s="12"/>
+      <c r="AH56" s="12"/>
+      <c r="AI56" s="12"/>
+      <c r="AJ56" s="12"/>
+      <c r="AK56" s="12"/>
+      <c r="AL56" s="12"/>
+      <c r="AM56" s="12"/>
+      <c r="AN56" s="12"/>
+      <c r="AO56" s="12"/>
+      <c r="AP56" s="12"/>
+      <c r="AQ56" s="12"/>
+      <c r="AR56" s="12"/>
+      <c r="AS56" s="12"/>
+      <c r="AT56" s="12"/>
+      <c r="AU56" s="12"/>
+      <c r="AV56" s="12"/>
+      <c r="AW56" s="12"/>
+      <c r="AX56" s="12"/>
+      <c r="AY56" s="12"/>
+      <c r="AZ56" s="12"/>
+      <c r="BA56" s="12"/>
+      <c r="BB56" s="12"/>
+      <c r="BC56" s="12"/>
+      <c r="BD56" s="12"/>
+      <c r="BE56" s="12"/>
+      <c r="BF56" s="12"/>
+      <c r="BG56" s="12"/>
+      <c r="BH56" s="12"/>
+      <c r="BI56" s="12"/>
+      <c r="BJ56" s="12"/>
+      <c r="BK56" s="12"/>
+      <c r="BL56" s="12"/>
+      <c r="BM56" s="12"/>
+      <c r="BN56" s="12"/>
+      <c r="BO56" s="12"/>
+      <c r="BP56" s="12"/>
+      <c r="BQ56" s="12"/>
+      <c r="BR56" s="12"/>
+      <c r="BS56" s="12"/>
+      <c r="BT56" s="12"/>
+      <c r="BU56" s="12"/>
+      <c r="BV56" s="12"/>
+      <c r="BW56" s="12"/>
+      <c r="BX56" s="12"/>
+      <c r="BY56" s="12"/>
+      <c r="BZ56" s="12"/>
+      <c r="CA56" s="12"/>
+      <c r="CB56" s="12"/>
+      <c r="CC56" s="12"/>
+      <c r="CD56" s="12"/>
+    </row>
+    <row r="57" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="7">
+        <v>53</v>
+      </c>
+      <c r="B57" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D57" s="7">
+        <v>3</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F57" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G57" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H57" s="10">
+        <v>140</v>
+      </c>
+      <c r="I57" s="8"/>
+      <c r="J57" s="8"/>
+      <c r="K57" s="10">
+        <v>90</v>
+      </c>
+      <c r="L57" s="11">
+        <v>1.42</v>
+      </c>
+      <c r="M57" s="12"/>
+      <c r="N57" s="12"/>
+      <c r="O57" s="12"/>
+      <c r="P57" s="12"/>
+      <c r="Q57" s="12"/>
+      <c r="R57" s="12"/>
+      <c r="S57" s="12"/>
+      <c r="T57" s="12"/>
+      <c r="U57" s="12"/>
+      <c r="V57" s="12"/>
+      <c r="W57" s="12"/>
+      <c r="X57" s="12"/>
+      <c r="Y57" s="12"/>
+      <c r="Z57" s="12"/>
+      <c r="AA57" s="12"/>
+      <c r="AB57" s="12"/>
+      <c r="AC57" s="12"/>
+      <c r="AD57" s="12"/>
+      <c r="AE57" s="12"/>
+      <c r="AF57" s="12"/>
+      <c r="AG57" s="12"/>
+      <c r="AH57" s="12"/>
+      <c r="AI57" s="12"/>
+      <c r="AJ57" s="12"/>
+      <c r="AK57" s="12"/>
+      <c r="AL57" s="12"/>
+      <c r="AM57" s="12"/>
+      <c r="AN57" s="12"/>
+      <c r="AO57" s="12"/>
+      <c r="AP57" s="12"/>
+      <c r="AQ57" s="12"/>
+      <c r="AR57" s="12"/>
+      <c r="AS57" s="12"/>
+      <c r="AT57" s="12"/>
+      <c r="AU57" s="12"/>
+      <c r="AV57" s="12"/>
+      <c r="AW57" s="12"/>
+      <c r="AX57" s="12"/>
+      <c r="AY57" s="12"/>
+      <c r="AZ57" s="12"/>
+      <c r="BA57" s="12"/>
+      <c r="BB57" s="12"/>
+      <c r="BC57" s="12"/>
+      <c r="BD57" s="12"/>
+      <c r="BE57" s="12"/>
+      <c r="BF57" s="12"/>
+      <c r="BG57" s="12"/>
+      <c r="BH57" s="12"/>
+      <c r="BI57" s="12"/>
+      <c r="BJ57" s="12"/>
+      <c r="BK57" s="12"/>
+      <c r="BL57" s="12"/>
+      <c r="BM57" s="12"/>
+      <c r="BN57" s="12"/>
+      <c r="BO57" s="12"/>
+      <c r="BP57" s="12"/>
+      <c r="BQ57" s="12"/>
+      <c r="BR57" s="12"/>
+      <c r="BS57" s="12"/>
+      <c r="BT57" s="12"/>
+      <c r="BU57" s="12"/>
+      <c r="BV57" s="12"/>
+      <c r="BW57" s="12"/>
+      <c r="BX57" s="12"/>
+      <c r="BY57" s="12"/>
+      <c r="BZ57" s="12"/>
+      <c r="CA57" s="12"/>
+      <c r="CB57" s="12"/>
+      <c r="CC57" s="12"/>
+      <c r="CD57" s="12"/>
+    </row>
+    <row r="58" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="7">
+        <v>54</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D58" s="7">
+        <v>3</v>
+      </c>
+      <c r="E58" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F58" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G58" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H58" s="10">
+        <v>140</v>
+      </c>
+      <c r="I58" s="8"/>
+      <c r="J58" s="8"/>
+      <c r="K58" s="10">
+        <v>90</v>
+      </c>
+      <c r="L58" s="11">
+        <v>1.42</v>
+      </c>
+      <c r="M58" s="12"/>
+      <c r="N58" s="12"/>
+      <c r="O58" s="12"/>
+      <c r="P58" s="12"/>
+      <c r="Q58" s="12"/>
+      <c r="R58" s="12"/>
+      <c r="S58" s="12"/>
+      <c r="T58" s="12"/>
+      <c r="U58" s="12"/>
+      <c r="V58" s="12"/>
+      <c r="W58" s="12"/>
+      <c r="X58" s="12"/>
+      <c r="Y58" s="12"/>
+      <c r="Z58" s="12"/>
+      <c r="AA58" s="12"/>
+      <c r="AB58" s="12"/>
+      <c r="AC58" s="12"/>
+      <c r="AD58" s="12"/>
+      <c r="AE58" s="12"/>
+      <c r="AF58" s="12"/>
+      <c r="AG58" s="12"/>
+      <c r="AH58" s="12"/>
+      <c r="AI58" s="12"/>
+      <c r="AJ58" s="12"/>
+      <c r="AK58" s="12"/>
+      <c r="AL58" s="12"/>
+      <c r="AM58" s="12"/>
+      <c r="AN58" s="12"/>
+      <c r="AO58" s="12"/>
+      <c r="AP58" s="12"/>
+      <c r="AQ58" s="12"/>
+      <c r="AR58" s="12"/>
+      <c r="AS58" s="12"/>
+      <c r="AT58" s="12"/>
+      <c r="AU58" s="12"/>
+      <c r="AV58" s="12"/>
+      <c r="AW58" s="12"/>
+      <c r="AX58" s="12"/>
+      <c r="AY58" s="12"/>
+      <c r="AZ58" s="12"/>
+      <c r="BA58" s="12"/>
+      <c r="BB58" s="12"/>
+      <c r="BC58" s="12"/>
+      <c r="BD58" s="12"/>
+      <c r="BE58" s="12"/>
+      <c r="BF58" s="12"/>
+      <c r="BG58" s="12"/>
+      <c r="BH58" s="12"/>
+      <c r="BI58" s="12"/>
+      <c r="BJ58" s="12"/>
+      <c r="BK58" s="12"/>
+      <c r="BL58" s="12"/>
+      <c r="BM58" s="12"/>
+      <c r="BN58" s="12"/>
+      <c r="BO58" s="12"/>
+      <c r="BP58" s="12"/>
+      <c r="BQ58" s="12"/>
+      <c r="BR58" s="12"/>
+      <c r="BS58" s="12"/>
+      <c r="BT58" s="12"/>
+      <c r="BU58" s="12"/>
+      <c r="BV58" s="12"/>
+      <c r="BW58" s="12"/>
+      <c r="BX58" s="12"/>
+      <c r="BY58" s="12"/>
+      <c r="BZ58" s="12"/>
+      <c r="CA58" s="12"/>
+      <c r="CB58" s="12"/>
+      <c r="CC58" s="12"/>
+      <c r="CD58" s="12"/>
+    </row>
+    <row r="59" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="7">
+        <v>55</v>
+      </c>
+      <c r="B59" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D59" s="7">
+        <v>3</v>
+      </c>
+      <c r="E59" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F59" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G59" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H59" s="10">
+        <v>140</v>
+      </c>
+      <c r="I59" s="8"/>
+      <c r="J59" s="8"/>
+      <c r="K59" s="10">
+        <v>90</v>
+      </c>
+      <c r="L59" s="11">
+        <v>1.42</v>
+      </c>
+      <c r="M59" s="12"/>
+      <c r="N59" s="12"/>
+      <c r="O59" s="12"/>
+      <c r="P59" s="12"/>
+      <c r="Q59" s="12"/>
+      <c r="R59" s="12"/>
+      <c r="S59" s="12"/>
+      <c r="T59" s="12"/>
+      <c r="U59" s="12"/>
+      <c r="V59" s="12"/>
+      <c r="W59" s="12"/>
+      <c r="X59" s="12"/>
+      <c r="Y59" s="12"/>
+      <c r="Z59" s="12"/>
+      <c r="AA59" s="12"/>
+      <c r="AB59" s="12"/>
+      <c r="AC59" s="12"/>
+      <c r="AD59" s="12"/>
+      <c r="AE59" s="12"/>
+      <c r="AF59" s="12"/>
+      <c r="AG59" s="12"/>
+      <c r="AH59" s="12"/>
+      <c r="AI59" s="12"/>
+      <c r="AJ59" s="12"/>
+      <c r="AK59" s="12"/>
+      <c r="AL59" s="12"/>
+      <c r="AM59" s="12"/>
+      <c r="AN59" s="12"/>
+      <c r="AO59" s="12"/>
+      <c r="AP59" s="12"/>
+      <c r="AQ59" s="12"/>
+      <c r="AR59" s="12"/>
+      <c r="AS59" s="12"/>
+      <c r="AT59" s="12"/>
+      <c r="AU59" s="12"/>
+      <c r="AV59" s="12"/>
+      <c r="AW59" s="12"/>
+      <c r="AX59" s="12"/>
+      <c r="AY59" s="12"/>
+      <c r="AZ59" s="12"/>
+      <c r="BA59" s="12"/>
+      <c r="BB59" s="12"/>
+      <c r="BC59" s="12"/>
+      <c r="BD59" s="12"/>
+      <c r="BE59" s="12"/>
+      <c r="BF59" s="12"/>
+      <c r="BG59" s="12"/>
+      <c r="BH59" s="12"/>
+      <c r="BI59" s="12"/>
+      <c r="BJ59" s="12"/>
+      <c r="BK59" s="12"/>
+      <c r="BL59" s="12"/>
+      <c r="BM59" s="12"/>
+      <c r="BN59" s="12"/>
+      <c r="BO59" s="12"/>
+      <c r="BP59" s="12"/>
+      <c r="BQ59" s="12"/>
+      <c r="BR59" s="12"/>
+      <c r="BS59" s="12"/>
+      <c r="BT59" s="12"/>
+      <c r="BU59" s="12"/>
+      <c r="BV59" s="12"/>
+      <c r="BW59" s="12"/>
+      <c r="BX59" s="12"/>
+      <c r="BY59" s="12"/>
+      <c r="BZ59" s="12"/>
+      <c r="CA59" s="12"/>
+      <c r="CB59" s="12"/>
+      <c r="CC59" s="12"/>
+      <c r="CD59" s="12"/>
+    </row>
+    <row r="60" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="7">
+        <v>56</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D60" s="7">
+        <v>4</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F60" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H60" s="8"/>
+      <c r="I60" s="8"/>
+      <c r="J60" s="8"/>
+      <c r="K60" s="10">
+        <v>240</v>
+      </c>
+      <c r="L60" s="11">
+        <v>4</v>
+      </c>
+      <c r="M60" s="12"/>
+      <c r="N60" s="12"/>
+      <c r="O60" s="12"/>
+      <c r="P60" s="12"/>
+      <c r="Q60" s="12"/>
+      <c r="R60" s="12"/>
+      <c r="S60" s="12"/>
+      <c r="T60" s="12"/>
+      <c r="U60" s="12"/>
+      <c r="V60" s="12"/>
+      <c r="W60" s="12"/>
+      <c r="X60" s="12"/>
+      <c r="Y60" s="12"/>
+      <c r="Z60" s="12"/>
+      <c r="AA60" s="12"/>
+      <c r="AB60" s="12"/>
+      <c r="AC60" s="12"/>
+      <c r="AD60" s="12"/>
+      <c r="AE60" s="12"/>
+      <c r="AF60" s="12"/>
+      <c r="AG60" s="12"/>
+      <c r="AH60" s="12"/>
+      <c r="AI60" s="12"/>
+      <c r="AJ60" s="12"/>
+      <c r="AK60" s="12"/>
+      <c r="AL60" s="12"/>
+      <c r="AM60" s="12"/>
+      <c r="AN60" s="12"/>
+      <c r="AO60" s="12"/>
+      <c r="AP60" s="12"/>
+      <c r="AQ60" s="12"/>
+      <c r="AR60" s="12"/>
+      <c r="AS60" s="12"/>
+      <c r="AT60" s="12"/>
+      <c r="AU60" s="12"/>
+      <c r="AV60" s="12"/>
+      <c r="AW60" s="12"/>
+      <c r="AX60" s="12"/>
+      <c r="AY60" s="12"/>
+      <c r="AZ60" s="12"/>
+      <c r="BA60" s="12"/>
+      <c r="BB60" s="12"/>
+      <c r="BC60" s="12"/>
+      <c r="BD60" s="12"/>
+      <c r="BE60" s="12"/>
+      <c r="BF60" s="12"/>
+      <c r="BG60" s="12"/>
+      <c r="BH60" s="12"/>
+      <c r="BI60" s="12"/>
+      <c r="BJ60" s="12"/>
+      <c r="BK60" s="12"/>
+      <c r="BL60" s="12"/>
+      <c r="BM60" s="12"/>
+      <c r="BN60" s="12"/>
+      <c r="BO60" s="12"/>
+      <c r="BP60" s="12"/>
+      <c r="BQ60" s="12"/>
+      <c r="BR60" s="12"/>
+      <c r="BS60" s="12"/>
+      <c r="BT60" s="12"/>
+      <c r="BU60" s="12"/>
+      <c r="BV60" s="12"/>
+      <c r="BW60" s="12"/>
+      <c r="BX60" s="12"/>
+      <c r="BY60" s="12"/>
+      <c r="BZ60" s="12"/>
+      <c r="CA60" s="12"/>
+      <c r="CB60" s="12"/>
+      <c r="CC60" s="12"/>
+      <c r="CD60" s="12"/>
+    </row>
+    <row r="61" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="7">
+        <v>57</v>
+      </c>
+      <c r="B61" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D61" s="7">
+        <v>1</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F61" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H61" s="8"/>
+      <c r="I61" s="8"/>
+      <c r="J61" s="8"/>
+      <c r="K61" s="10">
+        <v>30</v>
+      </c>
+      <c r="L61" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M61" s="12"/>
+      <c r="N61" s="12"/>
+      <c r="O61" s="12"/>
+      <c r="P61" s="12"/>
+      <c r="Q61" s="12"/>
+      <c r="R61" s="12"/>
+      <c r="S61" s="12"/>
+      <c r="T61" s="12"/>
+      <c r="U61" s="12"/>
+      <c r="V61" s="12"/>
+      <c r="W61" s="12"/>
+      <c r="X61" s="12"/>
+      <c r="Y61" s="12"/>
+      <c r="Z61" s="12"/>
+      <c r="AA61" s="12"/>
+      <c r="AB61" s="12"/>
+      <c r="AC61" s="12"/>
+      <c r="AD61" s="12"/>
+      <c r="AE61" s="12"/>
+      <c r="AF61" s="12"/>
+      <c r="AG61" s="12"/>
+      <c r="AH61" s="12"/>
+      <c r="AI61" s="12"/>
+      <c r="AJ61" s="12"/>
+      <c r="AK61" s="12"/>
+      <c r="AL61" s="12"/>
+      <c r="AM61" s="12"/>
+      <c r="AN61" s="12"/>
+      <c r="AO61" s="12"/>
+      <c r="AP61" s="12"/>
+      <c r="AQ61" s="12"/>
+      <c r="AR61" s="12"/>
+      <c r="AS61" s="12"/>
+      <c r="AT61" s="12"/>
+      <c r="AU61" s="12"/>
+      <c r="AV61" s="12"/>
+      <c r="AW61" s="12"/>
+      <c r="AX61" s="12"/>
+      <c r="AY61" s="12"/>
+      <c r="AZ61" s="12"/>
+      <c r="BA61" s="12"/>
+      <c r="BB61" s="12"/>
+      <c r="BC61" s="12"/>
+      <c r="BD61" s="12"/>
+      <c r="BE61" s="12"/>
+      <c r="BF61" s="12"/>
+      <c r="BG61" s="12"/>
+      <c r="BH61" s="12"/>
+      <c r="BI61" s="12"/>
+      <c r="BJ61" s="12"/>
+      <c r="BK61" s="12"/>
+      <c r="BL61" s="12"/>
+      <c r="BM61" s="12"/>
+      <c r="BN61" s="12"/>
+      <c r="BO61" s="12"/>
+      <c r="BP61" s="12"/>
+      <c r="BQ61" s="12"/>
+      <c r="BR61" s="12"/>
+      <c r="BS61" s="12"/>
+      <c r="BT61" s="12"/>
+      <c r="BU61" s="12"/>
+      <c r="BV61" s="12"/>
+      <c r="BW61" s="12"/>
+      <c r="BX61" s="12"/>
+      <c r="BY61" s="12"/>
+      <c r="BZ61" s="12"/>
+      <c r="CA61" s="12"/>
+      <c r="CB61" s="12"/>
+      <c r="CC61" s="12"/>
+      <c r="CD61" s="12"/>
+    </row>
+    <row r="62" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="7">
+        <v>58</v>
+      </c>
+      <c r="B62" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D62" s="7">
+        <v>1</v>
+      </c>
+      <c r="E62" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F62" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G62" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62" s="8"/>
+      <c r="I62" s="8"/>
+      <c r="J62" s="8"/>
+      <c r="K62" s="10">
+        <v>30</v>
+      </c>
+      <c r="L62" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M62" s="12"/>
+      <c r="N62" s="12"/>
+      <c r="O62" s="12"/>
+      <c r="P62" s="12"/>
+      <c r="Q62" s="12"/>
+      <c r="R62" s="12"/>
+      <c r="S62" s="12"/>
+      <c r="T62" s="12"/>
+      <c r="U62" s="12"/>
+      <c r="V62" s="12"/>
+      <c r="W62" s="12"/>
+      <c r="X62" s="12"/>
+      <c r="Y62" s="12"/>
+      <c r="Z62" s="12"/>
+      <c r="AA62" s="12"/>
+      <c r="AB62" s="12"/>
+      <c r="AC62" s="12"/>
+      <c r="AD62" s="12"/>
+      <c r="AE62" s="12"/>
+      <c r="AF62" s="12"/>
+      <c r="AG62" s="12"/>
+      <c r="AH62" s="12"/>
+      <c r="AI62" s="12"/>
+      <c r="AJ62" s="12"/>
+      <c r="AK62" s="12"/>
+      <c r="AL62" s="12"/>
+      <c r="AM62" s="12"/>
+      <c r="AN62" s="12"/>
+      <c r="AO62" s="12"/>
+      <c r="AP62" s="12"/>
+      <c r="AQ62" s="12"/>
+      <c r="AR62" s="12"/>
+      <c r="AS62" s="12"/>
+      <c r="AT62" s="12"/>
+      <c r="AU62" s="12"/>
+      <c r="AV62" s="12"/>
+      <c r="AW62" s="12"/>
+      <c r="AX62" s="12"/>
+      <c r="AY62" s="12"/>
+      <c r="AZ62" s="12"/>
+      <c r="BA62" s="12"/>
+      <c r="BB62" s="12"/>
+      <c r="BC62" s="12"/>
+      <c r="BD62" s="12"/>
+      <c r="BE62" s="12"/>
+      <c r="BF62" s="12"/>
+      <c r="BG62" s="12"/>
+      <c r="BH62" s="12"/>
+      <c r="BI62" s="12"/>
+      <c r="BJ62" s="12"/>
+      <c r="BK62" s="12"/>
+      <c r="BL62" s="12"/>
+      <c r="BM62" s="12"/>
+      <c r="BN62" s="12"/>
+      <c r="BO62" s="12"/>
+      <c r="BP62" s="12"/>
+      <c r="BQ62" s="12"/>
+      <c r="BR62" s="12"/>
+      <c r="BS62" s="12"/>
+      <c r="BT62" s="12"/>
+      <c r="BU62" s="12"/>
+      <c r="BV62" s="12"/>
+      <c r="BW62" s="12"/>
+      <c r="BX62" s="12"/>
+      <c r="BY62" s="12"/>
+      <c r="BZ62" s="12"/>
+      <c r="CA62" s="12"/>
+      <c r="CB62" s="12"/>
+      <c r="CC62" s="12"/>
+      <c r="CD62" s="12"/>
+    </row>
+    <row r="63" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="7">
+        <v>59</v>
+      </c>
+      <c r="B63" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D63" s="7">
+        <v>1</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F63" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G63" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H63" s="8"/>
+      <c r="I63" s="8"/>
+      <c r="J63" s="8"/>
+      <c r="K63" s="10">
+        <v>30</v>
+      </c>
+      <c r="L63" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M63" s="12"/>
+      <c r="N63" s="12"/>
+      <c r="O63" s="12"/>
+      <c r="P63" s="12"/>
+      <c r="Q63" s="12"/>
+      <c r="R63" s="12"/>
+      <c r="S63" s="12"/>
+      <c r="T63" s="12"/>
+      <c r="U63" s="12"/>
+      <c r="V63" s="12"/>
+      <c r="W63" s="12"/>
+      <c r="X63" s="12"/>
+      <c r="Y63" s="12"/>
+      <c r="Z63" s="12"/>
+      <c r="AA63" s="12"/>
+      <c r="AB63" s="12"/>
+      <c r="AC63" s="12"/>
+      <c r="AD63" s="12"/>
+      <c r="AE63" s="12"/>
+      <c r="AF63" s="12"/>
+      <c r="AG63" s="12"/>
+      <c r="AH63" s="12"/>
+      <c r="AI63" s="12"/>
+      <c r="AJ63" s="12"/>
+      <c r="AK63" s="12"/>
+      <c r="AL63" s="12"/>
+      <c r="AM63" s="12"/>
+      <c r="AN63" s="12"/>
+      <c r="AO63" s="12"/>
+      <c r="AP63" s="12"/>
+      <c r="AQ63" s="12"/>
+      <c r="AR63" s="12"/>
+      <c r="AS63" s="12"/>
+      <c r="AT63" s="12"/>
+      <c r="AU63" s="12"/>
+      <c r="AV63" s="12"/>
+      <c r="AW63" s="12"/>
+      <c r="AX63" s="12"/>
+      <c r="AY63" s="12"/>
+      <c r="AZ63" s="12"/>
+      <c r="BA63" s="12"/>
+      <c r="BB63" s="12"/>
+      <c r="BC63" s="12"/>
+      <c r="BD63" s="12"/>
+      <c r="BE63" s="12"/>
+      <c r="BF63" s="12"/>
+      <c r="BG63" s="12"/>
+      <c r="BH63" s="12"/>
+      <c r="BI63" s="12"/>
+      <c r="BJ63" s="12"/>
+      <c r="BK63" s="12"/>
+      <c r="BL63" s="12"/>
+      <c r="BM63" s="12"/>
+      <c r="BN63" s="12"/>
+      <c r="BO63" s="12"/>
+      <c r="BP63" s="12"/>
+      <c r="BQ63" s="12"/>
+      <c r="BR63" s="12"/>
+      <c r="BS63" s="12"/>
+      <c r="BT63" s="12"/>
+      <c r="BU63" s="12"/>
+      <c r="BV63" s="12"/>
+      <c r="BW63" s="12"/>
+      <c r="BX63" s="12"/>
+      <c r="BY63" s="12"/>
+      <c r="BZ63" s="12"/>
+      <c r="CA63" s="12"/>
+      <c r="CB63" s="12"/>
+      <c r="CC63" s="12"/>
+      <c r="CD63" s="12"/>
+    </row>
+    <row r="64" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="7">
+        <v>60</v>
+      </c>
+      <c r="B64" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D64" s="7">
+        <v>1</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F64" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G64" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64" s="8"/>
+      <c r="I64" s="8"/>
+      <c r="J64" s="8"/>
+      <c r="K64" s="10">
+        <v>30</v>
+      </c>
+      <c r="L64" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M64" s="12"/>
+      <c r="N64" s="12"/>
+      <c r="O64" s="12"/>
+      <c r="P64" s="12"/>
+      <c r="Q64" s="12"/>
+      <c r="R64" s="12"/>
+      <c r="S64" s="12"/>
+      <c r="T64" s="12"/>
+      <c r="U64" s="12"/>
+      <c r="V64" s="12"/>
+      <c r="W64" s="12"/>
+      <c r="X64" s="12"/>
+      <c r="Y64" s="12"/>
+      <c r="Z64" s="12"/>
+      <c r="AA64" s="12"/>
+      <c r="AB64" s="12"/>
+      <c r="AC64" s="12"/>
+      <c r="AD64" s="12"/>
+      <c r="AE64" s="12"/>
+      <c r="AF64" s="12"/>
+      <c r="AG64" s="12"/>
+      <c r="AH64" s="12"/>
+      <c r="AI64" s="12"/>
+      <c r="AJ64" s="12"/>
+      <c r="AK64" s="12"/>
+      <c r="AL64" s="12"/>
+      <c r="AM64" s="12"/>
+      <c r="AN64" s="12"/>
+      <c r="AO64" s="12"/>
+      <c r="AP64" s="12"/>
+      <c r="AQ64" s="12"/>
+      <c r="AR64" s="12"/>
+      <c r="AS64" s="12"/>
+      <c r="AT64" s="12"/>
+      <c r="AU64" s="12"/>
+      <c r="AV64" s="12"/>
+      <c r="AW64" s="12"/>
+      <c r="AX64" s="12"/>
+      <c r="AY64" s="12"/>
+      <c r="AZ64" s="12"/>
+      <c r="BA64" s="12"/>
+      <c r="BB64" s="12"/>
+      <c r="BC64" s="12"/>
+      <c r="BD64" s="12"/>
+      <c r="BE64" s="12"/>
+      <c r="BF64" s="12"/>
+      <c r="BG64" s="12"/>
+      <c r="BH64" s="12"/>
+      <c r="BI64" s="12"/>
+      <c r="BJ64" s="12"/>
+      <c r="BK64" s="12"/>
+      <c r="BL64" s="12"/>
+      <c r="BM64" s="12"/>
+      <c r="BN64" s="12"/>
+      <c r="BO64" s="12"/>
+      <c r="BP64" s="12"/>
+      <c r="BQ64" s="12"/>
+      <c r="BR64" s="12"/>
+      <c r="BS64" s="12"/>
+      <c r="BT64" s="12"/>
+      <c r="BU64" s="12"/>
+      <c r="BV64" s="12"/>
+      <c r="BW64" s="12"/>
+      <c r="BX64" s="12"/>
+      <c r="BY64" s="12"/>
+      <c r="BZ64" s="12"/>
+      <c r="CA64" s="12"/>
+      <c r="CB64" s="12"/>
+      <c r="CC64" s="12"/>
+      <c r="CD64" s="12"/>
+    </row>
+    <row r="65" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="7">
+        <v>61</v>
+      </c>
+      <c r="B65" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D65" s="7">
+        <v>1</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F65" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G65" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65" s="8"/>
+      <c r="I65" s="8"/>
+      <c r="J65" s="8"/>
+      <c r="K65" s="10">
+        <v>30</v>
+      </c>
+      <c r="L65" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M65" s="12"/>
+      <c r="N65" s="12"/>
+      <c r="O65" s="12"/>
+      <c r="P65" s="12"/>
+      <c r="Q65" s="12"/>
+      <c r="R65" s="12"/>
+      <c r="S65" s="12"/>
+      <c r="T65" s="12"/>
+      <c r="U65" s="12"/>
+      <c r="V65" s="12"/>
+      <c r="W65" s="12"/>
+      <c r="X65" s="12"/>
+      <c r="Y65" s="12"/>
+      <c r="Z65" s="12"/>
+      <c r="AA65" s="12"/>
+      <c r="AB65" s="12"/>
+      <c r="AC65" s="12"/>
+      <c r="AD65" s="12"/>
+      <c r="AE65" s="12"/>
+      <c r="AF65" s="12"/>
+      <c r="AG65" s="12"/>
+      <c r="AH65" s="12"/>
+      <c r="AI65" s="12"/>
+      <c r="AJ65" s="12"/>
+      <c r="AK65" s="12"/>
+      <c r="AL65" s="12"/>
+      <c r="AM65" s="12"/>
+      <c r="AN65" s="12"/>
+      <c r="AO65" s="12"/>
+      <c r="AP65" s="12"/>
+      <c r="AQ65" s="12"/>
+      <c r="AR65" s="12"/>
+      <c r="AS65" s="12"/>
+      <c r="AT65" s="12"/>
+      <c r="AU65" s="12"/>
+      <c r="AV65" s="12"/>
+      <c r="AW65" s="12"/>
+      <c r="AX65" s="12"/>
+      <c r="AY65" s="12"/>
+      <c r="AZ65" s="12"/>
+      <c r="BA65" s="12"/>
+      <c r="BB65" s="12"/>
+      <c r="BC65" s="12"/>
+      <c r="BD65" s="12"/>
+      <c r="BE65" s="12"/>
+      <c r="BF65" s="12"/>
+      <c r="BG65" s="12"/>
+      <c r="BH65" s="12"/>
+      <c r="BI65" s="12"/>
+      <c r="BJ65" s="12"/>
+      <c r="BK65" s="12"/>
+      <c r="BL65" s="12"/>
+      <c r="BM65" s="12"/>
+      <c r="BN65" s="12"/>
+      <c r="BO65" s="12"/>
+      <c r="BP65" s="12"/>
+      <c r="BQ65" s="12"/>
+      <c r="BR65" s="12"/>
+      <c r="BS65" s="12"/>
+      <c r="BT65" s="12"/>
+      <c r="BU65" s="12"/>
+      <c r="BV65" s="12"/>
+      <c r="BW65" s="12"/>
+      <c r="BX65" s="12"/>
+      <c r="BY65" s="12"/>
+      <c r="BZ65" s="12"/>
+      <c r="CA65" s="12"/>
+      <c r="CB65" s="12"/>
+      <c r="CC65" s="12"/>
+      <c r="CD65" s="12"/>
+    </row>
+    <row r="66" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="7">
+        <v>62</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D66" s="7">
+        <v>1</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F66" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G66" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H66" s="8"/>
+      <c r="I66" s="8"/>
+      <c r="J66" s="8"/>
+      <c r="K66" s="10">
+        <v>30</v>
+      </c>
+      <c r="L66" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M66" s="12"/>
+      <c r="N66" s="12"/>
+      <c r="O66" s="12"/>
+      <c r="P66" s="12"/>
+      <c r="Q66" s="12"/>
+      <c r="R66" s="12"/>
+      <c r="S66" s="12"/>
+      <c r="T66" s="12"/>
+      <c r="U66" s="12"/>
+      <c r="V66" s="12"/>
+      <c r="W66" s="12"/>
+      <c r="X66" s="12"/>
+      <c r="Y66" s="12"/>
+      <c r="Z66" s="12"/>
+      <c r="AA66" s="12"/>
+      <c r="AB66" s="12"/>
+      <c r="AC66" s="12"/>
+      <c r="AD66" s="12"/>
+      <c r="AE66" s="12"/>
+      <c r="AF66" s="12"/>
+      <c r="AG66" s="12"/>
+      <c r="AH66" s="12"/>
+      <c r="AI66" s="12"/>
+      <c r="AJ66" s="12"/>
+      <c r="AK66" s="12"/>
+      <c r="AL66" s="12"/>
+      <c r="AM66" s="12"/>
+      <c r="AN66" s="12"/>
+      <c r="AO66" s="12"/>
+      <c r="AP66" s="12"/>
+      <c r="AQ66" s="12"/>
+      <c r="AR66" s="12"/>
+      <c r="AS66" s="12"/>
+      <c r="AT66" s="12"/>
+      <c r="AU66" s="12"/>
+      <c r="AV66" s="12"/>
+      <c r="AW66" s="12"/>
+      <c r="AX66" s="12"/>
+      <c r="AY66" s="12"/>
+      <c r="AZ66" s="12"/>
+      <c r="BA66" s="12"/>
+      <c r="BB66" s="12"/>
+      <c r="BC66" s="12"/>
+      <c r="BD66" s="12"/>
+      <c r="BE66" s="12"/>
+      <c r="BF66" s="12"/>
+      <c r="BG66" s="12"/>
+      <c r="BH66" s="12"/>
+      <c r="BI66" s="12"/>
+      <c r="BJ66" s="12"/>
+      <c r="BK66" s="12"/>
+      <c r="BL66" s="12"/>
+      <c r="BM66" s="12"/>
+      <c r="BN66" s="12"/>
+      <c r="BO66" s="12"/>
+      <c r="BP66" s="12"/>
+      <c r="BQ66" s="12"/>
+      <c r="BR66" s="12"/>
+      <c r="BS66" s="12"/>
+      <c r="BT66" s="12"/>
+      <c r="BU66" s="12"/>
+      <c r="BV66" s="12"/>
+      <c r="BW66" s="12"/>
+      <c r="BX66" s="12"/>
+      <c r="BY66" s="12"/>
+      <c r="BZ66" s="12"/>
+      <c r="CA66" s="12"/>
+      <c r="CB66" s="12"/>
+      <c r="CC66" s="12"/>
+      <c r="CD66" s="12"/>
+    </row>
+    <row r="67" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="7">
+        <v>63</v>
+      </c>
+      <c r="B67" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D67" s="7">
+        <v>1</v>
+      </c>
+      <c r="E67" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F67" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H67" s="8"/>
+      <c r="I67" s="8"/>
+      <c r="J67" s="8"/>
+      <c r="K67" s="10">
+        <v>30</v>
+      </c>
+      <c r="L67" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="M67" s="12"/>
+      <c r="N67" s="12"/>
+      <c r="O67" s="12"/>
+      <c r="P67" s="12"/>
+      <c r="Q67" s="12"/>
+      <c r="R67" s="12"/>
+      <c r="S67" s="12"/>
+      <c r="T67" s="12"/>
+      <c r="U67" s="12"/>
+      <c r="V67" s="12"/>
+      <c r="W67" s="12"/>
+      <c r="X67" s="12"/>
+      <c r="Y67" s="12"/>
+      <c r="Z67" s="12"/>
+      <c r="AA67" s="12"/>
+      <c r="AB67" s="12"/>
+      <c r="AC67" s="12"/>
+      <c r="AD67" s="12"/>
+      <c r="AE67" s="12"/>
+      <c r="AF67" s="12"/>
+      <c r="AG67" s="12"/>
+      <c r="AH67" s="12"/>
+      <c r="AI67" s="12"/>
+      <c r="AJ67" s="12"/>
+      <c r="AK67" s="12"/>
+      <c r="AL67" s="12"/>
+      <c r="AM67" s="12"/>
+      <c r="AN67" s="12"/>
+      <c r="AO67" s="12"/>
+      <c r="AP67" s="12"/>
+      <c r="AQ67" s="12"/>
+      <c r="AR67" s="12"/>
+      <c r="AS67" s="12"/>
+      <c r="AT67" s="12"/>
+      <c r="AU67" s="12"/>
+      <c r="AV67" s="12"/>
+      <c r="AW67" s="12"/>
+      <c r="AX67" s="12"/>
+      <c r="AY67" s="12"/>
+      <c r="AZ67" s="12"/>
+      <c r="BA67" s="12"/>
+      <c r="BB67" s="12"/>
+      <c r="BC67" s="12"/>
+      <c r="BD67" s="12"/>
+      <c r="BE67" s="12"/>
+      <c r="BF67" s="12"/>
+      <c r="BG67" s="12"/>
+      <c r="BH67" s="12"/>
+      <c r="BI67" s="12"/>
+      <c r="BJ67" s="12"/>
+      <c r="BK67" s="12"/>
+      <c r="BL67" s="12"/>
+      <c r="BM67" s="12"/>
+      <c r="BN67" s="12"/>
+      <c r="BO67" s="12"/>
+      <c r="BP67" s="12"/>
+      <c r="BQ67" s="12"/>
+      <c r="BR67" s="12"/>
+      <c r="BS67" s="12"/>
+      <c r="BT67" s="12"/>
+      <c r="BU67" s="12"/>
+      <c r="BV67" s="12"/>
+      <c r="BW67" s="12"/>
+      <c r="BX67" s="12"/>
+      <c r="BY67" s="12"/>
+      <c r="BZ67" s="12"/>
+      <c r="CA67" s="12"/>
+      <c r="CB67" s="12"/>
+      <c r="CC67" s="12"/>
+      <c r="CD67" s="12"/>
+    </row>
+    <row r="68" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="7">
+        <v>64</v>
+      </c>
+      <c r="B68" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D68" s="7">
+        <v>2</v>
+      </c>
+      <c r="E68" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F68" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H68" s="8"/>
+      <c r="I68" s="8">
+        <v>590.65</v>
+      </c>
+      <c r="J68" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K68" s="10">
+        <v>120</v>
+      </c>
+      <c r="L68" s="11">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="M68" s="12"/>
+      <c r="N68" s="12"/>
+      <c r="O68" s="12"/>
+      <c r="P68" s="12"/>
+      <c r="Q68" s="12"/>
+      <c r="R68" s="12"/>
+      <c r="S68" s="12"/>
+      <c r="T68" s="12"/>
+      <c r="U68" s="12"/>
+      <c r="V68" s="12"/>
+      <c r="W68" s="12"/>
+      <c r="X68" s="12"/>
+      <c r="Y68" s="12"/>
+      <c r="Z68" s="12"/>
+      <c r="AA68" s="12"/>
+      <c r="AB68" s="12"/>
+      <c r="AC68" s="12"/>
+      <c r="AD68" s="12"/>
+      <c r="AE68" s="12"/>
+      <c r="AF68" s="12"/>
+      <c r="AG68" s="12"/>
+      <c r="AH68" s="12"/>
+      <c r="AI68" s="12"/>
+      <c r="AJ68" s="12"/>
+      <c r="AK68" s="12"/>
+      <c r="AL68" s="12"/>
+      <c r="AM68" s="12"/>
+      <c r="AN68" s="12"/>
+      <c r="AO68" s="12"/>
+      <c r="AP68" s="12"/>
+      <c r="AQ68" s="12"/>
+      <c r="AR68" s="12"/>
+      <c r="AS68" s="12"/>
+      <c r="AT68" s="12"/>
+      <c r="AU68" s="12"/>
+      <c r="AV68" s="12"/>
+      <c r="AW68" s="12"/>
+      <c r="AX68" s="12"/>
+      <c r="AY68" s="12"/>
+      <c r="AZ68" s="12"/>
+      <c r="BA68" s="12"/>
+      <c r="BB68" s="12"/>
+      <c r="BC68" s="12"/>
+      <c r="BD68" s="12"/>
+      <c r="BE68" s="12"/>
+      <c r="BF68" s="12"/>
+      <c r="BG68" s="12"/>
+      <c r="BH68" s="12"/>
+      <c r="BI68" s="12"/>
+      <c r="BJ68" s="12"/>
+      <c r="BK68" s="12"/>
+      <c r="BL68" s="12"/>
+      <c r="BM68" s="12"/>
+      <c r="BN68" s="12"/>
+      <c r="BO68" s="12"/>
+      <c r="BP68" s="12"/>
+      <c r="BQ68" s="12"/>
+      <c r="BR68" s="12"/>
+      <c r="BS68" s="12"/>
+      <c r="BT68" s="12"/>
+      <c r="BU68" s="12"/>
+      <c r="BV68" s="12"/>
+      <c r="BW68" s="12"/>
+      <c r="BX68" s="12"/>
+      <c r="BY68" s="12"/>
+      <c r="BZ68" s="12"/>
+      <c r="CA68" s="12"/>
+      <c r="CB68" s="12"/>
+      <c r="CC68" s="12"/>
+      <c r="CD68" s="12"/>
+    </row>
+    <row r="69" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="7">
+        <v>65</v>
+      </c>
+      <c r="B69" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D69" s="7">
+        <v>2</v>
+      </c>
+      <c r="E69" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F69" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H69" s="8"/>
+      <c r="I69" s="8"/>
+      <c r="J69" s="8"/>
+      <c r="K69" s="8">
+        <v>120</v>
+      </c>
+      <c r="L69" s="13">
+        <v>13.9</v>
+      </c>
+      <c r="M69" s="12"/>
+      <c r="N69" s="12"/>
+      <c r="O69" s="12"/>
+      <c r="P69" s="12"/>
+      <c r="Q69" s="12"/>
+      <c r="R69" s="12"/>
+      <c r="S69" s="12"/>
+      <c r="T69" s="12"/>
+      <c r="U69" s="12"/>
+      <c r="V69" s="12"/>
+      <c r="W69" s="12"/>
+      <c r="X69" s="12"/>
+      <c r="Y69" s="12"/>
+      <c r="Z69" s="12"/>
+      <c r="AA69" s="12"/>
+      <c r="AB69" s="12"/>
+      <c r="AC69" s="12"/>
+      <c r="AD69" s="12"/>
+      <c r="AE69" s="12"/>
+      <c r="AF69" s="12"/>
+      <c r="AG69" s="12"/>
+      <c r="AH69" s="12"/>
+      <c r="AI69" s="12"/>
+      <c r="AJ69" s="12"/>
+      <c r="AK69" s="12"/>
+      <c r="AL69" s="12"/>
+      <c r="AM69" s="12"/>
+      <c r="AN69" s="12"/>
+      <c r="AO69" s="12"/>
+      <c r="AP69" s="12"/>
+      <c r="AQ69" s="12"/>
+      <c r="AR69" s="12"/>
+      <c r="AS69" s="12"/>
+      <c r="AT69" s="12"/>
+      <c r="AU69" s="12"/>
+      <c r="AV69" s="12"/>
+      <c r="AW69" s="12"/>
+      <c r="AX69" s="12"/>
+      <c r="AY69" s="12"/>
+      <c r="AZ69" s="12"/>
+      <c r="BA69" s="12"/>
+      <c r="BB69" s="12"/>
+      <c r="BC69" s="12"/>
+      <c r="BD69" s="12"/>
+      <c r="BE69" s="12"/>
+      <c r="BF69" s="12"/>
+      <c r="BG69" s="12"/>
+      <c r="BH69" s="12"/>
+      <c r="BI69" s="12"/>
+      <c r="BJ69" s="12"/>
+      <c r="BK69" s="12"/>
+      <c r="BL69" s="12"/>
+      <c r="BM69" s="12"/>
+      <c r="BN69" s="12"/>
+      <c r="BO69" s="12"/>
+      <c r="BP69" s="12"/>
+      <c r="BQ69" s="12"/>
+      <c r="BR69" s="12"/>
+      <c r="BS69" s="12"/>
+      <c r="BT69" s="12"/>
+      <c r="BU69" s="12"/>
+      <c r="BV69" s="12"/>
+      <c r="BW69" s="12"/>
+      <c r="BX69" s="12"/>
+      <c r="BY69" s="12"/>
+      <c r="BZ69" s="12"/>
+      <c r="CA69" s="12"/>
+      <c r="CB69" s="12"/>
+      <c r="CC69" s="12"/>
+      <c r="CD69" s="12"/>
+    </row>
+    <row r="70" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="7">
+        <v>66</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D70" s="7">
+        <v>2</v>
+      </c>
+      <c r="E70" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F70" s="25" t="s">
         <v>71</v>
       </c>
-      <c r="C5" s="13" t="s">
-[...27 lines deleted...]
-      <c r="A6" s="18">
+      <c r="G70" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H70" s="8"/>
+      <c r="I70" s="8"/>
+      <c r="J70" s="8"/>
+      <c r="K70" s="10">
+        <v>60</v>
+      </c>
+      <c r="L70" s="11">
+        <v>1.33</v>
+      </c>
+      <c r="M70" s="12"/>
+      <c r="N70" s="12"/>
+      <c r="O70" s="12"/>
+      <c r="P70" s="12"/>
+      <c r="Q70" s="12"/>
+      <c r="R70" s="12"/>
+      <c r="S70" s="12"/>
+      <c r="T70" s="12"/>
+      <c r="U70" s="12"/>
+      <c r="V70" s="12"/>
+      <c r="W70" s="12"/>
+      <c r="X70" s="12"/>
+      <c r="Y70" s="12"/>
+      <c r="Z70" s="12"/>
+      <c r="AA70" s="12"/>
+      <c r="AB70" s="12"/>
+      <c r="AC70" s="12"/>
+      <c r="AD70" s="12"/>
+      <c r="AE70" s="12"/>
+      <c r="AF70" s="12"/>
+      <c r="AG70" s="12"/>
+      <c r="AH70" s="12"/>
+      <c r="AI70" s="12"/>
+      <c r="AJ70" s="12"/>
+      <c r="AK70" s="12"/>
+      <c r="AL70" s="12"/>
+      <c r="AM70" s="12"/>
+      <c r="AN70" s="12"/>
+      <c r="AO70" s="12"/>
+      <c r="AP70" s="12"/>
+      <c r="AQ70" s="12"/>
+      <c r="AR70" s="12"/>
+      <c r="AS70" s="12"/>
+      <c r="AT70" s="12"/>
+      <c r="AU70" s="12"/>
+      <c r="AV70" s="12"/>
+      <c r="AW70" s="12"/>
+      <c r="AX70" s="12"/>
+      <c r="AY70" s="12"/>
+      <c r="AZ70" s="12"/>
+      <c r="BA70" s="12"/>
+      <c r="BB70" s="12"/>
+      <c r="BC70" s="12"/>
+      <c r="BD70" s="12"/>
+      <c r="BE70" s="12"/>
+      <c r="BF70" s="12"/>
+      <c r="BG70" s="12"/>
+      <c r="BH70" s="12"/>
+      <c r="BI70" s="12"/>
+      <c r="BJ70" s="12"/>
+      <c r="BK70" s="12"/>
+      <c r="BL70" s="12"/>
+      <c r="BM70" s="12"/>
+      <c r="BN70" s="12"/>
+      <c r="BO70" s="12"/>
+      <c r="BP70" s="12"/>
+      <c r="BQ70" s="12"/>
+      <c r="BR70" s="12"/>
+      <c r="BS70" s="12"/>
+      <c r="BT70" s="12"/>
+      <c r="BU70" s="12"/>
+      <c r="BV70" s="12"/>
+      <c r="BW70" s="12"/>
+      <c r="BX70" s="12"/>
+      <c r="BY70" s="12"/>
+      <c r="BZ70" s="12"/>
+      <c r="CA70" s="12"/>
+      <c r="CB70" s="12"/>
+      <c r="CC70" s="12"/>
+      <c r="CD70" s="12"/>
+    </row>
+    <row r="71" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="7">
+        <v>67</v>
+      </c>
+      <c r="B71" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D71" s="7">
         <v>2</v>
       </c>
-      <c r="B6" s="8" t="s">
+      <c r="E71" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F71" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G71" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H71" s="8"/>
+      <c r="I71" s="8"/>
+      <c r="J71" s="8"/>
+      <c r="K71" s="10">
+        <v>60</v>
+      </c>
+      <c r="L71" s="11">
+        <v>1.33</v>
+      </c>
+      <c r="M71" s="12"/>
+      <c r="N71" s="12"/>
+      <c r="O71" s="12"/>
+      <c r="P71" s="12"/>
+      <c r="Q71" s="12"/>
+      <c r="R71" s="12"/>
+      <c r="S71" s="12"/>
+      <c r="T71" s="12"/>
+      <c r="U71" s="12"/>
+      <c r="V71" s="12"/>
+      <c r="W71" s="12"/>
+      <c r="X71" s="12"/>
+      <c r="Y71" s="12"/>
+      <c r="Z71" s="12"/>
+      <c r="AA71" s="12"/>
+      <c r="AB71" s="12"/>
+      <c r="AC71" s="12"/>
+      <c r="AD71" s="12"/>
+      <c r="AE71" s="12"/>
+      <c r="AF71" s="12"/>
+      <c r="AG71" s="12"/>
+      <c r="AH71" s="12"/>
+      <c r="AI71" s="12"/>
+      <c r="AJ71" s="12"/>
+      <c r="AK71" s="12"/>
+      <c r="AL71" s="12"/>
+      <c r="AM71" s="12"/>
+      <c r="AN71" s="12"/>
+      <c r="AO71" s="12"/>
+      <c r="AP71" s="12"/>
+      <c r="AQ71" s="12"/>
+      <c r="AR71" s="12"/>
+      <c r="AS71" s="12"/>
+      <c r="AT71" s="12"/>
+      <c r="AU71" s="12"/>
+      <c r="AV71" s="12"/>
+      <c r="AW71" s="12"/>
+      <c r="AX71" s="12"/>
+      <c r="AY71" s="12"/>
+      <c r="AZ71" s="12"/>
+      <c r="BA71" s="12"/>
+      <c r="BB71" s="12"/>
+      <c r="BC71" s="12"/>
+      <c r="BD71" s="12"/>
+      <c r="BE71" s="12"/>
+      <c r="BF71" s="12"/>
+      <c r="BG71" s="12"/>
+      <c r="BH71" s="12"/>
+      <c r="BI71" s="12"/>
+      <c r="BJ71" s="12"/>
+      <c r="BK71" s="12"/>
+      <c r="BL71" s="12"/>
+      <c r="BM71" s="12"/>
+      <c r="BN71" s="12"/>
+      <c r="BO71" s="12"/>
+      <c r="BP71" s="12"/>
+      <c r="BQ71" s="12"/>
+      <c r="BR71" s="12"/>
+      <c r="BS71" s="12"/>
+      <c r="BT71" s="12"/>
+      <c r="BU71" s="12"/>
+      <c r="BV71" s="12"/>
+      <c r="BW71" s="12"/>
+      <c r="BX71" s="12"/>
+      <c r="BY71" s="12"/>
+      <c r="BZ71" s="12"/>
+      <c r="CA71" s="12"/>
+      <c r="CB71" s="12"/>
+      <c r="CC71" s="12"/>
+      <c r="CD71" s="12"/>
+    </row>
+    <row r="72" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="7">
+        <v>68</v>
+      </c>
+      <c r="B72" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D72" s="7">
+        <v>2</v>
+      </c>
+      <c r="E72" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F72" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G72" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H72" s="8"/>
+      <c r="I72" s="8"/>
+      <c r="J72" s="8"/>
+      <c r="K72" s="10">
+        <v>60</v>
+      </c>
+      <c r="L72" s="11">
+        <v>1.33</v>
+      </c>
+      <c r="M72" s="12"/>
+      <c r="N72" s="12"/>
+      <c r="O72" s="12"/>
+      <c r="P72" s="12"/>
+      <c r="Q72" s="12"/>
+      <c r="R72" s="12"/>
+      <c r="S72" s="12"/>
+      <c r="T72" s="12"/>
+      <c r="U72" s="12"/>
+      <c r="V72" s="12"/>
+      <c r="W72" s="12"/>
+      <c r="X72" s="12"/>
+      <c r="Y72" s="12"/>
+      <c r="Z72" s="12"/>
+      <c r="AA72" s="12"/>
+      <c r="AB72" s="12"/>
+      <c r="AC72" s="12"/>
+      <c r="AD72" s="12"/>
+      <c r="AE72" s="12"/>
+      <c r="AF72" s="12"/>
+      <c r="AG72" s="12"/>
+      <c r="AH72" s="12"/>
+      <c r="AI72" s="12"/>
+      <c r="AJ72" s="12"/>
+      <c r="AK72" s="12"/>
+      <c r="AL72" s="12"/>
+      <c r="AM72" s="12"/>
+      <c r="AN72" s="12"/>
+      <c r="AO72" s="12"/>
+      <c r="AP72" s="12"/>
+      <c r="AQ72" s="12"/>
+      <c r="AR72" s="12"/>
+      <c r="AS72" s="12"/>
+      <c r="AT72" s="12"/>
+      <c r="AU72" s="12"/>
+      <c r="AV72" s="12"/>
+      <c r="AW72" s="12"/>
+      <c r="AX72" s="12"/>
+      <c r="AY72" s="12"/>
+      <c r="AZ72" s="12"/>
+      <c r="BA72" s="12"/>
+      <c r="BB72" s="12"/>
+      <c r="BC72" s="12"/>
+      <c r="BD72" s="12"/>
+      <c r="BE72" s="12"/>
+      <c r="BF72" s="12"/>
+      <c r="BG72" s="12"/>
+      <c r="BH72" s="12"/>
+      <c r="BI72" s="12"/>
+      <c r="BJ72" s="12"/>
+      <c r="BK72" s="12"/>
+      <c r="BL72" s="12"/>
+      <c r="BM72" s="12"/>
+      <c r="BN72" s="12"/>
+      <c r="BO72" s="12"/>
+      <c r="BP72" s="12"/>
+      <c r="BQ72" s="12"/>
+      <c r="BR72" s="12"/>
+      <c r="BS72" s="12"/>
+      <c r="BT72" s="12"/>
+      <c r="BU72" s="12"/>
+      <c r="BV72" s="12"/>
+      <c r="BW72" s="12"/>
+      <c r="BX72" s="12"/>
+      <c r="BY72" s="12"/>
+      <c r="BZ72" s="12"/>
+      <c r="CA72" s="12"/>
+      <c r="CB72" s="12"/>
+      <c r="CC72" s="12"/>
+      <c r="CD72" s="12"/>
+    </row>
+    <row r="73" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="7">
+        <v>69</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D73" s="7">
+        <v>3</v>
+      </c>
+      <c r="E73" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F73" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G73" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H73" s="8"/>
+      <c r="I73" s="8"/>
+      <c r="J73" s="8"/>
+      <c r="K73" s="10">
+        <v>69</v>
+      </c>
+      <c r="L73" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M73" s="12"/>
+      <c r="N73" s="12"/>
+      <c r="O73" s="12"/>
+      <c r="P73" s="12"/>
+      <c r="Q73" s="12"/>
+      <c r="R73" s="12"/>
+      <c r="S73" s="12"/>
+      <c r="T73" s="12"/>
+      <c r="U73" s="12"/>
+      <c r="V73" s="12"/>
+      <c r="W73" s="12"/>
+      <c r="X73" s="12"/>
+      <c r="Y73" s="12"/>
+      <c r="Z73" s="12"/>
+      <c r="AA73" s="12"/>
+      <c r="AB73" s="12"/>
+      <c r="AC73" s="12"/>
+      <c r="AD73" s="12"/>
+      <c r="AE73" s="12"/>
+      <c r="AF73" s="12"/>
+      <c r="AG73" s="12"/>
+      <c r="AH73" s="12"/>
+      <c r="AI73" s="12"/>
+      <c r="AJ73" s="12"/>
+      <c r="AK73" s="12"/>
+      <c r="AL73" s="12"/>
+      <c r="AM73" s="12"/>
+      <c r="AN73" s="12"/>
+      <c r="AO73" s="12"/>
+      <c r="AP73" s="12"/>
+      <c r="AQ73" s="12"/>
+      <c r="AR73" s="12"/>
+      <c r="AS73" s="12"/>
+      <c r="AT73" s="12"/>
+      <c r="AU73" s="12"/>
+      <c r="AV73" s="12"/>
+      <c r="AW73" s="12"/>
+      <c r="AX73" s="12"/>
+      <c r="AY73" s="12"/>
+      <c r="AZ73" s="12"/>
+      <c r="BA73" s="12"/>
+      <c r="BB73" s="12"/>
+      <c r="BC73" s="12"/>
+      <c r="BD73" s="12"/>
+      <c r="BE73" s="12"/>
+      <c r="BF73" s="12"/>
+      <c r="BG73" s="12"/>
+      <c r="BH73" s="12"/>
+      <c r="BI73" s="12"/>
+      <c r="BJ73" s="12"/>
+      <c r="BK73" s="12"/>
+      <c r="BL73" s="12"/>
+      <c r="BM73" s="12"/>
+      <c r="BN73" s="12"/>
+      <c r="BO73" s="12"/>
+      <c r="BP73" s="12"/>
+      <c r="BQ73" s="12"/>
+      <c r="BR73" s="12"/>
+      <c r="BS73" s="12"/>
+      <c r="BT73" s="12"/>
+      <c r="BU73" s="12"/>
+      <c r="BV73" s="12"/>
+      <c r="BW73" s="12"/>
+      <c r="BX73" s="12"/>
+      <c r="BY73" s="12"/>
+      <c r="BZ73" s="12"/>
+      <c r="CA73" s="12"/>
+      <c r="CB73" s="12"/>
+      <c r="CC73" s="12"/>
+      <c r="CD73" s="12"/>
+    </row>
+    <row r="74" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="7">
+        <v>70</v>
+      </c>
+      <c r="B74" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D74" s="7">
+        <v>3</v>
+      </c>
+      <c r="E74" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F74" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G74" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H74" s="8"/>
+      <c r="I74" s="8"/>
+      <c r="J74" s="8"/>
+      <c r="K74" s="10">
+        <v>69</v>
+      </c>
+      <c r="L74" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M74" s="12"/>
+      <c r="N74" s="12"/>
+      <c r="O74" s="12"/>
+      <c r="P74" s="12"/>
+      <c r="Q74" s="12"/>
+      <c r="R74" s="12"/>
+      <c r="S74" s="12"/>
+      <c r="T74" s="12"/>
+      <c r="U74" s="12"/>
+      <c r="V74" s="12"/>
+      <c r="W74" s="12"/>
+      <c r="X74" s="12"/>
+      <c r="Y74" s="12"/>
+      <c r="Z74" s="12"/>
+      <c r="AA74" s="12"/>
+      <c r="AB74" s="12"/>
+      <c r="AC74" s="12"/>
+      <c r="AD74" s="12"/>
+      <c r="AE74" s="12"/>
+      <c r="AF74" s="12"/>
+      <c r="AG74" s="12"/>
+      <c r="AH74" s="12"/>
+      <c r="AI74" s="12"/>
+      <c r="AJ74" s="12"/>
+      <c r="AK74" s="12"/>
+      <c r="AL74" s="12"/>
+      <c r="AM74" s="12"/>
+      <c r="AN74" s="12"/>
+      <c r="AO74" s="12"/>
+      <c r="AP74" s="12"/>
+      <c r="AQ74" s="12"/>
+      <c r="AR74" s="12"/>
+      <c r="AS74" s="12"/>
+      <c r="AT74" s="12"/>
+      <c r="AU74" s="12"/>
+      <c r="AV74" s="12"/>
+      <c r="AW74" s="12"/>
+      <c r="AX74" s="12"/>
+      <c r="AY74" s="12"/>
+      <c r="AZ74" s="12"/>
+      <c r="BA74" s="12"/>
+      <c r="BB74" s="12"/>
+      <c r="BC74" s="12"/>
+      <c r="BD74" s="12"/>
+      <c r="BE74" s="12"/>
+      <c r="BF74" s="12"/>
+      <c r="BG74" s="12"/>
+      <c r="BH74" s="12"/>
+      <c r="BI74" s="12"/>
+      <c r="BJ74" s="12"/>
+      <c r="BK74" s="12"/>
+      <c r="BL74" s="12"/>
+      <c r="BM74" s="12"/>
+      <c r="BN74" s="12"/>
+      <c r="BO74" s="12"/>
+      <c r="BP74" s="12"/>
+      <c r="BQ74" s="12"/>
+      <c r="BR74" s="12"/>
+      <c r="BS74" s="12"/>
+      <c r="BT74" s="12"/>
+      <c r="BU74" s="12"/>
+      <c r="BV74" s="12"/>
+      <c r="BW74" s="12"/>
+      <c r="BX74" s="12"/>
+      <c r="BY74" s="12"/>
+      <c r="BZ74" s="12"/>
+      <c r="CA74" s="12"/>
+      <c r="CB74" s="12"/>
+      <c r="CC74" s="12"/>
+      <c r="CD74" s="12"/>
+    </row>
+    <row r="75" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="7">
+        <v>71</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D75" s="7">
+        <v>3</v>
+      </c>
+      <c r="E75" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F75" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G75" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H75" s="8"/>
+      <c r="I75" s="8"/>
+      <c r="J75" s="8"/>
+      <c r="K75" s="10">
+        <v>69</v>
+      </c>
+      <c r="L75" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M75" s="12"/>
+      <c r="N75" s="12"/>
+      <c r="O75" s="12"/>
+      <c r="P75" s="12"/>
+      <c r="Q75" s="12"/>
+      <c r="R75" s="12"/>
+      <c r="S75" s="12"/>
+      <c r="T75" s="12"/>
+      <c r="U75" s="12"/>
+      <c r="V75" s="12"/>
+      <c r="W75" s="12"/>
+      <c r="X75" s="12"/>
+      <c r="Y75" s="12"/>
+      <c r="Z75" s="12"/>
+      <c r="AA75" s="12"/>
+      <c r="AB75" s="12"/>
+      <c r="AC75" s="12"/>
+      <c r="AD75" s="12"/>
+      <c r="AE75" s="12"/>
+      <c r="AF75" s="12"/>
+      <c r="AG75" s="12"/>
+      <c r="AH75" s="12"/>
+      <c r="AI75" s="12"/>
+      <c r="AJ75" s="12"/>
+      <c r="AK75" s="12"/>
+      <c r="AL75" s="12"/>
+      <c r="AM75" s="12"/>
+      <c r="AN75" s="12"/>
+      <c r="AO75" s="12"/>
+      <c r="AP75" s="12"/>
+      <c r="AQ75" s="12"/>
+      <c r="AR75" s="12"/>
+      <c r="AS75" s="12"/>
+      <c r="AT75" s="12"/>
+      <c r="AU75" s="12"/>
+      <c r="AV75" s="12"/>
+      <c r="AW75" s="12"/>
+      <c r="AX75" s="12"/>
+      <c r="AY75" s="12"/>
+      <c r="AZ75" s="12"/>
+      <c r="BA75" s="12"/>
+      <c r="BB75" s="12"/>
+      <c r="BC75" s="12"/>
+      <c r="BD75" s="12"/>
+      <c r="BE75" s="12"/>
+      <c r="BF75" s="12"/>
+      <c r="BG75" s="12"/>
+      <c r="BH75" s="12"/>
+      <c r="BI75" s="12"/>
+      <c r="BJ75" s="12"/>
+      <c r="BK75" s="12"/>
+      <c r="BL75" s="12"/>
+      <c r="BM75" s="12"/>
+      <c r="BN75" s="12"/>
+      <c r="BO75" s="12"/>
+      <c r="BP75" s="12"/>
+      <c r="BQ75" s="12"/>
+      <c r="BR75" s="12"/>
+      <c r="BS75" s="12"/>
+      <c r="BT75" s="12"/>
+      <c r="BU75" s="12"/>
+      <c r="BV75" s="12"/>
+      <c r="BW75" s="12"/>
+      <c r="BX75" s="12"/>
+      <c r="BY75" s="12"/>
+      <c r="BZ75" s="12"/>
+      <c r="CA75" s="12"/>
+      <c r="CB75" s="12"/>
+      <c r="CC75" s="12"/>
+      <c r="CD75" s="12"/>
+    </row>
+    <row r="76" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="7">
         <v>72</v>
       </c>
-      <c r="C6" s="13" t="s">
-[...27 lines deleted...]
-      <c r="A7" s="18">
+      <c r="B76" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D76" s="7">
         <v>3</v>
       </c>
-      <c r="B7" s="8" t="s">
+      <c r="E76" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F76" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G76" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76" s="8"/>
+      <c r="I76" s="8"/>
+      <c r="J76" s="8"/>
+      <c r="K76" s="10">
+        <v>69</v>
+      </c>
+      <c r="L76" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M76" s="12"/>
+      <c r="N76" s="12"/>
+      <c r="O76" s="12"/>
+      <c r="P76" s="12"/>
+      <c r="Q76" s="12"/>
+      <c r="R76" s="12"/>
+      <c r="S76" s="12"/>
+      <c r="T76" s="12"/>
+      <c r="U76" s="12"/>
+      <c r="V76" s="12"/>
+      <c r="W76" s="12"/>
+      <c r="X76" s="12"/>
+      <c r="Y76" s="12"/>
+      <c r="Z76" s="12"/>
+      <c r="AA76" s="12"/>
+      <c r="AB76" s="12"/>
+      <c r="AC76" s="12"/>
+      <c r="AD76" s="12"/>
+      <c r="AE76" s="12"/>
+      <c r="AF76" s="12"/>
+      <c r="AG76" s="12"/>
+      <c r="AH76" s="12"/>
+      <c r="AI76" s="12"/>
+      <c r="AJ76" s="12"/>
+      <c r="AK76" s="12"/>
+      <c r="AL76" s="12"/>
+      <c r="AM76" s="12"/>
+      <c r="AN76" s="12"/>
+      <c r="AO76" s="12"/>
+      <c r="AP76" s="12"/>
+      <c r="AQ76" s="12"/>
+      <c r="AR76" s="12"/>
+      <c r="AS76" s="12"/>
+      <c r="AT76" s="12"/>
+      <c r="AU76" s="12"/>
+      <c r="AV76" s="12"/>
+      <c r="AW76" s="12"/>
+      <c r="AX76" s="12"/>
+      <c r="AY76" s="12"/>
+      <c r="AZ76" s="12"/>
+      <c r="BA76" s="12"/>
+      <c r="BB76" s="12"/>
+      <c r="BC76" s="12"/>
+      <c r="BD76" s="12"/>
+      <c r="BE76" s="12"/>
+      <c r="BF76" s="12"/>
+      <c r="BG76" s="12"/>
+      <c r="BH76" s="12"/>
+      <c r="BI76" s="12"/>
+      <c r="BJ76" s="12"/>
+      <c r="BK76" s="12"/>
+      <c r="BL76" s="12"/>
+      <c r="BM76" s="12"/>
+      <c r="BN76" s="12"/>
+      <c r="BO76" s="12"/>
+      <c r="BP76" s="12"/>
+      <c r="BQ76" s="12"/>
+      <c r="BR76" s="12"/>
+      <c r="BS76" s="12"/>
+      <c r="BT76" s="12"/>
+      <c r="BU76" s="12"/>
+      <c r="BV76" s="12"/>
+      <c r="BW76" s="12"/>
+      <c r="BX76" s="12"/>
+      <c r="BY76" s="12"/>
+      <c r="BZ76" s="12"/>
+      <c r="CA76" s="12"/>
+      <c r="CB76" s="12"/>
+      <c r="CC76" s="12"/>
+      <c r="CD76" s="12"/>
+    </row>
+    <row r="77" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="7">
         <v>73</v>
       </c>
-      <c r="C7" s="13" t="s">
-[...25 lines deleted...]
-      <c r="A8" s="18">
+      <c r="B77" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D77" s="7">
+        <v>3</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F77" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G77" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H77" s="8"/>
+      <c r="I77" s="8"/>
+      <c r="J77" s="8"/>
+      <c r="K77" s="10">
+        <v>69</v>
+      </c>
+      <c r="L77" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M77" s="12"/>
+      <c r="N77" s="12"/>
+      <c r="O77" s="12"/>
+      <c r="P77" s="12"/>
+      <c r="Q77" s="12"/>
+      <c r="R77" s="12"/>
+      <c r="S77" s="12"/>
+      <c r="T77" s="12"/>
+      <c r="U77" s="12"/>
+      <c r="V77" s="12"/>
+      <c r="W77" s="12"/>
+      <c r="X77" s="12"/>
+      <c r="Y77" s="12"/>
+      <c r="Z77" s="12"/>
+      <c r="AA77" s="12"/>
+      <c r="AB77" s="12"/>
+      <c r="AC77" s="12"/>
+      <c r="AD77" s="12"/>
+      <c r="AE77" s="12"/>
+      <c r="AF77" s="12"/>
+      <c r="AG77" s="12"/>
+      <c r="AH77" s="12"/>
+      <c r="AI77" s="12"/>
+      <c r="AJ77" s="12"/>
+      <c r="AK77" s="12"/>
+      <c r="AL77" s="12"/>
+      <c r="AM77" s="12"/>
+      <c r="AN77" s="12"/>
+      <c r="AO77" s="12"/>
+      <c r="AP77" s="12"/>
+      <c r="AQ77" s="12"/>
+      <c r="AR77" s="12"/>
+      <c r="AS77" s="12"/>
+      <c r="AT77" s="12"/>
+      <c r="AU77" s="12"/>
+      <c r="AV77" s="12"/>
+      <c r="AW77" s="12"/>
+      <c r="AX77" s="12"/>
+      <c r="AY77" s="12"/>
+      <c r="AZ77" s="12"/>
+      <c r="BA77" s="12"/>
+      <c r="BB77" s="12"/>
+      <c r="BC77" s="12"/>
+      <c r="BD77" s="12"/>
+      <c r="BE77" s="12"/>
+      <c r="BF77" s="12"/>
+      <c r="BG77" s="12"/>
+      <c r="BH77" s="12"/>
+      <c r="BI77" s="12"/>
+      <c r="BJ77" s="12"/>
+      <c r="BK77" s="12"/>
+      <c r="BL77" s="12"/>
+      <c r="BM77" s="12"/>
+      <c r="BN77" s="12"/>
+      <c r="BO77" s="12"/>
+      <c r="BP77" s="12"/>
+      <c r="BQ77" s="12"/>
+      <c r="BR77" s="12"/>
+      <c r="BS77" s="12"/>
+      <c r="BT77" s="12"/>
+      <c r="BU77" s="12"/>
+      <c r="BV77" s="12"/>
+      <c r="BW77" s="12"/>
+      <c r="BX77" s="12"/>
+      <c r="BY77" s="12"/>
+      <c r="BZ77" s="12"/>
+      <c r="CA77" s="12"/>
+      <c r="CB77" s="12"/>
+      <c r="CC77" s="12"/>
+      <c r="CD77" s="12"/>
+    </row>
+    <row r="78" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="7">
+        <v>74</v>
+      </c>
+      <c r="B78" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D78" s="7">
+        <v>3</v>
+      </c>
+      <c r="E78" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F78" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G78" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78" s="8"/>
+      <c r="I78" s="8"/>
+      <c r="J78" s="8"/>
+      <c r="K78" s="10">
+        <v>69</v>
+      </c>
+      <c r="L78" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M78" s="12"/>
+      <c r="N78" s="12"/>
+      <c r="O78" s="12"/>
+      <c r="P78" s="12"/>
+      <c r="Q78" s="12"/>
+      <c r="R78" s="12"/>
+      <c r="S78" s="12"/>
+      <c r="T78" s="12"/>
+      <c r="U78" s="12"/>
+      <c r="V78" s="12"/>
+      <c r="W78" s="12"/>
+      <c r="X78" s="12"/>
+      <c r="Y78" s="12"/>
+      <c r="Z78" s="12"/>
+      <c r="AA78" s="12"/>
+      <c r="AB78" s="12"/>
+      <c r="AC78" s="12"/>
+      <c r="AD78" s="12"/>
+      <c r="AE78" s="12"/>
+      <c r="AF78" s="12"/>
+      <c r="AG78" s="12"/>
+      <c r="AH78" s="12"/>
+      <c r="AI78" s="12"/>
+      <c r="AJ78" s="12"/>
+      <c r="AK78" s="12"/>
+      <c r="AL78" s="12"/>
+      <c r="AM78" s="12"/>
+      <c r="AN78" s="12"/>
+      <c r="AO78" s="12"/>
+      <c r="AP78" s="12"/>
+      <c r="AQ78" s="12"/>
+      <c r="AR78" s="12"/>
+      <c r="AS78" s="12"/>
+      <c r="AT78" s="12"/>
+      <c r="AU78" s="12"/>
+      <c r="AV78" s="12"/>
+      <c r="AW78" s="12"/>
+      <c r="AX78" s="12"/>
+      <c r="AY78" s="12"/>
+      <c r="AZ78" s="12"/>
+      <c r="BA78" s="12"/>
+      <c r="BB78" s="12"/>
+      <c r="BC78" s="12"/>
+      <c r="BD78" s="12"/>
+      <c r="BE78" s="12"/>
+      <c r="BF78" s="12"/>
+      <c r="BG78" s="12"/>
+      <c r="BH78" s="12"/>
+      <c r="BI78" s="12"/>
+      <c r="BJ78" s="12"/>
+      <c r="BK78" s="12"/>
+      <c r="BL78" s="12"/>
+      <c r="BM78" s="12"/>
+      <c r="BN78" s="12"/>
+      <c r="BO78" s="12"/>
+      <c r="BP78" s="12"/>
+      <c r="BQ78" s="12"/>
+      <c r="BR78" s="12"/>
+      <c r="BS78" s="12"/>
+      <c r="BT78" s="12"/>
+      <c r="BU78" s="12"/>
+      <c r="BV78" s="12"/>
+      <c r="BW78" s="12"/>
+      <c r="BX78" s="12"/>
+      <c r="BY78" s="12"/>
+      <c r="BZ78" s="12"/>
+      <c r="CA78" s="12"/>
+      <c r="CB78" s="12"/>
+      <c r="CC78" s="12"/>
+      <c r="CD78" s="12"/>
+    </row>
+    <row r="79" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="7">
+        <v>75</v>
+      </c>
+      <c r="B79" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D79" s="7">
+        <v>3</v>
+      </c>
+      <c r="E79" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F79" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G79" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H79" s="8"/>
+      <c r="I79" s="8"/>
+      <c r="J79" s="8"/>
+      <c r="K79" s="10">
+        <v>69</v>
+      </c>
+      <c r="L79" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M79" s="12"/>
+      <c r="N79" s="12"/>
+      <c r="O79" s="12"/>
+      <c r="P79" s="12"/>
+      <c r="Q79" s="12"/>
+      <c r="R79" s="12"/>
+      <c r="S79" s="12"/>
+      <c r="T79" s="12"/>
+      <c r="U79" s="12"/>
+      <c r="V79" s="12"/>
+      <c r="W79" s="12"/>
+      <c r="X79" s="12"/>
+      <c r="Y79" s="12"/>
+      <c r="Z79" s="12"/>
+      <c r="AA79" s="12"/>
+      <c r="AB79" s="12"/>
+      <c r="AC79" s="12"/>
+      <c r="AD79" s="12"/>
+      <c r="AE79" s="12"/>
+      <c r="AF79" s="12"/>
+      <c r="AG79" s="12"/>
+      <c r="AH79" s="12"/>
+      <c r="AI79" s="12"/>
+      <c r="AJ79" s="12"/>
+      <c r="AK79" s="12"/>
+      <c r="AL79" s="12"/>
+      <c r="AM79" s="12"/>
+      <c r="AN79" s="12"/>
+      <c r="AO79" s="12"/>
+      <c r="AP79" s="12"/>
+      <c r="AQ79" s="12"/>
+      <c r="AR79" s="12"/>
+      <c r="AS79" s="12"/>
+      <c r="AT79" s="12"/>
+      <c r="AU79" s="12"/>
+      <c r="AV79" s="12"/>
+      <c r="AW79" s="12"/>
+      <c r="AX79" s="12"/>
+      <c r="AY79" s="12"/>
+      <c r="AZ79" s="12"/>
+      <c r="BA79" s="12"/>
+      <c r="BB79" s="12"/>
+      <c r="BC79" s="12"/>
+      <c r="BD79" s="12"/>
+      <c r="BE79" s="12"/>
+      <c r="BF79" s="12"/>
+      <c r="BG79" s="12"/>
+      <c r="BH79" s="12"/>
+      <c r="BI79" s="12"/>
+      <c r="BJ79" s="12"/>
+      <c r="BK79" s="12"/>
+      <c r="BL79" s="12"/>
+      <c r="BM79" s="12"/>
+      <c r="BN79" s="12"/>
+      <c r="BO79" s="12"/>
+      <c r="BP79" s="12"/>
+      <c r="BQ79" s="12"/>
+      <c r="BR79" s="12"/>
+      <c r="BS79" s="12"/>
+      <c r="BT79" s="12"/>
+      <c r="BU79" s="12"/>
+      <c r="BV79" s="12"/>
+      <c r="BW79" s="12"/>
+      <c r="BX79" s="12"/>
+      <c r="BY79" s="12"/>
+      <c r="BZ79" s="12"/>
+      <c r="CA79" s="12"/>
+      <c r="CB79" s="12"/>
+      <c r="CC79" s="12"/>
+      <c r="CD79" s="12"/>
+    </row>
+    <row r="80" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="7">
+        <v>76</v>
+      </c>
+      <c r="B80" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D80" s="7">
+        <v>3</v>
+      </c>
+      <c r="E80" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F80" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G80" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H80" s="8"/>
+      <c r="I80" s="8"/>
+      <c r="J80" s="8"/>
+      <c r="K80" s="10">
+        <v>69</v>
+      </c>
+      <c r="L80" s="13">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="M80" s="12"/>
+      <c r="N80" s="12"/>
+      <c r="O80" s="12"/>
+      <c r="P80" s="12"/>
+      <c r="Q80" s="12"/>
+      <c r="R80" s="12"/>
+      <c r="S80" s="12"/>
+      <c r="T80" s="12"/>
+      <c r="U80" s="12"/>
+      <c r="V80" s="12"/>
+      <c r="W80" s="12"/>
+      <c r="X80" s="12"/>
+      <c r="Y80" s="12"/>
+      <c r="Z80" s="12"/>
+      <c r="AA80" s="12"/>
+      <c r="AB80" s="12"/>
+      <c r="AC80" s="12"/>
+      <c r="AD80" s="12"/>
+      <c r="AE80" s="12"/>
+      <c r="AF80" s="12"/>
+      <c r="AG80" s="12"/>
+      <c r="AH80" s="12"/>
+      <c r="AI80" s="12"/>
+      <c r="AJ80" s="12"/>
+      <c r="AK80" s="12"/>
+      <c r="AL80" s="12"/>
+      <c r="AM80" s="12"/>
+      <c r="AN80" s="12"/>
+      <c r="AO80" s="12"/>
+      <c r="AP80" s="12"/>
+      <c r="AQ80" s="12"/>
+      <c r="AR80" s="12"/>
+      <c r="AS80" s="12"/>
+      <c r="AT80" s="12"/>
+      <c r="AU80" s="12"/>
+      <c r="AV80" s="12"/>
+      <c r="AW80" s="12"/>
+      <c r="AX80" s="12"/>
+      <c r="AY80" s="12"/>
+      <c r="AZ80" s="12"/>
+      <c r="BA80" s="12"/>
+      <c r="BB80" s="12"/>
+      <c r="BC80" s="12"/>
+      <c r="BD80" s="12"/>
+      <c r="BE80" s="12"/>
+      <c r="BF80" s="12"/>
+      <c r="BG80" s="12"/>
+      <c r="BH80" s="12"/>
+      <c r="BI80" s="12"/>
+      <c r="BJ80" s="12"/>
+      <c r="BK80" s="12"/>
+      <c r="BL80" s="12"/>
+      <c r="BM80" s="12"/>
+      <c r="BN80" s="12"/>
+      <c r="BO80" s="12"/>
+      <c r="BP80" s="12"/>
+      <c r="BQ80" s="12"/>
+      <c r="BR80" s="12"/>
+      <c r="BS80" s="12"/>
+      <c r="BT80" s="12"/>
+      <c r="BU80" s="12"/>
+      <c r="BV80" s="12"/>
+      <c r="BW80" s="12"/>
+      <c r="BX80" s="12"/>
+      <c r="BY80" s="12"/>
+      <c r="BZ80" s="12"/>
+      <c r="CA80" s="12"/>
+      <c r="CB80" s="12"/>
+      <c r="CC80" s="12"/>
+      <c r="CD80" s="12"/>
+    </row>
+    <row r="81" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="7">
+        <v>77</v>
+      </c>
+      <c r="B81" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C81" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D81" s="18">
+        <v>3</v>
+      </c>
+      <c r="E81" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F81" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G81" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81" s="10"/>
+      <c r="I81" s="10"/>
+      <c r="J81" s="8"/>
+      <c r="K81" s="10">
+        <v>180</v>
+      </c>
+      <c r="L81" s="11">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="M81" s="12"/>
+      <c r="N81" s="12"/>
+      <c r="O81" s="12"/>
+      <c r="P81" s="12"/>
+      <c r="Q81" s="12"/>
+      <c r="R81" s="12"/>
+      <c r="S81" s="12"/>
+      <c r="T81" s="12"/>
+      <c r="U81" s="12"/>
+      <c r="V81" s="12"/>
+      <c r="W81" s="12"/>
+      <c r="X81" s="12"/>
+      <c r="Y81" s="12"/>
+      <c r="Z81" s="12"/>
+      <c r="AA81" s="12"/>
+      <c r="AB81" s="12"/>
+      <c r="AC81" s="12"/>
+      <c r="AD81" s="12"/>
+      <c r="AE81" s="12"/>
+      <c r="AF81" s="12"/>
+      <c r="AG81" s="12"/>
+      <c r="AH81" s="12"/>
+      <c r="AI81" s="12"/>
+      <c r="AJ81" s="12"/>
+      <c r="AK81" s="12"/>
+      <c r="AL81" s="12"/>
+      <c r="AM81" s="12"/>
+      <c r="AN81" s="12"/>
+      <c r="AO81" s="12"/>
+      <c r="AP81" s="12"/>
+      <c r="AQ81" s="12"/>
+      <c r="AR81" s="12"/>
+      <c r="AS81" s="12"/>
+      <c r="AT81" s="12"/>
+      <c r="AU81" s="12"/>
+      <c r="AV81" s="12"/>
+      <c r="AW81" s="12"/>
+      <c r="AX81" s="12"/>
+      <c r="AY81" s="12"/>
+      <c r="AZ81" s="12"/>
+      <c r="BA81" s="12"/>
+      <c r="BB81" s="12"/>
+      <c r="BC81" s="12"/>
+      <c r="BD81" s="12"/>
+      <c r="BE81" s="12"/>
+      <c r="BF81" s="12"/>
+      <c r="BG81" s="12"/>
+      <c r="BH81" s="12"/>
+      <c r="BI81" s="12"/>
+      <c r="BJ81" s="12"/>
+      <c r="BK81" s="12"/>
+      <c r="BL81" s="12"/>
+      <c r="BM81" s="12"/>
+      <c r="BN81" s="12"/>
+      <c r="BO81" s="12"/>
+      <c r="BP81" s="12"/>
+      <c r="BQ81" s="12"/>
+      <c r="BR81" s="12"/>
+      <c r="BS81" s="12"/>
+      <c r="BT81" s="12"/>
+      <c r="BU81" s="12"/>
+      <c r="BV81" s="12"/>
+      <c r="BW81" s="12"/>
+      <c r="BX81" s="12"/>
+      <c r="BY81" s="12"/>
+      <c r="BZ81" s="12"/>
+      <c r="CA81" s="12"/>
+      <c r="CB81" s="12"/>
+      <c r="CC81" s="12"/>
+      <c r="CD81" s="12"/>
+    </row>
+    <row r="82" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="7">
+        <v>78</v>
+      </c>
+      <c r="B82" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C82" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D82" s="18">
         <v>4</v>
       </c>
-      <c r="B8" s="8" t="s">
-[...31 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="E82" s="17" t="s">
         <v>73</v>
       </c>
-      <c r="C9" s="13" t="s">
-[...43 lines deleted...]
-      <c r="E10" s="13" t="s">
+      <c r="F82" s="25" t="s">
         <v>48</v>
       </c>
-      <c r="F10" s="8" t="s">
-[...91 lines deleted...]
-      <c r="F13" s="8" t="s">
+      <c r="G82" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="G13" s="6" t="s">
-[...311 lines deleted...]
-      <c r="A23" s="18">
+      <c r="H82" s="10">
+        <v>243</v>
+      </c>
+      <c r="I82" s="10">
+        <v>319.86</v>
+      </c>
+      <c r="J82" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="B23" s="8" t="s">
-[...60 lines deleted...]
-      <c r="A25" s="18">
+      <c r="K82" s="10">
+        <v>240</v>
+      </c>
+      <c r="L82" s="11">
+        <v>253.9</v>
+      </c>
+      <c r="M82" s="12"/>
+      <c r="N82" s="12"/>
+      <c r="O82" s="12"/>
+      <c r="P82" s="12"/>
+      <c r="Q82" s="12"/>
+      <c r="R82" s="12"/>
+      <c r="S82" s="12"/>
+      <c r="T82" s="12"/>
+      <c r="U82" s="12"/>
+      <c r="V82" s="12"/>
+      <c r="W82" s="12"/>
+      <c r="X82" s="12"/>
+      <c r="Y82" s="12"/>
+      <c r="Z82" s="12"/>
+      <c r="AA82" s="12"/>
+      <c r="AB82" s="12"/>
+      <c r="AC82" s="12"/>
+      <c r="AD82" s="12"/>
+      <c r="AE82" s="12"/>
+      <c r="AF82" s="12"/>
+      <c r="AG82" s="12"/>
+      <c r="AH82" s="12"/>
+      <c r="AI82" s="12"/>
+      <c r="AJ82" s="12"/>
+      <c r="AK82" s="12"/>
+      <c r="AL82" s="12"/>
+      <c r="AM82" s="12"/>
+      <c r="AN82" s="12"/>
+      <c r="AO82" s="12"/>
+      <c r="AP82" s="12"/>
+      <c r="AQ82" s="12"/>
+      <c r="AR82" s="12"/>
+      <c r="AS82" s="12"/>
+      <c r="AT82" s="12"/>
+      <c r="AU82" s="12"/>
+      <c r="AV82" s="12"/>
+      <c r="AW82" s="12"/>
+      <c r="AX82" s="12"/>
+      <c r="AY82" s="12"/>
+      <c r="AZ82" s="12"/>
+      <c r="BA82" s="12"/>
+      <c r="BB82" s="12"/>
+      <c r="BC82" s="12"/>
+      <c r="BD82" s="12"/>
+      <c r="BE82" s="12"/>
+      <c r="BF82" s="12"/>
+      <c r="BG82" s="12"/>
+      <c r="BH82" s="12"/>
+      <c r="BI82" s="12"/>
+      <c r="BJ82" s="12"/>
+      <c r="BK82" s="12"/>
+      <c r="BL82" s="12"/>
+      <c r="BM82" s="12"/>
+      <c r="BN82" s="12"/>
+      <c r="BO82" s="12"/>
+      <c r="BP82" s="12"/>
+      <c r="BQ82" s="12"/>
+      <c r="BR82" s="12"/>
+      <c r="BS82" s="12"/>
+      <c r="BT82" s="12"/>
+      <c r="BU82" s="12"/>
+      <c r="BV82" s="12"/>
+      <c r="BW82" s="12"/>
+      <c r="BX82" s="12"/>
+      <c r="BY82" s="12"/>
+      <c r="BZ82" s="12"/>
+      <c r="CA82" s="12"/>
+      <c r="CB82" s="12"/>
+      <c r="CC82" s="12"/>
+      <c r="CD82" s="12"/>
+    </row>
+    <row r="83" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="7">
+        <v>79</v>
+      </c>
+      <c r="B83" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="8" t="s">
-[...1819 lines deleted...]
-      <c r="B82" s="13" t="s">
+      <c r="C83" s="18" t="s">
         <v>72</v>
-      </c>
-[...33 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D83" s="18">
         <v>4</v>
       </c>
-      <c r="E83" s="13" t="s">
-[...32 lines deleted...]
-        <v>93</v>
+      <c r="E83" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F83" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G83" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83" s="8"/>
+      <c r="I83" s="8">
+        <v>203.01</v>
+      </c>
+      <c r="J83" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K83" s="10">
+        <v>140</v>
+      </c>
+      <c r="L83" s="11">
+        <v>4</v>
+      </c>
+      <c r="M83" s="12"/>
+      <c r="N83" s="12"/>
+      <c r="O83" s="12"/>
+      <c r="P83" s="12"/>
+      <c r="Q83" s="12"/>
+      <c r="R83" s="12"/>
+      <c r="S83" s="12"/>
+      <c r="T83" s="12"/>
+      <c r="U83" s="12"/>
+      <c r="V83" s="12"/>
+      <c r="W83" s="12"/>
+      <c r="X83" s="12"/>
+      <c r="Y83" s="12"/>
+      <c r="Z83" s="12"/>
+      <c r="AA83" s="12"/>
+      <c r="AB83" s="12"/>
+      <c r="AC83" s="12"/>
+      <c r="AD83" s="12"/>
+      <c r="AE83" s="12"/>
+      <c r="AF83" s="12"/>
+      <c r="AG83" s="12"/>
+      <c r="AH83" s="12"/>
+      <c r="AI83" s="12"/>
+      <c r="AJ83" s="12"/>
+      <c r="AK83" s="12"/>
+      <c r="AL83" s="12"/>
+      <c r="AM83" s="12"/>
+      <c r="AN83" s="12"/>
+      <c r="AO83" s="12"/>
+      <c r="AP83" s="12"/>
+      <c r="AQ83" s="12"/>
+      <c r="AR83" s="12"/>
+      <c r="AS83" s="12"/>
+      <c r="AT83" s="12"/>
+      <c r="AU83" s="12"/>
+      <c r="AV83" s="12"/>
+      <c r="AW83" s="12"/>
+      <c r="AX83" s="12"/>
+      <c r="AY83" s="12"/>
+      <c r="AZ83" s="12"/>
+      <c r="BA83" s="12"/>
+      <c r="BB83" s="12"/>
+      <c r="BC83" s="12"/>
+      <c r="BD83" s="12"/>
+      <c r="BE83" s="12"/>
+      <c r="BF83" s="12"/>
+      <c r="BG83" s="12"/>
+      <c r="BH83" s="12"/>
+      <c r="BI83" s="12"/>
+      <c r="BJ83" s="12"/>
+      <c r="BK83" s="12"/>
+      <c r="BL83" s="12"/>
+      <c r="BM83" s="12"/>
+      <c r="BN83" s="12"/>
+      <c r="BO83" s="12"/>
+      <c r="BP83" s="12"/>
+      <c r="BQ83" s="12"/>
+      <c r="BR83" s="12"/>
+      <c r="BS83" s="12"/>
+      <c r="BT83" s="12"/>
+      <c r="BU83" s="12"/>
+      <c r="BV83" s="12"/>
+      <c r="BW83" s="12"/>
+      <c r="BX83" s="12"/>
+      <c r="BY83" s="12"/>
+      <c r="BZ83" s="12"/>
+      <c r="CA83" s="12"/>
+      <c r="CB83" s="12"/>
+      <c r="CC83" s="12"/>
+      <c r="CD83" s="12"/>
+    </row>
+    <row r="84" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="7">
+        <v>80</v>
+      </c>
+      <c r="B84" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D84" s="18">
+        <v>5</v>
+      </c>
+      <c r="E84" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F84" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G84" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H84" s="8"/>
+      <c r="I84" s="8"/>
+      <c r="J84" s="8"/>
+      <c r="K84" s="10">
+        <v>275</v>
+      </c>
+      <c r="L84" s="13"/>
+      <c r="M84" s="12"/>
+      <c r="N84" s="12"/>
+      <c r="O84" s="12"/>
+      <c r="P84" s="12"/>
+      <c r="Q84" s="12"/>
+      <c r="R84" s="12"/>
+      <c r="S84" s="12"/>
+      <c r="T84" s="12"/>
+      <c r="U84" s="12"/>
+      <c r="V84" s="12"/>
+      <c r="W84" s="12"/>
+      <c r="X84" s="12"/>
+      <c r="Y84" s="12"/>
+      <c r="Z84" s="12"/>
+      <c r="AA84" s="12"/>
+      <c r="AB84" s="12"/>
+      <c r="AC84" s="12"/>
+      <c r="AD84" s="12"/>
+      <c r="AE84" s="12"/>
+      <c r="AF84" s="12"/>
+      <c r="AG84" s="12"/>
+      <c r="AH84" s="12"/>
+      <c r="AI84" s="12"/>
+      <c r="AJ84" s="12"/>
+      <c r="AK84" s="12"/>
+      <c r="AL84" s="12"/>
+      <c r="AM84" s="12"/>
+      <c r="AN84" s="12"/>
+      <c r="AO84" s="12"/>
+      <c r="AP84" s="12"/>
+      <c r="AQ84" s="12"/>
+      <c r="AR84" s="12"/>
+      <c r="AS84" s="12"/>
+      <c r="AT84" s="12"/>
+      <c r="AU84" s="12"/>
+      <c r="AV84" s="12"/>
+      <c r="AW84" s="12"/>
+      <c r="AX84" s="12"/>
+      <c r="AY84" s="12"/>
+      <c r="AZ84" s="12"/>
+      <c r="BA84" s="12"/>
+      <c r="BB84" s="12"/>
+      <c r="BC84" s="12"/>
+      <c r="BD84" s="12"/>
+      <c r="BE84" s="12"/>
+      <c r="BF84" s="12"/>
+      <c r="BG84" s="12"/>
+      <c r="BH84" s="12"/>
+      <c r="BI84" s="12"/>
+      <c r="BJ84" s="12"/>
+      <c r="BK84" s="12"/>
+      <c r="BL84" s="12"/>
+      <c r="BM84" s="12"/>
+      <c r="BN84" s="12"/>
+      <c r="BO84" s="12"/>
+      <c r="BP84" s="12"/>
+      <c r="BQ84" s="12"/>
+      <c r="BR84" s="12"/>
+      <c r="BS84" s="12"/>
+      <c r="BT84" s="12"/>
+      <c r="BU84" s="12"/>
+      <c r="BV84" s="12"/>
+      <c r="BW84" s="12"/>
+      <c r="BX84" s="12"/>
+      <c r="BY84" s="12"/>
+      <c r="BZ84" s="12"/>
+      <c r="CA84" s="12"/>
+      <c r="CB84" s="12"/>
+      <c r="CC84" s="12"/>
+      <c r="CD84" s="12"/>
+    </row>
+    <row r="85" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="7">
+        <v>81</v>
+      </c>
+      <c r="B85" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="C85" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D85" s="18">
+        <v>5</v>
+      </c>
+      <c r="E85" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F85" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G85" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H85" s="8"/>
+      <c r="I85" s="8"/>
+      <c r="J85" s="8"/>
+      <c r="K85" s="10">
+        <v>275</v>
+      </c>
+      <c r="L85" s="13"/>
+      <c r="M85" s="12"/>
+      <c r="N85" s="12"/>
+      <c r="O85" s="12"/>
+      <c r="P85" s="12"/>
+      <c r="Q85" s="12"/>
+      <c r="R85" s="12"/>
+      <c r="S85" s="12"/>
+      <c r="T85" s="12"/>
+      <c r="U85" s="12"/>
+      <c r="V85" s="12"/>
+      <c r="W85" s="12"/>
+      <c r="X85" s="12"/>
+      <c r="Y85" s="12"/>
+      <c r="Z85" s="12"/>
+      <c r="AA85" s="12"/>
+      <c r="AB85" s="12"/>
+      <c r="AC85" s="12"/>
+      <c r="AD85" s="12"/>
+      <c r="AE85" s="12"/>
+      <c r="AF85" s="12"/>
+      <c r="AG85" s="12"/>
+      <c r="AH85" s="12"/>
+      <c r="AI85" s="12"/>
+      <c r="AJ85" s="12"/>
+      <c r="AK85" s="12"/>
+      <c r="AL85" s="12"/>
+      <c r="AM85" s="12"/>
+      <c r="AN85" s="12"/>
+      <c r="AO85" s="12"/>
+      <c r="AP85" s="12"/>
+      <c r="AQ85" s="12"/>
+      <c r="AR85" s="12"/>
+      <c r="AS85" s="12"/>
+      <c r="AT85" s="12"/>
+      <c r="AU85" s="12"/>
+      <c r="AV85" s="12"/>
+      <c r="AW85" s="12"/>
+      <c r="AX85" s="12"/>
+      <c r="AY85" s="12"/>
+      <c r="AZ85" s="12"/>
+      <c r="BA85" s="12"/>
+      <c r="BB85" s="12"/>
+      <c r="BC85" s="12"/>
+      <c r="BD85" s="12"/>
+      <c r="BE85" s="12"/>
+      <c r="BF85" s="12"/>
+      <c r="BG85" s="12"/>
+      <c r="BH85" s="12"/>
+      <c r="BI85" s="12"/>
+      <c r="BJ85" s="12"/>
+      <c r="BK85" s="12"/>
+      <c r="BL85" s="12"/>
+      <c r="BM85" s="12"/>
+      <c r="BN85" s="12"/>
+      <c r="BO85" s="12"/>
+      <c r="BP85" s="12"/>
+      <c r="BQ85" s="12"/>
+      <c r="BR85" s="12"/>
+      <c r="BS85" s="12"/>
+      <c r="BT85" s="12"/>
+      <c r="BU85" s="12"/>
+      <c r="BV85" s="12"/>
+      <c r="BW85" s="12"/>
+      <c r="BX85" s="12"/>
+      <c r="BY85" s="12"/>
+      <c r="BZ85" s="12"/>
+      <c r="CA85" s="12"/>
+      <c r="CB85" s="12"/>
+      <c r="CC85" s="12"/>
+      <c r="CD85" s="12"/>
+    </row>
+    <row r="86" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="7">
+        <v>82</v>
+      </c>
+      <c r="B86" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C86" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D86" s="18">
+        <v>2</v>
+      </c>
+      <c r="E86" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F86" s="25" t="s">
+        <v>76</v>
+      </c>
+      <c r="G86" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H86" s="8"/>
+      <c r="I86" s="8"/>
+      <c r="J86" s="8"/>
+      <c r="K86" s="10">
+        <v>120</v>
+      </c>
+      <c r="L86" s="11">
+        <v>2</v>
+      </c>
+      <c r="M86" s="12"/>
+      <c r="N86" s="12"/>
+      <c r="O86" s="12"/>
+      <c r="P86" s="12"/>
+      <c r="Q86" s="12"/>
+      <c r="R86" s="12"/>
+      <c r="S86" s="12"/>
+      <c r="T86" s="12"/>
+      <c r="U86" s="12"/>
+      <c r="V86" s="12"/>
+      <c r="W86" s="12"/>
+      <c r="X86" s="12"/>
+      <c r="Y86" s="12"/>
+      <c r="Z86" s="12"/>
+      <c r="AA86" s="12"/>
+      <c r="AB86" s="12"/>
+      <c r="AC86" s="12"/>
+      <c r="AD86" s="12"/>
+      <c r="AE86" s="12"/>
+      <c r="AF86" s="12"/>
+      <c r="AG86" s="12"/>
+      <c r="AH86" s="12"/>
+      <c r="AI86" s="12"/>
+      <c r="AJ86" s="12"/>
+      <c r="AK86" s="12"/>
+      <c r="AL86" s="12"/>
+      <c r="AM86" s="12"/>
+      <c r="AN86" s="12"/>
+      <c r="AO86" s="12"/>
+      <c r="AP86" s="12"/>
+      <c r="AQ86" s="12"/>
+      <c r="AR86" s="12"/>
+      <c r="AS86" s="12"/>
+      <c r="AT86" s="12"/>
+      <c r="AU86" s="12"/>
+      <c r="AV86" s="12"/>
+      <c r="AW86" s="12"/>
+      <c r="AX86" s="12"/>
+      <c r="AY86" s="12"/>
+      <c r="AZ86" s="12"/>
+      <c r="BA86" s="12"/>
+      <c r="BB86" s="12"/>
+      <c r="BC86" s="12"/>
+      <c r="BD86" s="12"/>
+      <c r="BE86" s="12"/>
+      <c r="BF86" s="12"/>
+      <c r="BG86" s="12"/>
+      <c r="BH86" s="12"/>
+      <c r="BI86" s="12"/>
+      <c r="BJ86" s="12"/>
+      <c r="BK86" s="12"/>
+      <c r="BL86" s="12"/>
+      <c r="BM86" s="12"/>
+      <c r="BN86" s="12"/>
+      <c r="BO86" s="12"/>
+      <c r="BP86" s="12"/>
+      <c r="BQ86" s="12"/>
+      <c r="BR86" s="12"/>
+      <c r="BS86" s="12"/>
+      <c r="BT86" s="12"/>
+      <c r="BU86" s="12"/>
+      <c r="BV86" s="12"/>
+      <c r="BW86" s="12"/>
+      <c r="BX86" s="12"/>
+      <c r="BY86" s="12"/>
+      <c r="BZ86" s="12"/>
+      <c r="CA86" s="12"/>
+      <c r="CB86" s="12"/>
+      <c r="CC86" s="12"/>
+      <c r="CD86" s="12"/>
+    </row>
+    <row r="87" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="7">
+        <v>83</v>
+      </c>
+      <c r="B87" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C87" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D87" s="18">
         <v>4</v>
       </c>
-      <c r="E84" s="13" t="s">
+      <c r="E87" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="F87" s="25" t="s">
         <v>48</v>
       </c>
-      <c r="F84" s="13" t="s">
-[...16 lines deleted...]
-      <c r="A85" s="20">
+      <c r="G87" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87" s="8"/>
+      <c r="I87" s="8"/>
+      <c r="J87" s="8"/>
+      <c r="K87" s="10">
+        <v>260</v>
+      </c>
+      <c r="L87" s="13">
+        <v>23.28</v>
+      </c>
+      <c r="M87" s="12"/>
+      <c r="N87" s="12"/>
+      <c r="O87" s="12"/>
+      <c r="P87" s="12"/>
+      <c r="Q87" s="12"/>
+      <c r="R87" s="12"/>
+      <c r="S87" s="12"/>
+      <c r="T87" s="12"/>
+      <c r="U87" s="12"/>
+      <c r="V87" s="12"/>
+      <c r="W87" s="12"/>
+      <c r="X87" s="12"/>
+      <c r="Y87" s="12"/>
+      <c r="Z87" s="12"/>
+      <c r="AA87" s="12"/>
+      <c r="AB87" s="12"/>
+      <c r="AC87" s="12"/>
+      <c r="AD87" s="12"/>
+      <c r="AE87" s="12"/>
+      <c r="AF87" s="12"/>
+      <c r="AG87" s="12"/>
+      <c r="AH87" s="12"/>
+      <c r="AI87" s="12"/>
+      <c r="AJ87" s="12"/>
+      <c r="AK87" s="12"/>
+      <c r="AL87" s="12"/>
+      <c r="AM87" s="12"/>
+      <c r="AN87" s="12"/>
+      <c r="AO87" s="12"/>
+      <c r="AP87" s="12"/>
+      <c r="AQ87" s="12"/>
+      <c r="AR87" s="12"/>
+      <c r="AS87" s="12"/>
+      <c r="AT87" s="12"/>
+      <c r="AU87" s="12"/>
+      <c r="AV87" s="12"/>
+      <c r="AW87" s="12"/>
+      <c r="AX87" s="12"/>
+      <c r="AY87" s="12"/>
+      <c r="AZ87" s="12"/>
+      <c r="BA87" s="12"/>
+      <c r="BB87" s="12"/>
+      <c r="BC87" s="12"/>
+      <c r="BD87" s="12"/>
+      <c r="BE87" s="12"/>
+      <c r="BF87" s="12"/>
+      <c r="BG87" s="12"/>
+      <c r="BH87" s="12"/>
+      <c r="BI87" s="12"/>
+      <c r="BJ87" s="12"/>
+      <c r="BK87" s="12"/>
+      <c r="BL87" s="12"/>
+      <c r="BM87" s="12"/>
+      <c r="BN87" s="12"/>
+      <c r="BO87" s="12"/>
+      <c r="BP87" s="12"/>
+      <c r="BQ87" s="12"/>
+      <c r="BR87" s="12"/>
+      <c r="BS87" s="12"/>
+      <c r="BT87" s="12"/>
+      <c r="BU87" s="12"/>
+      <c r="BV87" s="12"/>
+      <c r="BW87" s="12"/>
+      <c r="BX87" s="12"/>
+      <c r="BY87" s="12"/>
+      <c r="BZ87" s="12"/>
+      <c r="CA87" s="12"/>
+      <c r="CB87" s="12"/>
+      <c r="CC87" s="12"/>
+      <c r="CD87" s="12"/>
+    </row>
+    <row r="88" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="7">
+        <v>84</v>
+      </c>
+      <c r="B88" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="C88" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="B85" s="22" t="s">
-[...5 lines deleted...]
-      <c r="D85" s="20">
+      <c r="D88" s="18">
         <v>5</v>
       </c>
-      <c r="E85" s="22" t="s">
-[...36 lines deleted...]
-      <c r="L86" s="19">
+      <c r="E88" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="F88" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G88" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88" s="10">
+        <v>392</v>
+      </c>
+      <c r="I88" s="10">
+        <v>268.73</v>
+      </c>
+      <c r="J88" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K88" s="10">
+        <v>300</v>
+      </c>
+      <c r="L88" s="11">
+        <v>5.75</v>
+      </c>
+      <c r="M88" s="12"/>
+      <c r="N88" s="12"/>
+      <c r="O88" s="12"/>
+      <c r="P88" s="12"/>
+      <c r="Q88" s="12"/>
+      <c r="R88" s="12"/>
+      <c r="S88" s="12"/>
+      <c r="T88" s="12"/>
+      <c r="U88" s="12"/>
+      <c r="V88" s="12"/>
+      <c r="W88" s="12"/>
+      <c r="X88" s="12"/>
+      <c r="Y88" s="12"/>
+      <c r="Z88" s="12"/>
+      <c r="AA88" s="12"/>
+      <c r="AB88" s="12"/>
+      <c r="AC88" s="12"/>
+      <c r="AD88" s="12"/>
+      <c r="AE88" s="12"/>
+      <c r="AF88" s="12"/>
+      <c r="AG88" s="12"/>
+      <c r="AH88" s="12"/>
+      <c r="AI88" s="12"/>
+      <c r="AJ88" s="12"/>
+      <c r="AK88" s="12"/>
+      <c r="AL88" s="12"/>
+      <c r="AM88" s="12"/>
+      <c r="AN88" s="12"/>
+      <c r="AO88" s="12"/>
+      <c r="AP88" s="12"/>
+      <c r="AQ88" s="12"/>
+      <c r="AR88" s="12"/>
+      <c r="AS88" s="12"/>
+      <c r="AT88" s="12"/>
+      <c r="AU88" s="12"/>
+      <c r="AV88" s="12"/>
+      <c r="AW88" s="12"/>
+      <c r="AX88" s="12"/>
+      <c r="AY88" s="12"/>
+      <c r="AZ88" s="12"/>
+      <c r="BA88" s="12"/>
+      <c r="BB88" s="12"/>
+      <c r="BC88" s="12"/>
+      <c r="BD88" s="12"/>
+      <c r="BE88" s="12"/>
+      <c r="BF88" s="12"/>
+      <c r="BG88" s="12"/>
+      <c r="BH88" s="12"/>
+      <c r="BI88" s="12"/>
+      <c r="BJ88" s="12"/>
+      <c r="BK88" s="12"/>
+      <c r="BL88" s="12"/>
+      <c r="BM88" s="12"/>
+      <c r="BN88" s="12"/>
+      <c r="BO88" s="12"/>
+      <c r="BP88" s="12"/>
+      <c r="BQ88" s="12"/>
+      <c r="BR88" s="12"/>
+      <c r="BS88" s="12"/>
+      <c r="BT88" s="12"/>
+      <c r="BU88" s="12"/>
+      <c r="BV88" s="12"/>
+      <c r="BW88" s="12"/>
+      <c r="BX88" s="12"/>
+      <c r="BY88" s="12"/>
+      <c r="BZ88" s="12"/>
+      <c r="CA88" s="12"/>
+      <c r="CB88" s="12"/>
+      <c r="CC88" s="12"/>
+      <c r="CD88" s="12"/>
+    </row>
+    <row r="89" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="7">
+        <v>85</v>
+      </c>
+      <c r="B89" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C89" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D89" s="18">
+        <v>2</v>
+      </c>
+      <c r="E89" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F89" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H89" s="10">
+        <v>90</v>
+      </c>
+      <c r="I89" s="10">
+        <v>74.739999999999995</v>
+      </c>
+      <c r="J89" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K89" s="10">
+        <v>100</v>
+      </c>
+      <c r="L89" s="11">
+        <v>2</v>
+      </c>
+      <c r="M89" s="12"/>
+      <c r="N89" s="12"/>
+      <c r="O89" s="12"/>
+      <c r="P89" s="12"/>
+      <c r="Q89" s="12"/>
+      <c r="R89" s="12"/>
+      <c r="S89" s="12"/>
+      <c r="T89" s="12"/>
+      <c r="U89" s="12"/>
+      <c r="V89" s="12"/>
+      <c r="W89" s="12"/>
+      <c r="X89" s="12"/>
+      <c r="Y89" s="12"/>
+      <c r="Z89" s="12"/>
+      <c r="AA89" s="12"/>
+      <c r="AB89" s="12"/>
+      <c r="AC89" s="12"/>
+      <c r="AD89" s="12"/>
+      <c r="AE89" s="12"/>
+      <c r="AF89" s="12"/>
+      <c r="AG89" s="12"/>
+      <c r="AH89" s="12"/>
+      <c r="AI89" s="12"/>
+      <c r="AJ89" s="12"/>
+      <c r="AK89" s="12"/>
+      <c r="AL89" s="12"/>
+      <c r="AM89" s="12"/>
+      <c r="AN89" s="12"/>
+      <c r="AO89" s="12"/>
+      <c r="AP89" s="12"/>
+      <c r="AQ89" s="12"/>
+      <c r="AR89" s="12"/>
+      <c r="AS89" s="12"/>
+      <c r="AT89" s="12"/>
+      <c r="AU89" s="12"/>
+      <c r="AV89" s="12"/>
+      <c r="AW89" s="12"/>
+      <c r="AX89" s="12"/>
+      <c r="AY89" s="12"/>
+      <c r="AZ89" s="12"/>
+      <c r="BA89" s="12"/>
+      <c r="BB89" s="12"/>
+      <c r="BC89" s="12"/>
+      <c r="BD89" s="12"/>
+      <c r="BE89" s="12"/>
+      <c r="BF89" s="12"/>
+      <c r="BG89" s="12"/>
+      <c r="BH89" s="12"/>
+      <c r="BI89" s="12"/>
+      <c r="BJ89" s="12"/>
+      <c r="BK89" s="12"/>
+      <c r="BL89" s="12"/>
+      <c r="BM89" s="12"/>
+      <c r="BN89" s="12"/>
+      <c r="BO89" s="12"/>
+      <c r="BP89" s="12"/>
+      <c r="BQ89" s="12"/>
+      <c r="BR89" s="12"/>
+      <c r="BS89" s="12"/>
+      <c r="BT89" s="12"/>
+      <c r="BU89" s="12"/>
+      <c r="BV89" s="12"/>
+      <c r="BW89" s="12"/>
+      <c r="BX89" s="12"/>
+      <c r="BY89" s="12"/>
+      <c r="BZ89" s="12"/>
+      <c r="CA89" s="12"/>
+      <c r="CB89" s="12"/>
+      <c r="CC89" s="12"/>
+      <c r="CD89" s="12"/>
+    </row>
+    <row r="90" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="7">
+        <v>86</v>
+      </c>
+      <c r="B90" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C90" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D90" s="18">
         <v>5</v>
       </c>
-    </row>
-[...134 lines deleted...]
-      <c r="B91" s="13" t="s">
+      <c r="E90" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F90" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H90" s="8"/>
+      <c r="I90" s="8"/>
+      <c r="J90" s="8"/>
+      <c r="K90" s="10">
+        <v>300</v>
+      </c>
+      <c r="L90" s="11">
+        <v>120.2</v>
+      </c>
+      <c r="M90" s="12"/>
+      <c r="N90" s="12"/>
+      <c r="O90" s="12"/>
+      <c r="P90" s="12"/>
+      <c r="Q90" s="12"/>
+      <c r="R90" s="12"/>
+      <c r="S90" s="12"/>
+      <c r="T90" s="12"/>
+      <c r="U90" s="12"/>
+      <c r="V90" s="12"/>
+      <c r="W90" s="12"/>
+      <c r="X90" s="12"/>
+      <c r="Y90" s="12"/>
+      <c r="Z90" s="12"/>
+      <c r="AA90" s="12"/>
+      <c r="AB90" s="12"/>
+      <c r="AC90" s="12"/>
+      <c r="AD90" s="12"/>
+      <c r="AE90" s="12"/>
+      <c r="AF90" s="12"/>
+      <c r="AG90" s="12"/>
+      <c r="AH90" s="12"/>
+      <c r="AI90" s="12"/>
+      <c r="AJ90" s="12"/>
+      <c r="AK90" s="12"/>
+      <c r="AL90" s="12"/>
+      <c r="AM90" s="12"/>
+      <c r="AN90" s="12"/>
+      <c r="AO90" s="12"/>
+      <c r="AP90" s="12"/>
+      <c r="AQ90" s="12"/>
+      <c r="AR90" s="12"/>
+      <c r="AS90" s="12"/>
+      <c r="AT90" s="12"/>
+      <c r="AU90" s="12"/>
+      <c r="AV90" s="12"/>
+      <c r="AW90" s="12"/>
+      <c r="AX90" s="12"/>
+      <c r="AY90" s="12"/>
+      <c r="AZ90" s="12"/>
+      <c r="BA90" s="12"/>
+      <c r="BB90" s="12"/>
+      <c r="BC90" s="12"/>
+      <c r="BD90" s="12"/>
+      <c r="BE90" s="12"/>
+      <c r="BF90" s="12"/>
+      <c r="BG90" s="12"/>
+      <c r="BH90" s="12"/>
+      <c r="BI90" s="12"/>
+      <c r="BJ90" s="12"/>
+      <c r="BK90" s="12"/>
+      <c r="BL90" s="12"/>
+      <c r="BM90" s="12"/>
+      <c r="BN90" s="12"/>
+      <c r="BO90" s="12"/>
+      <c r="BP90" s="12"/>
+      <c r="BQ90" s="12"/>
+      <c r="BR90" s="12"/>
+      <c r="BS90" s="12"/>
+      <c r="BT90" s="12"/>
+      <c r="BU90" s="12"/>
+      <c r="BV90" s="12"/>
+      <c r="BW90" s="12"/>
+      <c r="BX90" s="12"/>
+      <c r="BY90" s="12"/>
+      <c r="BZ90" s="12"/>
+      <c r="CA90" s="12"/>
+      <c r="CB90" s="12"/>
+      <c r="CC90" s="12"/>
+      <c r="CD90" s="12"/>
+    </row>
+    <row r="91" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="7">
+        <v>87</v>
+      </c>
+      <c r="B91" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C91" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="C91" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" s="18">
-        <v>1</v>
-[...24 lines deleted...]
-      <c r="B92" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E91" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F91" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H91" s="8"/>
+      <c r="I91" s="8"/>
+      <c r="J91" s="8"/>
+      <c r="K91" s="10">
+        <v>420</v>
+      </c>
+      <c r="L91" s="11">
+        <v>7</v>
+      </c>
+      <c r="M91" s="12"/>
+      <c r="N91" s="12"/>
+      <c r="O91" s="12"/>
+      <c r="P91" s="12"/>
+      <c r="Q91" s="12"/>
+      <c r="R91" s="12"/>
+      <c r="S91" s="12"/>
+      <c r="T91" s="12"/>
+      <c r="U91" s="12"/>
+      <c r="V91" s="12"/>
+      <c r="W91" s="12"/>
+      <c r="X91" s="12"/>
+      <c r="Y91" s="12"/>
+      <c r="Z91" s="12"/>
+      <c r="AA91" s="12"/>
+      <c r="AB91" s="12"/>
+      <c r="AC91" s="12"/>
+      <c r="AD91" s="12"/>
+      <c r="AE91" s="12"/>
+      <c r="AF91" s="12"/>
+      <c r="AG91" s="12"/>
+      <c r="AH91" s="12"/>
+      <c r="AI91" s="12"/>
+      <c r="AJ91" s="12"/>
+      <c r="AK91" s="12"/>
+      <c r="AL91" s="12"/>
+      <c r="AM91" s="12"/>
+      <c r="AN91" s="12"/>
+      <c r="AO91" s="12"/>
+      <c r="AP91" s="12"/>
+      <c r="AQ91" s="12"/>
+      <c r="AR91" s="12"/>
+      <c r="AS91" s="12"/>
+      <c r="AT91" s="12"/>
+      <c r="AU91" s="12"/>
+      <c r="AV91" s="12"/>
+      <c r="AW91" s="12"/>
+      <c r="AX91" s="12"/>
+      <c r="AY91" s="12"/>
+      <c r="AZ91" s="12"/>
+      <c r="BA91" s="12"/>
+      <c r="BB91" s="12"/>
+      <c r="BC91" s="12"/>
+      <c r="BD91" s="12"/>
+      <c r="BE91" s="12"/>
+      <c r="BF91" s="12"/>
+      <c r="BG91" s="12"/>
+      <c r="BH91" s="12"/>
+      <c r="BI91" s="12"/>
+      <c r="BJ91" s="12"/>
+      <c r="BK91" s="12"/>
+      <c r="BL91" s="12"/>
+      <c r="BM91" s="12"/>
+      <c r="BN91" s="12"/>
+      <c r="BO91" s="12"/>
+      <c r="BP91" s="12"/>
+      <c r="BQ91" s="12"/>
+      <c r="BR91" s="12"/>
+      <c r="BS91" s="12"/>
+      <c r="BT91" s="12"/>
+      <c r="BU91" s="12"/>
+      <c r="BV91" s="12"/>
+      <c r="BW91" s="12"/>
+      <c r="BX91" s="12"/>
+      <c r="BY91" s="12"/>
+      <c r="BZ91" s="12"/>
+      <c r="CA91" s="12"/>
+      <c r="CB91" s="12"/>
+      <c r="CC91" s="12"/>
+      <c r="CD91" s="12"/>
+    </row>
+    <row r="92" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="7">
+        <v>88</v>
+      </c>
+      <c r="B92" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C92" s="18" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D92" s="18">
         <v>7</v>
       </c>
-      <c r="E92" s="13" t="s">
+      <c r="E92" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F92" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G92" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H92" s="8"/>
+      <c r="I92" s="8"/>
+      <c r="J92" s="8"/>
+      <c r="K92" s="8"/>
+      <c r="L92" s="11">
+        <v>7</v>
+      </c>
+      <c r="M92" s="12"/>
+      <c r="N92" s="12"/>
+      <c r="O92" s="12"/>
+      <c r="P92" s="12"/>
+      <c r="Q92" s="12"/>
+      <c r="R92" s="12"/>
+      <c r="S92" s="12"/>
+      <c r="T92" s="12"/>
+      <c r="U92" s="12"/>
+      <c r="V92" s="12"/>
+      <c r="W92" s="12"/>
+      <c r="X92" s="12"/>
+      <c r="Y92" s="12"/>
+      <c r="Z92" s="12"/>
+      <c r="AA92" s="12"/>
+      <c r="AB92" s="12"/>
+      <c r="AC92" s="12"/>
+      <c r="AD92" s="12"/>
+      <c r="AE92" s="12"/>
+      <c r="AF92" s="12"/>
+      <c r="AG92" s="12"/>
+      <c r="AH92" s="12"/>
+      <c r="AI92" s="12"/>
+      <c r="AJ92" s="12"/>
+      <c r="AK92" s="12"/>
+      <c r="AL92" s="12"/>
+      <c r="AM92" s="12"/>
+      <c r="AN92" s="12"/>
+      <c r="AO92" s="12"/>
+      <c r="AP92" s="12"/>
+      <c r="AQ92" s="12"/>
+      <c r="AR92" s="12"/>
+      <c r="AS92" s="12"/>
+      <c r="AT92" s="12"/>
+      <c r="AU92" s="12"/>
+      <c r="AV92" s="12"/>
+      <c r="AW92" s="12"/>
+      <c r="AX92" s="12"/>
+      <c r="AY92" s="12"/>
+      <c r="AZ92" s="12"/>
+      <c r="BA92" s="12"/>
+      <c r="BB92" s="12"/>
+      <c r="BC92" s="12"/>
+      <c r="BD92" s="12"/>
+      <c r="BE92" s="12"/>
+      <c r="BF92" s="12"/>
+      <c r="BG92" s="12"/>
+      <c r="BH92" s="12"/>
+      <c r="BI92" s="12"/>
+      <c r="BJ92" s="12"/>
+      <c r="BK92" s="12"/>
+      <c r="BL92" s="12"/>
+      <c r="BM92" s="12"/>
+      <c r="BN92" s="12"/>
+      <c r="BO92" s="12"/>
+      <c r="BP92" s="12"/>
+      <c r="BQ92" s="12"/>
+      <c r="BR92" s="12"/>
+      <c r="BS92" s="12"/>
+      <c r="BT92" s="12"/>
+      <c r="BU92" s="12"/>
+      <c r="BV92" s="12"/>
+      <c r="BW92" s="12"/>
+      <c r="BX92" s="12"/>
+      <c r="BY92" s="12"/>
+      <c r="BZ92" s="12"/>
+      <c r="CA92" s="12"/>
+      <c r="CB92" s="12"/>
+      <c r="CC92" s="12"/>
+      <c r="CD92" s="12"/>
+    </row>
+    <row r="93" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="7">
+        <v>89</v>
+      </c>
+      <c r="B93" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D93" s="7">
+        <v>7</v>
+      </c>
+      <c r="E93" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="F93" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G93" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H93" s="8"/>
+      <c r="I93" s="8"/>
+      <c r="J93" s="8"/>
+      <c r="K93" s="10">
         <v>105</v>
       </c>
-      <c r="F92" s="13" t="s">
+      <c r="L93" s="11">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="M93" s="12"/>
+      <c r="N93" s="12"/>
+      <c r="O93" s="12"/>
+      <c r="P93" s="12"/>
+      <c r="Q93" s="12"/>
+      <c r="R93" s="12"/>
+      <c r="S93" s="12"/>
+      <c r="T93" s="12"/>
+      <c r="U93" s="12"/>
+      <c r="V93" s="12"/>
+      <c r="W93" s="12"/>
+      <c r="X93" s="12"/>
+      <c r="Y93" s="12"/>
+      <c r="Z93" s="12"/>
+      <c r="AA93" s="12"/>
+      <c r="AB93" s="12"/>
+      <c r="AC93" s="12"/>
+      <c r="AD93" s="12"/>
+      <c r="AE93" s="12"/>
+      <c r="AF93" s="12"/>
+      <c r="AG93" s="12"/>
+      <c r="AH93" s="12"/>
+      <c r="AI93" s="12"/>
+      <c r="AJ93" s="12"/>
+      <c r="AK93" s="12"/>
+      <c r="AL93" s="12"/>
+      <c r="AM93" s="12"/>
+      <c r="AN93" s="12"/>
+      <c r="AO93" s="12"/>
+      <c r="AP93" s="12"/>
+      <c r="AQ93" s="12"/>
+      <c r="AR93" s="12"/>
+      <c r="AS93" s="12"/>
+      <c r="AT93" s="12"/>
+      <c r="AU93" s="12"/>
+      <c r="AV93" s="12"/>
+      <c r="AW93" s="12"/>
+      <c r="AX93" s="12"/>
+      <c r="AY93" s="12"/>
+      <c r="AZ93" s="12"/>
+      <c r="BA93" s="12"/>
+      <c r="BB93" s="12"/>
+      <c r="BC93" s="12"/>
+      <c r="BD93" s="12"/>
+      <c r="BE93" s="12"/>
+      <c r="BF93" s="12"/>
+      <c r="BG93" s="12"/>
+      <c r="BH93" s="12"/>
+      <c r="BI93" s="12"/>
+      <c r="BJ93" s="12"/>
+      <c r="BK93" s="12"/>
+      <c r="BL93" s="12"/>
+      <c r="BM93" s="12"/>
+      <c r="BN93" s="12"/>
+      <c r="BO93" s="12"/>
+      <c r="BP93" s="12"/>
+      <c r="BQ93" s="12"/>
+      <c r="BR93" s="12"/>
+      <c r="BS93" s="12"/>
+      <c r="BT93" s="12"/>
+      <c r="BU93" s="12"/>
+      <c r="BV93" s="12"/>
+      <c r="BW93" s="12"/>
+      <c r="BX93" s="12"/>
+      <c r="BY93" s="12"/>
+      <c r="BZ93" s="12"/>
+      <c r="CA93" s="12"/>
+      <c r="CB93" s="12"/>
+      <c r="CC93" s="12"/>
+      <c r="CD93" s="12"/>
+    </row>
+    <row r="94" spans="1:82" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="7">
+        <v>90</v>
+      </c>
+      <c r="B94" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C94" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D94" s="18">
+        <v>7</v>
+      </c>
+      <c r="E94" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="F94" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G94" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H94" s="8"/>
+      <c r="I94" s="8"/>
+      <c r="J94" s="8"/>
+      <c r="K94" s="10">
+        <v>105</v>
+      </c>
+      <c r="L94" s="11">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="M94" s="12"/>
+      <c r="N94" s="12"/>
+      <c r="O94" s="12"/>
+      <c r="P94" s="12"/>
+      <c r="Q94" s="12"/>
+      <c r="R94" s="12"/>
+      <c r="S94" s="12"/>
+      <c r="T94" s="12"/>
+      <c r="U94" s="12"/>
+      <c r="V94" s="12"/>
+      <c r="W94" s="12"/>
+      <c r="X94" s="12"/>
+      <c r="Y94" s="12"/>
+      <c r="Z94" s="12"/>
+      <c r="AA94" s="12"/>
+      <c r="AB94" s="12"/>
+      <c r="AC94" s="12"/>
+      <c r="AD94" s="12"/>
+      <c r="AE94" s="12"/>
+      <c r="AF94" s="12"/>
+      <c r="AG94" s="12"/>
+      <c r="AH94" s="12"/>
+      <c r="AI94" s="12"/>
+      <c r="AJ94" s="12"/>
+      <c r="AK94" s="12"/>
+      <c r="AL94" s="12"/>
+      <c r="AM94" s="12"/>
+      <c r="AN94" s="12"/>
+      <c r="AO94" s="12"/>
+      <c r="AP94" s="12"/>
+      <c r="AQ94" s="12"/>
+      <c r="AR94" s="12"/>
+      <c r="AS94" s="12"/>
+      <c r="AT94" s="12"/>
+      <c r="AU94" s="12"/>
+      <c r="AV94" s="12"/>
+      <c r="AW94" s="12"/>
+      <c r="AX94" s="12"/>
+      <c r="AY94" s="12"/>
+      <c r="AZ94" s="12"/>
+      <c r="BA94" s="12"/>
+      <c r="BB94" s="12"/>
+      <c r="BC94" s="12"/>
+      <c r="BD94" s="12"/>
+      <c r="BE94" s="12"/>
+      <c r="BF94" s="12"/>
+      <c r="BG94" s="12"/>
+      <c r="BH94" s="12"/>
+      <c r="BI94" s="12"/>
+      <c r="BJ94" s="12"/>
+      <c r="BK94" s="12"/>
+      <c r="BL94" s="12"/>
+      <c r="BM94" s="12"/>
+      <c r="BN94" s="12"/>
+      <c r="BO94" s="12"/>
+      <c r="BP94" s="12"/>
+      <c r="BQ94" s="12"/>
+      <c r="BR94" s="12"/>
+      <c r="BS94" s="12"/>
+      <c r="BT94" s="12"/>
+      <c r="BU94" s="12"/>
+      <c r="BV94" s="12"/>
+      <c r="BW94" s="12"/>
+      <c r="BX94" s="12"/>
+      <c r="BY94" s="12"/>
+      <c r="BZ94" s="12"/>
+      <c r="CA94" s="12"/>
+      <c r="CB94" s="12"/>
+      <c r="CC94" s="12"/>
+      <c r="CD94" s="12"/>
+    </row>
+    <row r="95" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="7">
+        <v>91</v>
+      </c>
+      <c r="B95" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C95" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D95" s="18">
+        <v>2</v>
+      </c>
+      <c r="E95" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F95" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G95" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H95" s="8"/>
+      <c r="I95" s="8">
+        <v>242.92</v>
+      </c>
+      <c r="J95" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K95" s="11">
+        <v>110</v>
+      </c>
+      <c r="L95" s="11">
+        <v>2</v>
+      </c>
+      <c r="M95" s="12"/>
+      <c r="N95" s="12"/>
+      <c r="O95" s="12"/>
+      <c r="P95" s="12"/>
+      <c r="Q95" s="12"/>
+      <c r="R95" s="12"/>
+      <c r="S95" s="12"/>
+      <c r="T95" s="12"/>
+      <c r="U95" s="12"/>
+      <c r="V95" s="12"/>
+      <c r="W95" s="12"/>
+      <c r="X95" s="12"/>
+      <c r="Y95" s="12"/>
+      <c r="Z95" s="12"/>
+      <c r="AA95" s="12"/>
+      <c r="AB95" s="12"/>
+      <c r="AC95" s="12"/>
+      <c r="AD95" s="12"/>
+      <c r="AE95" s="12"/>
+      <c r="AF95" s="12"/>
+      <c r="AG95" s="12"/>
+      <c r="AH95" s="12"/>
+      <c r="AI95" s="12"/>
+      <c r="AJ95" s="12"/>
+      <c r="AK95" s="12"/>
+      <c r="AL95" s="12"/>
+      <c r="AM95" s="12"/>
+      <c r="AN95" s="12"/>
+      <c r="AO95" s="12"/>
+      <c r="AP95" s="12"/>
+      <c r="AQ95" s="12"/>
+      <c r="AR95" s="12"/>
+      <c r="AS95" s="12"/>
+      <c r="AT95" s="12"/>
+      <c r="AU95" s="12"/>
+      <c r="AV95" s="12"/>
+      <c r="AW95" s="12"/>
+      <c r="AX95" s="12"/>
+      <c r="AY95" s="12"/>
+      <c r="AZ95" s="12"/>
+      <c r="BA95" s="12"/>
+      <c r="BB95" s="12"/>
+      <c r="BC95" s="12"/>
+      <c r="BD95" s="12"/>
+      <c r="BE95" s="12"/>
+      <c r="BF95" s="12"/>
+      <c r="BG95" s="12"/>
+      <c r="BH95" s="12"/>
+      <c r="BI95" s="12"/>
+      <c r="BJ95" s="12"/>
+      <c r="BK95" s="12"/>
+      <c r="BL95" s="12"/>
+      <c r="BM95" s="12"/>
+      <c r="BN95" s="12"/>
+      <c r="BO95" s="12"/>
+      <c r="BP95" s="12"/>
+      <c r="BQ95" s="12"/>
+      <c r="BR95" s="12"/>
+      <c r="BS95" s="12"/>
+      <c r="BT95" s="12"/>
+      <c r="BU95" s="12"/>
+      <c r="BV95" s="12"/>
+      <c r="BW95" s="12"/>
+      <c r="BX95" s="12"/>
+      <c r="BY95" s="12"/>
+      <c r="BZ95" s="12"/>
+      <c r="CA95" s="12"/>
+      <c r="CB95" s="12"/>
+      <c r="CC95" s="12"/>
+      <c r="CD95" s="12"/>
+    </row>
+    <row r="96" spans="1:82" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="7">
+        <v>92</v>
+      </c>
+      <c r="B96" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C96" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D96" s="18">
+        <v>3</v>
+      </c>
+      <c r="E96" s="17" t="s">
         <v>82</v>
       </c>
-      <c r="G92" s="6" t="s">
-[...19 lines deleted...]
-      <c r="C93" s="13" t="s">
+      <c r="F96" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G96" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H96" s="10">
+        <v>312</v>
+      </c>
+      <c r="I96" s="8">
+        <v>263.10000000000002</v>
+      </c>
+      <c r="J96" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K96" s="10">
+        <v>149.5</v>
+      </c>
+      <c r="L96" s="11">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="M96" s="12"/>
+      <c r="N96" s="12"/>
+      <c r="O96" s="12"/>
+      <c r="P96" s="12"/>
+      <c r="Q96" s="12"/>
+      <c r="R96" s="12"/>
+      <c r="S96" s="12"/>
+      <c r="T96" s="12"/>
+      <c r="U96" s="12"/>
+      <c r="V96" s="12"/>
+      <c r="W96" s="12"/>
+      <c r="X96" s="12"/>
+      <c r="Y96" s="12"/>
+      <c r="Z96" s="12"/>
+      <c r="AA96" s="12"/>
+      <c r="AB96" s="12"/>
+      <c r="AC96" s="12"/>
+      <c r="AD96" s="12"/>
+      <c r="AE96" s="12"/>
+      <c r="AF96" s="12"/>
+      <c r="AG96" s="12"/>
+      <c r="AH96" s="12"/>
+      <c r="AI96" s="12"/>
+      <c r="AJ96" s="12"/>
+      <c r="AK96" s="12"/>
+      <c r="AL96" s="12"/>
+      <c r="AM96" s="12"/>
+      <c r="AN96" s="12"/>
+      <c r="AO96" s="12"/>
+      <c r="AP96" s="12"/>
+      <c r="AQ96" s="12"/>
+      <c r="AR96" s="12"/>
+      <c r="AS96" s="12"/>
+      <c r="AT96" s="12"/>
+      <c r="AU96" s="12"/>
+      <c r="AV96" s="12"/>
+      <c r="AW96" s="12"/>
+      <c r="AX96" s="12"/>
+      <c r="AY96" s="12"/>
+      <c r="AZ96" s="12"/>
+      <c r="BA96" s="12"/>
+      <c r="BB96" s="12"/>
+      <c r="BC96" s="12"/>
+      <c r="BD96" s="12"/>
+      <c r="BE96" s="12"/>
+      <c r="BF96" s="12"/>
+      <c r="BG96" s="12"/>
+      <c r="BH96" s="12"/>
+      <c r="BI96" s="12"/>
+      <c r="BJ96" s="12"/>
+      <c r="BK96" s="12"/>
+      <c r="BL96" s="12"/>
+      <c r="BM96" s="12"/>
+      <c r="BN96" s="12"/>
+      <c r="BO96" s="12"/>
+      <c r="BP96" s="12"/>
+      <c r="BQ96" s="12"/>
+      <c r="BR96" s="12"/>
+      <c r="BS96" s="12"/>
+      <c r="BT96" s="12"/>
+      <c r="BU96" s="12"/>
+      <c r="BV96" s="12"/>
+      <c r="BW96" s="12"/>
+      <c r="BX96" s="12"/>
+      <c r="BY96" s="12"/>
+      <c r="BZ96" s="12"/>
+      <c r="CA96" s="12"/>
+      <c r="CB96" s="12"/>
+      <c r="CC96" s="12"/>
+      <c r="CD96" s="12"/>
+    </row>
+    <row r="97" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="7">
         <v>93</v>
       </c>
-      <c r="D93" s="18">
+      <c r="B97" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C97" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D97" s="18">
         <v>5</v>
       </c>
-      <c r="E93" s="13" t="s">
-[...115 lines deleted...]
-      <c r="K96" s="19">
+      <c r="E97" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F97" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G97" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H97" s="10"/>
+      <c r="I97" s="8"/>
+      <c r="J97" s="8"/>
+      <c r="K97" s="11">
+        <v>150.5</v>
+      </c>
+      <c r="L97" s="13">
+        <v>67.53</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="7">
+        <v>94</v>
+      </c>
+      <c r="B98" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C98" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="L96" s="19">
-[...44 lines deleted...]
-      </c>
       <c r="D98" s="18">
-        <v>3</v>
-[...28 lines deleted...]
-        <v>93</v>
+        <v>5</v>
+      </c>
+      <c r="E98" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F98" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G98" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H98" s="10"/>
+      <c r="I98" s="8"/>
+      <c r="J98" s="8"/>
+      <c r="K98" s="11">
+        <v>150.5</v>
+      </c>
+      <c r="L98" s="13">
+        <v>21.44</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="7">
+        <v>95</v>
+      </c>
+      <c r="B99" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C99" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D99" s="18">
         <v>3</v>
       </c>
-      <c r="E99" s="13" t="s">
-[...26 lines deleted...]
-        <v>93</v>
+      <c r="E99" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F99" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G99" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H99" s="10"/>
+      <c r="I99" s="8"/>
+      <c r="J99" s="8"/>
+      <c r="K99" s="11">
+        <v>180</v>
+      </c>
+      <c r="L99" s="13">
+        <v>36.83</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="7">
+        <v>96</v>
+      </c>
+      <c r="B100" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D100" s="18">
-        <v>3</v>
-[...28 lines deleted...]
-        <v>93</v>
+        <v>5</v>
+      </c>
+      <c r="E100" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="F100" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G100" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H100" s="10"/>
+      <c r="I100" s="8"/>
+      <c r="J100" s="8"/>
+      <c r="K100" s="11">
+        <v>230</v>
+      </c>
+      <c r="L100" s="11">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="7">
+        <v>97</v>
+      </c>
+      <c r="B101" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C101" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D101" s="18">
-        <v>4</v>
-[...13 lines deleted...]
-      <c r="K101" s="19">
+        <v>5</v>
+      </c>
+      <c r="E101" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="F101" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G101" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H101" s="10"/>
+      <c r="I101" s="8"/>
+      <c r="J101" s="8"/>
+      <c r="K101" s="11">
+        <v>230</v>
+      </c>
+      <c r="L101" s="11">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="7">
+        <v>98</v>
+      </c>
+      <c r="B102" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C102" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="L101" s="19">
-[...12 lines deleted...]
-      </c>
       <c r="D102" s="18">
-        <v>4</v>
-[...13 lines deleted...]
-      <c r="K102" s="19">
+        <v>5</v>
+      </c>
+      <c r="E102" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="F102" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G102" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H102" s="10"/>
+      <c r="I102" s="8"/>
+      <c r="J102" s="8"/>
+      <c r="K102" s="11">
+        <v>230</v>
+      </c>
+      <c r="L102" s="11">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="7">
+        <v>99</v>
+      </c>
+      <c r="B103" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C103" s="18" t="s">
         <v>72</v>
-      </c>
-[...12 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D103" s="18">
         <v>4</v>
       </c>
-      <c r="E103" s="13" t="s">
+      <c r="E103" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F103" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G103" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H103" s="10">
+        <v>549</v>
+      </c>
+      <c r="I103" s="10">
+        <v>476</v>
+      </c>
+      <c r="J103" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K103" s="20">
+        <v>240</v>
+      </c>
+      <c r="L103" s="21">
+        <v>41.1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="7">
+        <v>100</v>
+      </c>
+      <c r="B104" s="16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C104" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D104" s="18">
+        <v>2</v>
+      </c>
+      <c r="E104" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F104" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G104" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H104" s="8"/>
+      <c r="I104" s="8"/>
+      <c r="J104" s="8"/>
+      <c r="K104" s="11">
+        <v>60</v>
+      </c>
+      <c r="L104" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="7">
+        <v>101</v>
+      </c>
+      <c r="B105" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C105" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D105" s="18">
+        <v>2</v>
+      </c>
+      <c r="E105" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F105" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G105" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H105" s="8"/>
+      <c r="I105" s="8"/>
+      <c r="J105" s="8"/>
+      <c r="K105" s="11">
+        <v>60</v>
+      </c>
+      <c r="L105" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="7">
+        <v>102</v>
+      </c>
+      <c r="B106" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C106" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D106" s="18">
+        <v>2</v>
+      </c>
+      <c r="E106" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F106" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G106" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H106" s="8"/>
+      <c r="I106" s="8"/>
+      <c r="J106" s="8"/>
+      <c r="K106" s="11">
+        <v>60</v>
+      </c>
+      <c r="L106" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="7">
+        <v>103</v>
+      </c>
+      <c r="B107" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D107" s="18">
+        <v>2</v>
+      </c>
+      <c r="E107" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="F107" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="G107" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H107" s="10">
+        <v>159</v>
+      </c>
+      <c r="I107" s="11"/>
+      <c r="J107" s="10"/>
+      <c r="K107" s="11">
+        <v>120</v>
+      </c>
+      <c r="L107" s="13">
+        <v>31.92</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="7">
+        <v>104</v>
+      </c>
+      <c r="B108" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D108" s="7">
+        <v>4</v>
+      </c>
+      <c r="E108" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F108" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H108" s="8"/>
+      <c r="I108" s="8"/>
+      <c r="J108" s="8"/>
+      <c r="K108" s="10">
+        <v>240</v>
+      </c>
+      <c r="L108" s="11">
+        <v>23.6</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="7">
+        <v>105</v>
+      </c>
+      <c r="B109" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D109" s="7">
+        <v>7</v>
+      </c>
+      <c r="E109" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F109" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G109" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H109" s="8"/>
+      <c r="I109" s="8">
+        <v>573.38</v>
+      </c>
+      <c r="J109" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K109" s="10">
+        <v>280</v>
+      </c>
+      <c r="L109" s="11">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="7">
+        <v>106</v>
+      </c>
+      <c r="B110" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D110" s="18">
+        <v>7</v>
+      </c>
+      <c r="E110" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F110" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G110" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H110" s="8"/>
+      <c r="I110" s="8"/>
+      <c r="J110" s="8"/>
+      <c r="K110" s="10"/>
+      <c r="L110" s="11">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="7">
         <v>107</v>
       </c>
-      <c r="F103" s="13" t="s">
-[...11 lines deleted...]
-      <c r="L103" s="19">
+      <c r="B111" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C111" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D111" s="18">
+        <v>7</v>
+      </c>
+      <c r="E111" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F111" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G111" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H111" s="8"/>
+      <c r="I111" s="8"/>
+      <c r="J111" s="8"/>
+      <c r="K111" s="10"/>
+      <c r="L111" s="11">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="7">
+        <v>108</v>
+      </c>
+      <c r="B112" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C112" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D112" s="18">
+        <v>7</v>
+      </c>
+      <c r="E112" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F112" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G112" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H112" s="8"/>
+      <c r="I112" s="8"/>
+      <c r="J112" s="8"/>
+      <c r="K112" s="10"/>
+      <c r="L112" s="11">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="7">
+        <v>109</v>
+      </c>
+      <c r="B113" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C113" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D113" s="18">
+        <v>7</v>
+      </c>
+      <c r="E113" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F113" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G113" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H113" s="8"/>
+      <c r="I113" s="8"/>
+      <c r="J113" s="8"/>
+      <c r="K113" s="10"/>
+      <c r="L113" s="11">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="7">
+        <v>110</v>
+      </c>
+      <c r="B114" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C114" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D114" s="18">
+        <v>3</v>
+      </c>
+      <c r="E114" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F114" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G114" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H114" s="8"/>
+      <c r="I114" s="8"/>
+      <c r="J114" s="8"/>
+      <c r="K114" s="10">
+        <v>180</v>
+      </c>
+      <c r="L114" s="11">
+        <v>44.5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="7">
+        <v>111</v>
+      </c>
+      <c r="B115" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C115" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D115" s="18">
+        <v>3</v>
+      </c>
+      <c r="E115" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="F115" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G115" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H115" s="8"/>
+      <c r="I115" s="8"/>
+      <c r="J115" s="8"/>
+      <c r="K115" s="10">
+        <v>180</v>
+      </c>
+      <c r="L115" s="11">
+        <v>25.4</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="7">
+        <v>112</v>
+      </c>
+      <c r="B116" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D116" s="7">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A104" s="18">
+      <c r="E116" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="F116" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G116" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H116" s="8"/>
+      <c r="I116" s="8"/>
+      <c r="J116" s="8"/>
+      <c r="K116" s="11">
+        <v>120</v>
+      </c>
+      <c r="L116" s="13">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="7">
+        <v>113</v>
+      </c>
+      <c r="B117" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D117" s="7">
+        <v>4</v>
+      </c>
+      <c r="E117" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="F117" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G117" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H117" s="8"/>
+      <c r="I117" s="8"/>
+      <c r="J117" s="8"/>
+      <c r="K117" s="11">
+        <v>120</v>
+      </c>
+      <c r="L117" s="13">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="7">
+        <v>114</v>
+      </c>
+      <c r="B118" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D118" s="7">
+        <v>4</v>
+      </c>
+      <c r="E118" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="F118" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G118" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H118" s="8"/>
+      <c r="I118" s="8"/>
+      <c r="J118" s="8"/>
+      <c r="K118" s="11">
+        <v>120</v>
+      </c>
+      <c r="L118" s="13">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="7">
+        <v>115</v>
+      </c>
+      <c r="B119" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D119" s="7">
+        <v>4</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="F119" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G119" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H119" s="8"/>
+      <c r="I119" s="8"/>
+      <c r="J119" s="8"/>
+      <c r="K119" s="11">
+        <v>120</v>
+      </c>
+      <c r="L119" s="13">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="7">
+        <v>116</v>
+      </c>
+      <c r="B120" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D120" s="7">
+        <v>4</v>
+      </c>
+      <c r="E120" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="F120" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G120" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H120" s="8"/>
+      <c r="I120" s="8"/>
+      <c r="J120" s="8"/>
+      <c r="K120" s="11">
+        <v>120</v>
+      </c>
+      <c r="L120" s="13">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="7">
+        <v>117</v>
+      </c>
+      <c r="B121" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D121" s="7">
+        <v>5</v>
+      </c>
+      <c r="E121" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="F121" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G121" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H121" s="8"/>
+      <c r="I121" s="8"/>
+      <c r="J121" s="8"/>
+      <c r="K121" s="11">
+        <v>300</v>
+      </c>
+      <c r="L121" s="11">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="7">
+        <v>118</v>
+      </c>
+      <c r="B122" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D122" s="7">
+        <v>5</v>
+      </c>
+      <c r="E122" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="F122" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G122" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H122" s="8"/>
+      <c r="I122" s="8"/>
+      <c r="J122" s="8"/>
+      <c r="K122" s="11">
+        <v>300</v>
+      </c>
+      <c r="L122" s="11">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="7">
+        <v>119</v>
+      </c>
+      <c r="B123" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C123" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D123" s="18">
+        <v>5</v>
+      </c>
+      <c r="E123" s="17" t="s">
         <v>90</v>
       </c>
-      <c r="B104" s="13" t="s">
-[...8 lines deleted...]
-      <c r="E104" s="13" t="s">
+      <c r="F123" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G123" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H123" s="10">
+        <v>392</v>
+      </c>
+      <c r="I123" s="11"/>
+      <c r="J123" s="10"/>
+      <c r="K123" s="11">
+        <v>275</v>
+      </c>
+      <c r="L123" s="13"/>
+    </row>
+    <row r="124" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="7">
+        <v>120</v>
+      </c>
+      <c r="B124" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D124" s="7">
+        <v>5</v>
+      </c>
+      <c r="E124" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="F124" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G124" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H124" s="10">
+        <v>150</v>
+      </c>
+      <c r="I124" s="8"/>
+      <c r="J124" s="8"/>
+      <c r="K124" s="10">
+        <v>200</v>
+      </c>
+      <c r="L124" s="11">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="7">
+        <v>121</v>
+      </c>
+      <c r="B125" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D125" s="7">
+        <v>5</v>
+      </c>
+      <c r="E125" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="F125" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G125" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H125" s="10">
+        <v>150</v>
+      </c>
+      <c r="I125" s="8"/>
+      <c r="J125" s="8"/>
+      <c r="K125" s="10">
+        <v>200</v>
+      </c>
+      <c r="L125" s="11">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="7">
+        <v>122</v>
+      </c>
+      <c r="B126" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D126" s="7">
+        <v>2</v>
+      </c>
+      <c r="E126" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="F104" s="13" t="s">
-[...8 lines deleted...]
-      <c r="K104" s="19">
+      <c r="F126" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G126" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H126" s="10">
+        <v>87</v>
+      </c>
+      <c r="I126" s="8"/>
+      <c r="J126" s="8"/>
+      <c r="K126" s="10">
+        <v>80</v>
+      </c>
+      <c r="L126" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="7">
+        <v>123</v>
+      </c>
+      <c r="B127" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="C127" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="L104" s="19">
-[...16 lines deleted...]
-      <c r="E105" s="13" t="s">
+      <c r="D127" s="7">
+        <v>2</v>
+      </c>
+      <c r="E127" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="F105" s="13" t="s">
-[...8 lines deleted...]
-      <c r="K105" s="19">
+      <c r="F127" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G127" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H127" s="10">
+        <v>87</v>
+      </c>
+      <c r="I127" s="8"/>
+      <c r="J127" s="8"/>
+      <c r="K127" s="10">
+        <v>80</v>
+      </c>
+      <c r="L127" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="7">
+        <v>124</v>
+      </c>
+      <c r="B128" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="C128" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="L105" s="19">
-[...4 lines deleted...]
-      <c r="A106" s="18">
+      <c r="D128" s="7">
+        <v>2</v>
+      </c>
+      <c r="E128" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F128" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G128" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H128" s="10">
+        <v>87</v>
+      </c>
+      <c r="I128" s="8"/>
+      <c r="J128" s="8"/>
+      <c r="K128" s="10">
+        <v>80</v>
+      </c>
+      <c r="L128" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="7">
+        <v>125</v>
+      </c>
+      <c r="B129" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D129" s="7">
+        <v>2</v>
+      </c>
+      <c r="E129" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F129" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G129" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H129" s="10">
+        <v>87</v>
+      </c>
+      <c r="I129" s="8"/>
+      <c r="J129" s="8"/>
+      <c r="K129" s="10">
+        <v>80</v>
+      </c>
+      <c r="L129" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="7">
+        <v>126</v>
+      </c>
+      <c r="B130" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D130" s="7">
+        <v>2</v>
+      </c>
+      <c r="E130" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F130" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G130" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H130" s="10">
+        <v>87</v>
+      </c>
+      <c r="I130" s="8"/>
+      <c r="J130" s="8"/>
+      <c r="K130" s="10">
+        <v>80</v>
+      </c>
+      <c r="L130" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="7">
+        <v>127</v>
+      </c>
+      <c r="B131" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D131" s="7">
+        <v>2</v>
+      </c>
+      <c r="E131" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F131" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G131" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H131" s="10">
+        <v>87</v>
+      </c>
+      <c r="I131" s="8"/>
+      <c r="J131" s="8"/>
+      <c r="K131" s="10">
+        <v>80</v>
+      </c>
+      <c r="L131" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="7">
+        <v>128</v>
+      </c>
+      <c r="B132" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C132" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D132" s="18">
+        <v>2</v>
+      </c>
+      <c r="E132" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F132" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G132" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H132" s="8"/>
+      <c r="I132" s="8"/>
+      <c r="J132" s="8"/>
+      <c r="K132" s="10">
+        <v>120</v>
+      </c>
+      <c r="L132" s="11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="7">
+        <v>129</v>
+      </c>
+      <c r="B133" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C133" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D133" s="18">
+        <v>2</v>
+      </c>
+      <c r="E133" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F133" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G133" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H133" s="8"/>
+      <c r="I133" s="8"/>
+      <c r="J133" s="8"/>
+      <c r="K133" s="10">
+        <v>120</v>
+      </c>
+      <c r="L133" s="11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="7">
+        <v>130</v>
+      </c>
+      <c r="B134" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="C134" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D134" s="18">
+        <v>2</v>
+      </c>
+      <c r="E134" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F134" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G134" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H134" s="8"/>
+      <c r="I134" s="8"/>
+      <c r="J134" s="8"/>
+      <c r="K134" s="10">
+        <v>120</v>
+      </c>
+      <c r="L134" s="11">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="7">
+        <v>131</v>
+      </c>
+      <c r="B135" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C135" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D135" s="18">
+        <v>3</v>
+      </c>
+      <c r="E135" s="17" t="s">
         <v>92</v>
       </c>
-      <c r="B106" s="13" t="s">
-[...5 lines deleted...]
-      <c r="D106" s="18">
+      <c r="F135" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G135" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H135" s="8"/>
+      <c r="I135" s="8"/>
+      <c r="J135" s="8"/>
+      <c r="K135" s="10">
+        <v>180</v>
+      </c>
+      <c r="L135" s="11">
         <v>3</v>
       </c>
-      <c r="E106" s="13" t="s">
-[...90 lines deleted...]
-      <c r="B109" s="13" t="s">
+    </row>
+    <row r="136" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="7">
+        <v>132</v>
+      </c>
+      <c r="B136" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="C136" s="18" t="s">
         <v>72</v>
-      </c>
-[...827 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D136" s="18">
         <v>4</v>
       </c>
-      <c r="E136" s="13" t="s">
-[...16 lines deleted...]
-      <c r="L136" s="19">
+      <c r="E136" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F136" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G136" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H136" s="8"/>
+      <c r="I136" s="8"/>
+      <c r="J136" s="8"/>
+      <c r="K136" s="10">
+        <v>140</v>
+      </c>
+      <c r="L136" s="11">
         <v>4</v>
       </c>
     </row>
-    <row r="137" spans="1:12" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-        <v>93</v>
+    <row r="137" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="7">
+        <v>133</v>
+      </c>
+      <c r="B137" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C137" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D137" s="18">
-        <v>3</v>
-[...28 lines deleted...]
-        <v>93</v>
+        <v>2</v>
+      </c>
+      <c r="E137" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F137" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G137" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H137" s="8"/>
+      <c r="I137" s="8"/>
+      <c r="J137" s="8"/>
+      <c r="K137" s="10">
+        <v>60</v>
+      </c>
+      <c r="L137" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="7">
+        <v>134</v>
+      </c>
+      <c r="B138" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C138" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D138" s="18">
-        <v>3</v>
-[...28 lines deleted...]
-        <v>93</v>
+        <v>2</v>
+      </c>
+      <c r="E138" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F138" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G138" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H138" s="8"/>
+      <c r="I138" s="8"/>
+      <c r="J138" s="8"/>
+      <c r="K138" s="10">
+        <v>60</v>
+      </c>
+      <c r="L138" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="7">
+        <v>135</v>
+      </c>
+      <c r="B139" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C139" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D139" s="18">
-        <v>4</v>
-[...34 lines deleted...]
-        <v>93</v>
+        <v>2</v>
+      </c>
+      <c r="E139" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F139" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G139" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H139" s="10">
+        <v>675</v>
+      </c>
+      <c r="I139" s="8"/>
+      <c r="J139" s="8"/>
+      <c r="K139" s="10">
+        <v>60</v>
+      </c>
+      <c r="L139" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="7">
+        <v>136</v>
+      </c>
+      <c r="B140" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C140" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D140" s="18">
-        <v>4</v>
-[...34 lines deleted...]
-        <v>93</v>
+        <v>2</v>
+      </c>
+      <c r="E140" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F140" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G140" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H140" s="8"/>
+      <c r="I140" s="8"/>
+      <c r="J140" s="8"/>
+      <c r="K140" s="10">
+        <v>60</v>
+      </c>
+      <c r="L140" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="7">
+        <v>137</v>
+      </c>
+      <c r="B141" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="C141" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D141" s="18">
         <v>2</v>
       </c>
-      <c r="E141" s="13" t="s">
-[...26 lines deleted...]
-        <v>93</v>
+      <c r="E141" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F141" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G141" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H141" s="8"/>
+      <c r="I141" s="8"/>
+      <c r="J141" s="8"/>
+      <c r="K141" s="10">
+        <v>60</v>
+      </c>
+      <c r="L141" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="7">
+        <v>138</v>
+      </c>
+      <c r="B142" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C142" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D142" s="18">
-        <v>3</v>
-[...28 lines deleted...]
-        <v>93</v>
+        <v>2</v>
+      </c>
+      <c r="E142" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F142" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G142" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H142" s="8"/>
+      <c r="I142" s="8"/>
+      <c r="J142" s="8"/>
+      <c r="K142" s="10">
+        <v>60</v>
+      </c>
+      <c r="L142" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="7">
+        <v>139</v>
+      </c>
+      <c r="B143" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C143" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D143" s="18">
-        <v>3</v>
-[...28 lines deleted...]
-        <v>93</v>
+        <v>2</v>
+      </c>
+      <c r="E143" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F143" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G143" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H143" s="8"/>
+      <c r="I143" s="8"/>
+      <c r="J143" s="8"/>
+      <c r="K143" s="10">
+        <v>60</v>
+      </c>
+      <c r="L143" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="7">
+        <v>140</v>
+      </c>
+      <c r="B144" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C144" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D144" s="18">
         <v>2</v>
       </c>
-      <c r="E144" s="13" t="s">
-[...13 lines deleted...]
-      <c r="K144" s="19">
+      <c r="E144" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F144" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G144" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H144" s="8"/>
+      <c r="I144" s="8"/>
+      <c r="J144" s="8"/>
+      <c r="K144" s="10">
         <v>60</v>
       </c>
-      <c r="L144" s="19">
+      <c r="L144" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="7">
+        <v>141</v>
+      </c>
+      <c r="B145" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C145" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D145" s="18">
         <v>2</v>
       </c>
-    </row>
-[...40 lines deleted...]
-        <v>93</v>
+      <c r="E145" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F145" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G145" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H145" s="8"/>
+      <c r="I145" s="8"/>
+      <c r="J145" s="8"/>
+      <c r="K145" s="10">
+        <v>60</v>
+      </c>
+      <c r="L145" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="7">
+        <v>142</v>
+      </c>
+      <c r="B146" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C146" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D146" s="18">
         <v>2</v>
       </c>
-      <c r="E146" s="13" t="s">
-[...13 lines deleted...]
-      <c r="K146" s="19">
+      <c r="E146" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F146" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G146" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H146" s="8"/>
+      <c r="I146" s="8"/>
+      <c r="J146" s="8"/>
+      <c r="K146" s="10">
         <v>60</v>
       </c>
-      <c r="L146" s="19">
+      <c r="L146" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="7">
+        <v>143</v>
+      </c>
+      <c r="B147" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C147" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D147" s="18">
         <v>2</v>
       </c>
-    </row>
-[...40 lines deleted...]
-        <v>93</v>
+      <c r="E147" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F147" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G147" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H147" s="8"/>
+      <c r="I147" s="8"/>
+      <c r="J147" s="8"/>
+      <c r="K147" s="10">
+        <v>60</v>
+      </c>
+      <c r="L147" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="7">
+        <v>144</v>
+      </c>
+      <c r="B148" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C148" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D148" s="18">
         <v>2</v>
       </c>
-      <c r="E148" s="13" t="s">
-[...13 lines deleted...]
-      <c r="K148" s="19">
+      <c r="E148" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F148" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G148" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H148" s="8"/>
+      <c r="I148" s="8"/>
+      <c r="J148" s="8"/>
+      <c r="K148" s="10">
         <v>60</v>
       </c>
-      <c r="L148" s="19">
+      <c r="L148" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="7">
+        <v>145</v>
+      </c>
+      <c r="B149" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C149" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D149" s="18">
         <v>2</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="B150" s="13" t="s">
+      <c r="E149" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F149" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G149" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H149" s="8"/>
+      <c r="I149" s="8"/>
+      <c r="J149" s="8"/>
+      <c r="K149" s="10">
+        <v>60</v>
+      </c>
+      <c r="L149" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="7">
+        <v>146</v>
+      </c>
+      <c r="B150" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C150" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="C150" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" s="18">
-        <v>3</v>
-[...16 lines deleted...]
-      <c r="L150" s="19">
         <v>2</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <v>93</v>
+      <c r="E150" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F150" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G150" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H150" s="8"/>
+      <c r="I150" s="8"/>
+      <c r="J150" s="8"/>
+      <c r="K150" s="10">
+        <v>60</v>
+      </c>
+      <c r="L150" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="7">
+        <v>147</v>
+      </c>
+      <c r="B151" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C151" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D151" s="18">
         <v>2</v>
       </c>
-      <c r="E151" s="13" t="s">
-[...13 lines deleted...]
-      <c r="K151" s="19">
+      <c r="E151" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F151" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G151" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H151" s="8"/>
+      <c r="I151" s="8"/>
+      <c r="J151" s="8"/>
+      <c r="K151" s="10">
         <v>60</v>
       </c>
-      <c r="L151" s="19">
-[...11 lines deleted...]
-        <v>93</v>
+      <c r="L151" s="11">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="7">
+        <v>148</v>
+      </c>
+      <c r="B152" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="C152" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D152" s="18">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="F152" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E152" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F152" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G152" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H152" s="8"/>
+      <c r="I152" s="8"/>
+      <c r="J152" s="8"/>
+      <c r="K152" s="10">
+        <v>140</v>
+      </c>
+      <c r="L152" s="11">
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="7">
+        <v>149</v>
+      </c>
+      <c r="B153" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="C153" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D153" s="18">
+        <v>4</v>
+      </c>
+      <c r="E153" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F153" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G153" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H153" s="8"/>
+      <c r="I153" s="8"/>
+      <c r="J153" s="8"/>
+      <c r="K153" s="10">
+        <v>140</v>
+      </c>
+      <c r="L153" s="11">
+        <v>23.79</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="7">
+        <v>150</v>
+      </c>
+      <c r="B154" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C154" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D154" s="18">
+        <v>4</v>
+      </c>
+      <c r="E154" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F154" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G154" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H154" s="8"/>
+      <c r="I154" s="8"/>
+      <c r="J154" s="8"/>
+      <c r="K154" s="10">
+        <v>140</v>
+      </c>
+      <c r="L154" s="11">
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="7">
+        <v>151</v>
+      </c>
+      <c r="B155" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C155" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D155" s="18">
+        <v>9</v>
+      </c>
+      <c r="E155" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F155" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G155" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H155" s="8"/>
+      <c r="I155" s="8">
+        <v>540.88</v>
+      </c>
+      <c r="J155" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K155" s="10">
+        <v>288</v>
+      </c>
+      <c r="L155" s="13">
+        <v>39.76</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="7">
+        <v>152</v>
+      </c>
+      <c r="B156" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C156" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D156" s="18">
+        <v>9</v>
+      </c>
+      <c r="E156" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F156" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G156" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H156" s="8"/>
+      <c r="I156" s="8">
+        <v>540.88</v>
+      </c>
+      <c r="J156" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K156" s="10">
+        <v>288</v>
+      </c>
+      <c r="L156" s="13">
+        <v>39.76</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="7">
+        <v>153</v>
+      </c>
+      <c r="B157" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C157" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D157" s="18">
+        <v>9</v>
+      </c>
+      <c r="E157" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F157" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G157" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H157" s="8"/>
+      <c r="I157" s="8">
+        <v>540.88</v>
+      </c>
+      <c r="J157" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K157" s="10">
+        <v>288</v>
+      </c>
+      <c r="L157" s="13">
+        <v>39.76</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="7">
+        <v>154</v>
+      </c>
+      <c r="B158" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C158" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D158" s="18">
+        <v>4</v>
+      </c>
+      <c r="E158" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F158" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G158" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H158" s="8"/>
+      <c r="I158" s="8"/>
+      <c r="J158" s="8"/>
+      <c r="K158" s="10">
+        <v>104</v>
+      </c>
+      <c r="L158" s="11">
+        <v>2.8</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="7">
+        <v>155</v>
+      </c>
+      <c r="B159" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C159" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D159" s="18">
+        <v>6</v>
+      </c>
+      <c r="E159" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F159" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G159" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H159" s="8"/>
+      <c r="I159" s="8"/>
+      <c r="J159" s="8"/>
+      <c r="K159" s="10">
+        <v>192</v>
+      </c>
+      <c r="L159" s="11">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="7">
+        <v>156</v>
+      </c>
+      <c r="B160" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C160" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D160" s="18">
+        <v>6</v>
+      </c>
+      <c r="E160" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F160" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G160" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H160" s="8"/>
+      <c r="I160" s="8"/>
+      <c r="J160" s="8"/>
+      <c r="K160" s="10">
+        <v>192</v>
+      </c>
+      <c r="L160" s="11">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="7">
+        <v>157</v>
+      </c>
+      <c r="B161" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C161" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D161" s="18">
+        <v>7</v>
+      </c>
+      <c r="E161" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F161" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G161" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H161" s="8"/>
+      <c r="I161" s="8"/>
+      <c r="J161" s="8"/>
+      <c r="K161" s="10">
+        <v>122.5</v>
+      </c>
+      <c r="L161" s="13">
+        <v>229.36</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="7">
+        <v>158</v>
+      </c>
+      <c r="B162" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C162" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D162" s="18">
+        <v>7</v>
+      </c>
+      <c r="E162" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F162" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G162" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H162" s="8"/>
+      <c r="I162" s="8"/>
+      <c r="J162" s="8"/>
+      <c r="K162" s="10">
+        <v>122.5</v>
+      </c>
+      <c r="L162" s="13">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="7">
+        <v>159</v>
+      </c>
+      <c r="B163" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C163" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D163" s="18">
+        <v>7</v>
+      </c>
+      <c r="E163" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F163" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G163" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H163" s="8"/>
+      <c r="I163" s="8"/>
+      <c r="J163" s="8"/>
+      <c r="K163" s="10">
+        <v>122.5</v>
+      </c>
+      <c r="L163" s="13">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="7">
+        <v>160</v>
+      </c>
+      <c r="B164" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C164" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D164" s="18">
+        <v>7</v>
+      </c>
+      <c r="E164" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F164" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G164" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H164" s="8"/>
+      <c r="I164" s="8"/>
+      <c r="J164" s="8"/>
+      <c r="K164" s="10">
+        <v>122.5</v>
+      </c>
+      <c r="L164" s="13">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="7">
+        <v>161</v>
+      </c>
+      <c r="B165" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C165" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D165" s="18">
+        <v>7</v>
+      </c>
+      <c r="E165" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F165" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G165" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H165" s="8"/>
+      <c r="I165" s="8"/>
+      <c r="J165" s="8"/>
+      <c r="K165" s="10">
+        <v>122.5</v>
+      </c>
+      <c r="L165" s="13">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="7">
+        <v>162</v>
+      </c>
+      <c r="B166" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C166" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D166" s="18">
+        <v>7</v>
+      </c>
+      <c r="E166" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F166" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G166" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H166" s="8"/>
+      <c r="I166" s="8"/>
+      <c r="J166" s="8"/>
+      <c r="K166" s="8">
+        <v>122.5</v>
+      </c>
+      <c r="L166" s="13">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="7">
+        <v>163</v>
+      </c>
+      <c r="B167" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C167" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D167" s="18">
+        <v>7</v>
+      </c>
+      <c r="E167" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F167" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G167" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H167" s="8"/>
+      <c r="I167" s="8"/>
+      <c r="J167" s="8"/>
+      <c r="K167" s="8">
+        <v>122.5</v>
+      </c>
+      <c r="L167" s="13">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="7">
+        <v>164</v>
+      </c>
+      <c r="B168" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C168" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D168" s="18">
+        <v>7</v>
+      </c>
+      <c r="E168" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="G152" s="6" t="s">
-[...542 lines deleted...]
-        <v>124</v>
+      <c r="F168" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G168" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H168" s="8"/>
+      <c r="I168" s="8"/>
+      <c r="J168" s="8"/>
+      <c r="K168" s="8">
+        <v>220.5</v>
+      </c>
+      <c r="L168" s="13">
+        <v>34.43</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="7">
+        <v>165</v>
+      </c>
+      <c r="B169" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C169" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D169" s="18">
-        <v>6</v>
-[...32 lines deleted...]
-        <v>124</v>
+        <v>4</v>
+      </c>
+      <c r="E169" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F169" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G169" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H169" s="10">
+        <v>417</v>
+      </c>
+      <c r="I169" s="10">
+        <v>316.64999999999998</v>
+      </c>
+      <c r="J169" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K169" s="10">
+        <v>240</v>
+      </c>
+      <c r="L169" s="11">
+        <v>34.5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="7">
+        <v>166</v>
+      </c>
+      <c r="B170" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C170" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D170" s="18">
-        <v>6</v>
-[...28 lines deleted...]
-        <v>124</v>
+        <v>4</v>
+      </c>
+      <c r="E170" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F170" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G170" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H170" s="10">
+        <v>417</v>
+      </c>
+      <c r="I170" s="10">
+        <v>316.64999999999998</v>
+      </c>
+      <c r="J170" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K170" s="10">
+        <v>240</v>
+      </c>
+      <c r="L170" s="11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="7">
+        <v>167</v>
+      </c>
+      <c r="B171" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C171" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D171" s="18">
         <v>4</v>
       </c>
-      <c r="E171" s="13" t="s">
-[...28 lines deleted...]
-      <c r="B172" s="13" t="s">
+      <c r="E171" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F171" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G171" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H171" s="10">
+        <v>417</v>
+      </c>
+      <c r="I171" s="10">
+        <v>316.64999999999998</v>
+      </c>
+      <c r="J171" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K171" s="10">
+        <v>240</v>
+      </c>
+      <c r="L171" s="11">
+        <v>66.39</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="7">
+        <v>168</v>
+      </c>
+      <c r="B172" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C172" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="C172" s="13" t="s">
+      <c r="D172" s="18">
+        <v>4</v>
+      </c>
+      <c r="E172" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F172" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G172" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H172" s="8"/>
+      <c r="I172" s="8"/>
+      <c r="J172" s="8"/>
+      <c r="K172" s="10">
+        <v>140</v>
+      </c>
+      <c r="L172" s="11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="7">
+        <v>169</v>
+      </c>
+      <c r="B173" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="D172" s="18">
-[...29 lines deleted...]
-        <v>124</v>
+      <c r="C173" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D173" s="18">
-        <v>2</v>
-[...26 lines deleted...]
-        <v>124</v>
+        <v>4</v>
+      </c>
+      <c r="E173" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F173" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G173" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H173" s="10">
+        <v>417</v>
+      </c>
+      <c r="I173" s="10">
+        <v>316.64999999999998</v>
+      </c>
+      <c r="J173" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K173" s="10">
+        <v>240</v>
+      </c>
+      <c r="L173" s="11">
+        <v>22.6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="7">
+        <v>170</v>
+      </c>
+      <c r="B174" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C174" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D174" s="18">
-        <v>2</v>
-[...26 lines deleted...]
-        <v>124</v>
+        <v>4</v>
+      </c>
+      <c r="E174" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F174" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G174" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H174" s="8"/>
+      <c r="I174" s="8">
+        <v>261.81</v>
+      </c>
+      <c r="J174" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K174" s="10">
+        <v>104</v>
+      </c>
+      <c r="L174" s="11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="7">
+        <v>171</v>
+      </c>
+      <c r="B175" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C175" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D175" s="18">
-        <v>2</v>
-[...28 lines deleted...]
-      <c r="D176" s="20">
+        <v>4</v>
+      </c>
+      <c r="E175" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F175" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G175" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H175" s="8"/>
+      <c r="I175" s="8">
+        <v>261.81</v>
+      </c>
+      <c r="J175" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K175" s="10">
+        <v>104</v>
+      </c>
+      <c r="L175" s="11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="7">
+        <v>172</v>
+      </c>
+      <c r="B176" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="C176" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D176" s="18">
+        <v>4</v>
+      </c>
+      <c r="E176" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F176" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G176" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H176" s="8"/>
+      <c r="I176" s="8"/>
+      <c r="J176" s="8"/>
+      <c r="K176" s="10">
+        <v>91</v>
+      </c>
+      <c r="L176" s="11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="7">
+        <v>173</v>
+      </c>
+      <c r="B177" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C177" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D177" s="18">
         <v>3</v>
       </c>
-      <c r="E176" s="22" t="s">
-[...33 lines deleted...]
-      <c r="K177" s="19">
+      <c r="E177" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="F177" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G177" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H177" s="10">
         <v>80.5</v>
       </c>
-      <c r="L177" s="19">
-[...11 lines deleted...]
-        <v>124</v>
+      <c r="I177" s="8"/>
+      <c r="J177" s="8"/>
+      <c r="K177" s="10">
+        <v>105</v>
+      </c>
+      <c r="L177" s="11">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="7">
+        <v>174</v>
+      </c>
+      <c r="B178" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C178" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D178" s="18">
-        <v>4</v>
-[...28 lines deleted...]
-        <v>124</v>
+        <v>3</v>
+      </c>
+      <c r="E178" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="F178" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G178" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H178" s="10">
+        <v>80.5</v>
+      </c>
+      <c r="I178" s="8"/>
+      <c r="J178" s="8"/>
+      <c r="K178" s="10">
+        <v>105</v>
+      </c>
+      <c r="L178" s="11">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="7">
+        <v>175</v>
+      </c>
+      <c r="B179" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C179" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D179" s="18">
-        <v>2</v>
-[...28 lines deleted...]
-        <v>124</v>
+        <v>3</v>
+      </c>
+      <c r="E179" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="F179" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G179" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H179" s="8"/>
+      <c r="I179" s="8"/>
+      <c r="J179" s="8"/>
+      <c r="K179" s="10">
+        <v>105</v>
+      </c>
+      <c r="L179" s="11">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="7">
+        <v>176</v>
+      </c>
+      <c r="B180" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C180" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D180" s="18">
         <v>2</v>
       </c>
-      <c r="E180" s="13" t="s">
-[...11 lines deleted...]
-      <c r="K180" s="19">
+      <c r="E180" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F180" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G180" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H180" s="10">
+        <v>66</v>
+      </c>
+      <c r="I180" s="10"/>
+      <c r="J180" s="10"/>
+      <c r="K180" s="10">
         <v>60</v>
       </c>
-      <c r="L180" s="19">
-[...11 lines deleted...]
-        <v>124</v>
+      <c r="L180" s="11">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="7">
+        <v>177</v>
+      </c>
+      <c r="B181" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C181" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D181" s="18">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E181" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="E181" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F181" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G181" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H181" s="10">
+        <v>66</v>
+      </c>
+      <c r="I181" s="10"/>
+      <c r="J181" s="10"/>
+      <c r="K181" s="10">
         <v>60</v>
       </c>
-      <c r="F181" s="13" t="s">
-[...27 lines deleted...]
-        <v>124</v>
+      <c r="L181" s="11">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="7">
+        <v>178</v>
+      </c>
+      <c r="B182" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C182" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D182" s="18">
-        <v>7</v>
-[...28 lines deleted...]
-        <v>124</v>
+        <v>2</v>
+      </c>
+      <c r="E182" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F182" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G182" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H182" s="10">
+        <v>66</v>
+      </c>
+      <c r="I182" s="10"/>
+      <c r="J182" s="10"/>
+      <c r="K182" s="10">
+        <v>60</v>
+      </c>
+      <c r="L182" s="11">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="7">
+        <v>179</v>
+      </c>
+      <c r="B183" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C183" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D183" s="18">
-        <v>7</v>
-[...28 lines deleted...]
-        <v>124</v>
+        <v>2</v>
+      </c>
+      <c r="E183" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F183" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G183" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H183" s="10">
+        <v>66</v>
+      </c>
+      <c r="I183" s="10"/>
+      <c r="J183" s="10"/>
+      <c r="K183" s="10">
+        <v>60</v>
+      </c>
+      <c r="L183" s="11">
+        <v>19.13</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="7">
+        <v>180</v>
+      </c>
+      <c r="B184" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C184" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D184" s="18">
-        <v>3</v>
-[...28 lines deleted...]
-        <v>124</v>
+        <v>2</v>
+      </c>
+      <c r="E184" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F184" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G184" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H184" s="10">
+        <v>66</v>
+      </c>
+      <c r="I184" s="10"/>
+      <c r="J184" s="10"/>
+      <c r="K184" s="10">
+        <v>60</v>
+      </c>
+      <c r="L184" s="11">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="7">
+        <v>181</v>
+      </c>
+      <c r="B185" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C185" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D185" s="18">
         <v>3</v>
       </c>
-      <c r="E185" s="13" t="s">
-[...26 lines deleted...]
-        <v>124</v>
+      <c r="E185" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="F185" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="G185" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H185" s="10">
+        <v>304</v>
+      </c>
+      <c r="I185" s="8"/>
+      <c r="J185" s="8"/>
+      <c r="K185" s="10">
+        <v>180</v>
+      </c>
+      <c r="L185" s="13">
+        <v>34.33</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="7">
+        <v>182</v>
+      </c>
+      <c r="B186" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C186" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D186" s="18">
-        <v>4</v>
-[...34 lines deleted...]
-        <v>124</v>
+        <v>1</v>
+      </c>
+      <c r="E186" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="F186" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G186" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H186" s="8"/>
+      <c r="I186" s="8"/>
+      <c r="J186" s="8"/>
+      <c r="K186" s="10">
+        <v>30</v>
+      </c>
+      <c r="L186" s="11">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="7">
+        <v>183</v>
+      </c>
+      <c r="B187" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C187" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D187" s="18">
-        <v>19</v>
-[...32 lines deleted...]
-        <v>124</v>
+        <v>1</v>
+      </c>
+      <c r="E187" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="F187" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G187" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H187" s="8"/>
+      <c r="I187" s="8"/>
+      <c r="J187" s="8"/>
+      <c r="K187" s="10">
+        <v>30</v>
+      </c>
+      <c r="L187" s="11">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="7">
+        <v>184</v>
+      </c>
+      <c r="B188" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C188" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D188" s="18">
         <v>3</v>
       </c>
-      <c r="E188" s="13" t="s">
-[...14 lines deleted...]
-      <c r="L188" s="19">
+      <c r="E188" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F188" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G188" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H188" s="8"/>
+      <c r="I188" s="8"/>
+      <c r="J188" s="8"/>
+      <c r="K188" s="10">
+        <v>69</v>
+      </c>
+      <c r="L188" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="7">
+        <v>185</v>
+      </c>
+      <c r="B189" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C189" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D189" s="18">
         <v>3</v>
       </c>
-    </row>
-[...46 lines deleted...]
-        <v>124</v>
+      <c r="E189" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F189" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G189" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H189" s="8"/>
+      <c r="I189" s="8"/>
+      <c r="J189" s="8"/>
+      <c r="K189" s="10">
+        <v>69</v>
+      </c>
+      <c r="L189" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="7">
+        <v>186</v>
+      </c>
+      <c r="B190" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="C190" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D190" s="18">
-        <v>4</v>
-[...34 lines deleted...]
-        <v>124</v>
+        <v>3</v>
+      </c>
+      <c r="E190" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F190" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G190" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H190" s="8"/>
+      <c r="I190" s="8"/>
+      <c r="J190" s="8"/>
+      <c r="K190" s="10">
+        <v>69</v>
+      </c>
+      <c r="L190" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="7">
+        <v>187</v>
+      </c>
+      <c r="B191" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="C191" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D191" s="18">
         <v>3</v>
       </c>
-      <c r="E191" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F191" s="13" t="s">
+      <c r="E191" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F191" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G191" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H191" s="8"/>
+      <c r="I191" s="8"/>
+      <c r="J191" s="8"/>
+      <c r="K191" s="10">
         <v>69</v>
       </c>
-      <c r="G191" s="6" t="s">
-[...25 lines deleted...]
-      <c r="C192" s="13" t="s">
+      <c r="L191" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="7">
+        <v>188</v>
+      </c>
+      <c r="B192" s="28" t="s">
         <v>124</v>
+      </c>
+      <c r="C192" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D192" s="18">
         <v>3</v>
       </c>
-      <c r="E192" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F192" s="13" t="s">
+      <c r="E192" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F192" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G192" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H192" s="8"/>
+      <c r="I192" s="8"/>
+      <c r="J192" s="8"/>
+      <c r="K192" s="10">
         <v>69</v>
       </c>
-      <c r="G192" s="6" t="s">
-[...26 lines deleted...]
-        <v>124</v>
+      <c r="L192" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="7">
+        <v>189</v>
+      </c>
+      <c r="B193" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="C193" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D193" s="18">
         <v>3</v>
       </c>
-      <c r="E193" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F193" s="13" t="s">
+      <c r="E193" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F193" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G193" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H193" s="8"/>
+      <c r="I193" s="8"/>
+      <c r="J193" s="8"/>
+      <c r="K193" s="10">
         <v>69</v>
       </c>
-      <c r="G193" s="6" t="s">
-[...26 lines deleted...]
-        <v>124</v>
+      <c r="L193" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="7">
+        <v>190</v>
+      </c>
+      <c r="B194" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C194" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D194" s="18">
         <v>3</v>
       </c>
-      <c r="E194" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F194" s="13" t="s">
+      <c r="E194" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F194" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G194" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H194" s="8"/>
+      <c r="I194" s="8"/>
+      <c r="J194" s="8"/>
+      <c r="K194" s="10">
         <v>69</v>
       </c>
-      <c r="G194" s="6" t="s">
-[...26 lines deleted...]
-        <v>124</v>
+      <c r="L194" s="11">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="7">
+        <v>191</v>
+      </c>
+      <c r="B195" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C195" s="18" t="s">
+        <v>72</v>
       </c>
       <c r="D195" s="18">
         <v>3</v>
       </c>
-      <c r="E195" s="13" t="s">
-[...17 lines deleted...]
-      <c r="K195" s="19">
+      <c r="E195" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F195" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G195" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H195" s="8"/>
+      <c r="I195" s="8"/>
+      <c r="J195" s="8"/>
+      <c r="K195" s="10">
         <v>180</v>
       </c>
-      <c r="L195" s="19">
-[...1666 lines deleted...]
-      <c r="C248" s="15"/>
+      <c r="L195" s="11">
+        <v>39.200000000000003</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A196" s="30" t="s">
+        <v>107</v>
+      </c>
+      <c r="B196" s="30"/>
+      <c r="C196" s="30"/>
     </row>
   </sheetData>
-  <mergeCells count="128">
-[...60 lines deleted...]
-    <mergeCell ref="C50:C51"/>
+  <mergeCells count="2">
     <mergeCell ref="A2:L2"/>
-    <mergeCell ref="A11:A12"/>
-[...64 lines deleted...]
-    <mergeCell ref="E123:E124"/>
+    <mergeCell ref="A196:C196"/>
   </mergeCells>
-  <phoneticPr fontId="6" type="noConversion"/>
-[...1 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5:C11 C13:C30 C52:C66 C68 C70 C32:C46 C48 C50 C72:C74 C76:C85 C112:C118 C120:C121 C123 C125:C127 C178:C200 C202:C205 C207 C209:C222 C224:C229 C231:C247 C87:C110 C129:C176" xr:uid="{703792D1-45FF-4D96-B431-F41B9BAC5B65}">
+  <dataValidations count="4">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F5:F195" xr:uid="{C58B635B-3EF7-4459-8A17-6D7FA8B69904}">
+      <formula1>Merkis</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J5:J195" xr:uid="{81D17495-C11F-426F-829D-35D47CE75BD8}">
+      <formula1>Avio</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5:C195" xr:uid="{A14C5502-DD21-492E-92D9-0AB34CB6665F}">
       <formula1>"Janvāris,Februāris,Marts,Aprīlis,Maijs,Jūnijs,Jūlijs,Augusts,Septembris,Oktobris,Novembris,Decembris"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J5:J78 J83 J85:J86 J93 J107 J110:J112 J139:J140 J114 J121:J124 J127:J128 J130 J118:J119 J166:J167 J169 J171 J176:J177 J181 J186:J187 J189:J197 J229:J233 J199:J201 J225 J213 J205:J208 J222:J223" xr:uid="{7D1D798B-3DA3-4F96-9A35-8CD4953B5A32}">
-      <formula1>"Biznesa,Ekonomiskā"</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G5:G195" xr:uid="{8EBD1763-D032-424F-9678-8D617E4ECA79}">
+      <formula1>FIN</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
-[...17 lines deleted...]
-  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60818220-D13D-4B26-94D6-722EF5735D28}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0ECE2FBE-84C2-4E8A-9033-19ED8452D56D}">
   <dimension ref="A1:A41"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="A23" sqref="A23:A24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="70.21875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="70.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="A4" s="1" t="s">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A1" s="26" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A2" s="26" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A3" s="26" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A4" s="26" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A5" s="26" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A6" s="26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A7" s="26" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A8" s="26" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="A6" s="1" t="s">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A9" s="26" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A10" s="26" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A11" s="26" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A12" s="26" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A13" s="26" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A14" s="26" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A15" s="26" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A16" s="26" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A17" s="26" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A18" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A19" s="26" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-      <c r="A11" s="1" t="s">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A30" s="27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A31" s="27" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A32" s="27" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A33" s="27" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A34" s="27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A35" s="27" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A36" s="27" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A37" s="27" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A38" s="27" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A39" s="27" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A40" s="27" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
-[...95 lines deleted...]
-      <c r="A41" s="2"/>
+    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A41" s="27"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A30:A40">
-[...1 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...291 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Diapazoni ar nosaukumiem</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>tabula</vt:lpstr>
       <vt:lpstr>izvelnes</vt:lpstr>
+      <vt:lpstr>Avio</vt:lpstr>
+      <vt:lpstr>FIN</vt:lpstr>
+      <vt:lpstr>Merkis</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company/>
+  <Company>LR IEM</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Ieva Avotiņa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>