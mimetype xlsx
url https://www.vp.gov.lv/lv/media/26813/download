--- v1 (2025-11-03)
+++ v2 (2026-03-04)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jolanta.kruskopa\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jolanta.kruskopa\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\QROWQPR2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{63A7ED1D-8C9D-4C71-B5D8-C88BCED8905F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B1E5B27-74DF-47B9-85FA-69EB3667DEF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{4DB022DD-A0F0-4017-AA33-EC1013BF9ECC}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{C917B191-51D2-4C71-A648-B427184A09AC}"/>
   </bookViews>
   <sheets>
     <sheet name="tabula" sheetId="1" r:id="rId1"/>
     <sheet name="izvelnes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="Avio">izvelnes!$A$23:$A$24</definedName>
-[...1 lines deleted...]
-    <definedName name="Merkis">izvelnes!$A$1:$A$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">tabula!$F$2:$F$119</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1025" uniqueCount="127">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1426" uniqueCount="150">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Amata nosaukums</t>
   </si>
   <si>
     <t>Mēnesis</t>
   </si>
   <si>
     <t>Dienu skaits</t>
   </si>
   <si>
     <t>Valsts, pilsēta</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Komandējuma mērķis 
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
@@ -161,472 +161,563 @@
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>summa</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Citi komandējuma izdevumi, </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>summa</t>
     </r>
   </si>
   <si>
-    <t>biroja priekšnieks</t>
-[...283 lines deleted...]
-  <si>
     <t>Dalība Apvienoto Nāciju Organizācijas (ANO) sanāksmē</t>
   </si>
   <si>
     <t>Dalība Eiropas Komisijas ekspertu darba grupā</t>
   </si>
   <si>
     <t>Dalība Eiropas Padomes komitejas plenārsēdē</t>
   </si>
   <si>
     <t>Dalība Eiropas Savienības Padomes darba grupā</t>
   </si>
   <si>
+    <t>Dalība Eiropas Savienības Padomes sanāksmē</t>
+  </si>
+  <si>
     <t>Dalība Ekonomiskās sadarbības un attīstības organizācijas (OECD) darba grupā</t>
   </si>
   <si>
     <t>Dalība Ekonomiskās sadarbības un attīstības organizācijas (OECD) sanāksmē</t>
   </si>
   <si>
+    <t>Dalība Latvijas delegācijas sastāvā</t>
+  </si>
+  <si>
+    <t>Dalība nozares profesionālajā konferencē</t>
+  </si>
+  <si>
     <t>Dalība starptautiskā izstādē</t>
   </si>
   <si>
+    <t>Dalība starptautiskā konferencē</t>
+  </si>
+  <si>
+    <t>Dalība starptautiskā pasākumā</t>
+  </si>
+  <si>
+    <t>Mācību komandējums</t>
+  </si>
+  <si>
     <t>Ministra vizīte, delegācija</t>
+  </si>
+  <si>
+    <t>Normatīvajos aktos noteikto pienākumu izpilde</t>
+  </si>
+  <si>
+    <t>Nozares pārstāvēšana starptautiskā pasākumā</t>
+  </si>
+  <si>
+    <t>Pieredzes apmaiņas vizīte</t>
+  </si>
+  <si>
+    <t>Projekta īstenošana</t>
+  </si>
+  <si>
+    <t>Starptautiskās sadarbības nodrošināšana</t>
   </si>
   <si>
     <t>Ārvalstu finanšu palīdzības līdzekļi</t>
   </si>
   <si>
     <t>Eiropas Savienības finanšu instrumenti</t>
   </si>
   <si>
     <t>Eiropas Savienības institūcijas finansējums</t>
   </si>
   <si>
     <t>Eiropas Savienības Padomes finansējums</t>
   </si>
   <si>
     <t>Starptautiskās institūcijas finansējums</t>
   </si>
   <si>
     <t>Starptautisko projektu finanšu līdzekļi</t>
   </si>
   <si>
     <t>Uzņemošās puses finansējums</t>
   </si>
   <si>
+    <t>Valsts pamatbudžets</t>
+  </si>
+  <si>
+    <t>Nīderlande, Hāga</t>
+  </si>
+  <si>
+    <t>galvenais inspektors</t>
+  </si>
+  <si>
+    <t>vecākais inspektors</t>
+  </si>
+  <si>
+    <t>nodaļas priekšnieka vietnieks</t>
+  </si>
+  <si>
+    <t>inspektors</t>
+  </si>
+  <si>
+    <t>pārvaldes priekšnieka vietnieks, nodaļas priekšnieks</t>
+  </si>
+  <si>
+    <t>Dalība Eiropas Savienības institūciju sanāksmē</t>
+  </si>
+  <si>
+    <t>Eiropas Kopienas iniciatīvas</t>
+  </si>
+  <si>
+    <t>Citi Eiropas Savienības politiku instrumenti</t>
+  </si>
+  <si>
     <t>Eiropas Ekonomikas zonas un Norvēģijas finanšu instrumenti</t>
+  </si>
+  <si>
+    <t>Citi finansējuma avoti</t>
+  </si>
+  <si>
+    <t>Lietuva, Viļņa</t>
+  </si>
+  <si>
+    <t>Igaunija, Tallina</t>
+  </si>
+  <si>
+    <t>nodaļas vadītājs</t>
+  </si>
+  <si>
+    <t>pārvaldes priekšnieks</t>
+  </si>
+  <si>
+    <t>Dalība projektu aktivitātēs</t>
+  </si>
+  <si>
+    <t>Dalība Eiropas Komisijas un ES Padomes organizētajās sanāksmēs</t>
+  </si>
+  <si>
+    <t>Dalība CEPOL aktivitātēs</t>
+  </si>
+  <si>
+    <t>Ungārija, Budapešta</t>
+  </si>
+  <si>
+    <t>Francija, Liona</t>
+  </si>
+  <si>
+    <t>Itālija, Roma</t>
+  </si>
+  <si>
+    <t>Beļģija, Brisele</t>
+  </si>
+  <si>
+    <t>Polija, Varšava</t>
+  </si>
+  <si>
+    <t>Polija, Ksjonža Velkopolska</t>
+  </si>
+  <si>
+    <t>Čehija, Prāga</t>
+  </si>
+  <si>
+    <t>nodaļas priekšnieks</t>
+  </si>
+  <si>
+    <t>vecākais programmētājs</t>
+  </si>
+  <si>
+    <t>vecākais speciālists</t>
+  </si>
+  <si>
+    <t>biroja priekšnieks</t>
+  </si>
+  <si>
+    <t>priekšnieka palīgs</t>
+  </si>
+  <si>
+    <t>iecirkņa priekšnieks</t>
+  </si>
+  <si>
+    <t>Francija, Strasbūra</t>
+  </si>
+  <si>
+    <t>Oktobris</t>
+  </si>
+  <si>
+    <t>Francija, Parīze</t>
+  </si>
+  <si>
+    <t>Lietuva, Klaipēda</t>
+  </si>
+  <si>
+    <t>Somija, Vanta</t>
+  </si>
+  <si>
+    <t>Luksemburga, Luksemburga</t>
+  </si>
+  <si>
+    <t>Dānija, Kopenhāgena</t>
+  </si>
+  <si>
+    <t>Saūda Arābija, Džida</t>
+  </si>
+  <si>
+    <t>Vācija, Berlīne</t>
+  </si>
+  <si>
+    <t>Spānija, Barselona</t>
+  </si>
+  <si>
+    <t>Lietuva, Mažeiķi</t>
+  </si>
+  <si>
+    <t>Spānija, Madride</t>
+  </si>
+  <si>
+    <t>Malta, Valleta</t>
+  </si>
+  <si>
+    <t>Portugāle, Lisabona</t>
+  </si>
+  <si>
+    <t>Beļģija, Haselta</t>
+  </si>
+  <si>
+    <t>Polija, Ščitno</t>
+  </si>
+  <si>
+    <t>Lielbritānija, Londona</t>
+  </si>
+  <si>
+    <t>Bulgārija, Sofija</t>
+  </si>
+  <si>
+    <t>Igaunija, Veru</t>
+  </si>
+  <si>
+    <t>Polija, Ļubļina</t>
+  </si>
+  <si>
+    <t>Portugāle, Loures</t>
+  </si>
+  <si>
+    <t>Austrija, Vīne</t>
+  </si>
+  <si>
+    <t>Igaunija, Veike-Mārja</t>
+  </si>
+  <si>
+    <t>biroja priekšnieka vietnieks</t>
+  </si>
+  <si>
+    <t>galvenais speciālists</t>
+  </si>
+  <si>
+    <t>datu aizsardzības speciālists</t>
+  </si>
+  <si>
+    <t>vecākais tiesu eksperts</t>
+  </si>
+  <si>
+    <t>eksperts</t>
+  </si>
+  <si>
+    <t>vecākais eksperts</t>
+  </si>
+  <si>
+    <t>Dalība Railpol ekspertu darba grupas sanāksmē</t>
+  </si>
+  <si>
+    <t>Dalība ROADPOL sanāksmē</t>
+  </si>
+  <si>
+    <t>Dalība starptautiskā seminārā</t>
+  </si>
+  <si>
+    <t>Dalība EMPACT nacionālo koordinatoru sanāksmē</t>
+  </si>
+  <si>
+    <t>Dalība nozares profesionālajā sanāksmē</t>
+  </si>
+  <si>
+    <t>Dalība starptautiskās apmācībās</t>
+  </si>
+  <si>
+    <t>Dalība operatīvajā sanāksmē</t>
+  </si>
+  <si>
+    <t>Dalība starptautiskā sanāksmē</t>
+  </si>
+  <si>
+    <t>Ekonomiskā</t>
+  </si>
+  <si>
+    <t>Novembris</t>
+  </si>
+  <si>
+    <t>Slovākija, Mihalovce</t>
+  </si>
+  <si>
+    <t>Slovākija, Bratislava</t>
+  </si>
+  <si>
+    <t>Kipra, Larnaka</t>
+  </si>
+  <si>
+    <t>Malta, Kavra</t>
+  </si>
+  <si>
+    <t>Itālija, Kazerta</t>
+  </si>
+  <si>
+    <t>Gruzija, Tbilisi</t>
+  </si>
+  <si>
+    <t>Dānija, Odense</t>
+  </si>
+  <si>
+    <t>Lietuva, Pakroja</t>
+  </si>
+  <si>
+    <t>pārvaldes priekšnieka vietnieks</t>
+  </si>
+  <si>
+    <t>Polija, Zelona Gura</t>
+  </si>
+  <si>
+    <t>personāla apmācības speciālists</t>
+  </si>
+  <si>
+    <t>automobiļa vadītājs</t>
+  </si>
+  <si>
+    <t>Somija, Hamēnlinna</t>
+  </si>
+  <si>
+    <t>Lietuva, Druskininki</t>
+  </si>
+  <si>
+    <t>Itālija, Bari</t>
+  </si>
+  <si>
+    <t>Igaunija, Rakvere</t>
+  </si>
+  <si>
+    <t>Rumānija, Bukareste</t>
+  </si>
+  <si>
+    <t>Portugāle, Keluša</t>
+  </si>
+  <si>
+    <t>Beļģija, Antverpene</t>
+  </si>
+  <si>
+    <t>Grieķija, Atēnas</t>
+  </si>
+  <si>
+    <t>Dalība RAILPOL Stratēģiskās Valdes sanāksmē</t>
+  </si>
+  <si>
+    <t>Malta, Floriana</t>
+  </si>
+  <si>
+    <t>Lietuva, Pasvale</t>
+  </si>
+  <si>
+    <t>Maroka, Marrākeša</t>
+  </si>
+  <si>
+    <t>lektors</t>
+  </si>
+  <si>
+    <t>docents</t>
+  </si>
+  <si>
+    <t>Vācija, Nirnberga</t>
+  </si>
+  <si>
+    <t>Igaunija, Pērnava</t>
+  </si>
+  <si>
+    <t>Slovēnija, Ļubļana</t>
+  </si>
+  <si>
+    <t>Decembris</t>
+  </si>
+  <si>
+    <t>Zviedrija, Stokholma</t>
+  </si>
+  <si>
+    <t>Beļģija, Brisele un Gente</t>
+  </si>
+  <si>
+    <t>Nīderlande, Amsterdama</t>
+  </si>
+  <si>
+    <t>Rumānija, Sibiu</t>
+  </si>
+  <si>
+    <t>Lietuva, Kauņa</t>
+  </si>
+  <si>
+    <t>Moldova, Kišiņeva</t>
   </si>
   <si>
     <t>priekšnieks</t>
   </si>
   <si>
+    <t xml:space="preserve">biroja priekšnieks </t>
+  </si>
+  <si>
     <t xml:space="preserve">nodaļas priekšnieks </t>
   </si>
   <si>
-    <t>Biznesa</t>
+    <t>Informācija par ārvalstu komandējumu izdevumiem 2025.gada 4.ceturksnī</t>
+  </si>
+  <si>
+    <t>virsnieks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="14"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.39997558519241921"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
@@ -671,216 +762,264 @@
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color rgb="FF000000"/>
-[...22 lines deleted...]
-      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{0322C273-AFA3-4677-AC34-D53CADA19244}"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFA539E7"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1134,11419 +1273,19174 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{936CCB39-499A-4B3F-A012-31EFE7BED62E}">
-  <dimension ref="A2:CJ196"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F8A15C8-AE04-4F5A-A333-99BF8E0EC9E4}">
+  <dimension ref="A2:CJ277"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A59" workbookViewId="0">
-      <selection activeCell="G185" sqref="G185"/>
+    <sheetView tabSelected="1" topLeftCell="A270" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="F284" sqref="F284"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="39.28515625" customWidth="1"/>
+    <col min="1" max="1" width="8.5546875" style="8"/>
+    <col min="2" max="2" width="28.21875" customWidth="1"/>
+    <col min="3" max="3" width="13.77734375" style="8" customWidth="1"/>
+    <col min="4" max="4" width="8.5546875" style="8"/>
+    <col min="5" max="5" width="16.44140625" customWidth="1"/>
+    <col min="6" max="6" width="42.77734375" style="26" customWidth="1"/>
+    <col min="7" max="7" width="27.88671875" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
-    <col min="9" max="10" width="11.5703125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="17" customWidth="1"/>
+    <col min="9" max="10" width="11.5546875" customWidth="1"/>
+    <col min="11" max="11" width="10.5546875" customWidth="1"/>
+    <col min="12" max="12" width="13.5546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:88" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="29" t="s">
+    <row r="2" spans="1:82" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A2" s="28" t="s">
+        <v>148</v>
+      </c>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+    </row>
+    <row r="3" spans="1:82" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="4" spans="1:82" ht="59.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="29"/>
-[...13 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="E4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="23" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="H4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="I4" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="6" t="s">
+    </row>
+    <row r="5" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="16">
+        <v>1</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D5" s="16">
+        <v>6</v>
+      </c>
+      <c r="E5" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="12">
+        <v>212</v>
+      </c>
+      <c r="L5" s="13">
+        <v>6</v>
+      </c>
+      <c r="M5" s="11"/>
+      <c r="N5" s="11"/>
+      <c r="O5" s="11"/>
+      <c r="P5" s="11"/>
+      <c r="Q5" s="11"/>
+      <c r="R5" s="11"/>
+      <c r="S5" s="11"/>
+      <c r="T5" s="11"/>
+      <c r="U5" s="11"/>
+      <c r="V5" s="11"/>
+      <c r="W5" s="11"/>
+      <c r="X5" s="11"/>
+      <c r="Y5" s="11"/>
+      <c r="Z5" s="11"/>
+      <c r="AA5" s="11"/>
+      <c r="AB5" s="11"/>
+      <c r="AC5" s="11"/>
+      <c r="AD5" s="11"/>
+      <c r="AE5" s="11"/>
+      <c r="AF5" s="11"/>
+      <c r="AG5" s="11"/>
+      <c r="AH5" s="11"/>
+      <c r="AI5" s="11"/>
+      <c r="AJ5" s="11"/>
+      <c r="AK5" s="11"/>
+      <c r="AL5" s="11"/>
+      <c r="AM5" s="11"/>
+      <c r="AN5" s="11"/>
+      <c r="AO5" s="11"/>
+      <c r="AP5" s="11"/>
+      <c r="AQ5" s="11"/>
+      <c r="AR5" s="11"/>
+      <c r="AS5" s="11"/>
+      <c r="AT5" s="11"/>
+      <c r="AU5" s="11"/>
+      <c r="AV5" s="11"/>
+      <c r="AW5" s="11"/>
+      <c r="AX5" s="11"/>
+      <c r="AY5" s="11"/>
+      <c r="AZ5" s="11"/>
+      <c r="BA5" s="11"/>
+      <c r="BB5" s="11"/>
+      <c r="BC5" s="11"/>
+      <c r="BD5" s="11"/>
+      <c r="BE5" s="11"/>
+      <c r="BF5" s="11"/>
+      <c r="BG5" s="11"/>
+      <c r="BH5" s="11"/>
+      <c r="BI5" s="11"/>
+      <c r="BJ5" s="11"/>
+      <c r="BK5" s="11"/>
+      <c r="BL5" s="11"/>
+      <c r="BM5" s="11"/>
+      <c r="BN5" s="11"/>
+      <c r="BO5" s="11"/>
+      <c r="BP5" s="11"/>
+      <c r="BQ5" s="11"/>
+      <c r="BR5" s="11"/>
+      <c r="BS5" s="11"/>
+      <c r="BT5" s="11"/>
+      <c r="BU5" s="11"/>
+      <c r="BV5" s="11"/>
+      <c r="BW5" s="11"/>
+      <c r="BX5" s="11"/>
+      <c r="BY5" s="11"/>
+      <c r="BZ5" s="11"/>
+      <c r="CA5" s="11"/>
+      <c r="CB5" s="11"/>
+      <c r="CC5" s="11"/>
+      <c r="CD5" s="11"/>
+    </row>
+    <row r="6" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="16">
+        <v>2</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" s="16">
+        <v>3</v>
+      </c>
+      <c r="E6" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12">
+        <v>180</v>
+      </c>
+      <c r="L6" s="13">
+        <v>31</v>
+      </c>
+      <c r="M6" s="11"/>
+      <c r="N6" s="11"/>
+      <c r="O6" s="11"/>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11"/>
+      <c r="R6" s="11"/>
+      <c r="S6" s="11"/>
+      <c r="T6" s="11"/>
+      <c r="U6" s="11"/>
+      <c r="V6" s="11"/>
+      <c r="W6" s="11"/>
+      <c r="X6" s="11"/>
+      <c r="Y6" s="11"/>
+      <c r="Z6" s="11"/>
+      <c r="AA6" s="11"/>
+      <c r="AB6" s="11"/>
+      <c r="AC6" s="11"/>
+      <c r="AD6" s="11"/>
+      <c r="AE6" s="11"/>
+      <c r="AF6" s="11"/>
+      <c r="AG6" s="11"/>
+      <c r="AH6" s="11"/>
+      <c r="AI6" s="11"/>
+      <c r="AJ6" s="11"/>
+      <c r="AK6" s="11"/>
+      <c r="AL6" s="11"/>
+      <c r="AM6" s="11"/>
+      <c r="AN6" s="11"/>
+      <c r="AO6" s="11"/>
+      <c r="AP6" s="11"/>
+      <c r="AQ6" s="11"/>
+      <c r="AR6" s="11"/>
+      <c r="AS6" s="11"/>
+      <c r="AT6" s="11"/>
+      <c r="AU6" s="11"/>
+      <c r="AV6" s="11"/>
+      <c r="AW6" s="11"/>
+      <c r="AX6" s="11"/>
+      <c r="AY6" s="11"/>
+      <c r="AZ6" s="11"/>
+      <c r="BA6" s="11"/>
+      <c r="BB6" s="11"/>
+      <c r="BC6" s="11"/>
+      <c r="BD6" s="11"/>
+      <c r="BE6" s="11"/>
+      <c r="BF6" s="11"/>
+      <c r="BG6" s="11"/>
+      <c r="BH6" s="11"/>
+      <c r="BI6" s="11"/>
+      <c r="BJ6" s="11"/>
+      <c r="BK6" s="11"/>
+      <c r="BL6" s="11"/>
+      <c r="BM6" s="11"/>
+      <c r="BN6" s="11"/>
+      <c r="BO6" s="11"/>
+      <c r="BP6" s="11"/>
+      <c r="BQ6" s="11"/>
+      <c r="BR6" s="11"/>
+      <c r="BS6" s="11"/>
+      <c r="BT6" s="11"/>
+      <c r="BU6" s="11"/>
+      <c r="BV6" s="11"/>
+      <c r="BW6" s="11"/>
+      <c r="BX6" s="11"/>
+      <c r="BY6" s="11"/>
+      <c r="BZ6" s="11"/>
+      <c r="CA6" s="11"/>
+      <c r="CB6" s="11"/>
+      <c r="CC6" s="11"/>
+      <c r="CD6" s="11"/>
+    </row>
+    <row r="7" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="16">
+        <v>3</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" s="16">
+        <v>5</v>
+      </c>
+      <c r="E7" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="12"/>
+      <c r="I7" s="12"/>
+      <c r="J7" s="12"/>
+      <c r="K7" s="12">
+        <v>150.5</v>
+      </c>
+      <c r="L7" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="16">
+        <v>4</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" s="16">
+        <v>2</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" s="12"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12">
+        <v>60</v>
+      </c>
+      <c r="L8" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="16">
+        <v>5</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" s="16">
+        <v>2</v>
+      </c>
+      <c r="E9" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12">
+        <v>60</v>
+      </c>
+      <c r="L9" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="16">
+        <v>6</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" s="16">
+        <v>2</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12">
+        <v>120</v>
+      </c>
+      <c r="L10" s="13">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="16">
+        <v>7</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" s="16">
+        <v>3</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="12">
+        <v>180</v>
+      </c>
+      <c r="L11" s="13">
+        <v>36.200000000000003</v>
+      </c>
+    </row>
+    <row r="12" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="29">
+        <v>8</v>
+      </c>
+      <c r="B12" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" s="29">
+        <v>3</v>
+      </c>
+      <c r="E12" s="33" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="G12" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12">
+        <v>285.88</v>
+      </c>
+      <c r="J12" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" s="12"/>
+      <c r="L12" s="13"/>
+    </row>
+    <row r="13" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="30"/>
+      <c r="B13" s="32"/>
+      <c r="C13" s="34"/>
+      <c r="D13" s="30"/>
+      <c r="E13" s="34"/>
+      <c r="F13" s="34"/>
+      <c r="G13" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13" s="12"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="12"/>
+      <c r="K13" s="12">
+        <v>138</v>
+      </c>
+      <c r="L13" s="13">
+        <v>31.45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="16">
+        <v>9</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" s="16">
+        <v>3</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H14" s="12">
+        <v>292</v>
+      </c>
+      <c r="I14" s="12">
+        <v>219.82</v>
+      </c>
+      <c r="J14" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" s="12">
+        <v>180</v>
+      </c>
+      <c r="L14" s="13">
+        <v>22.65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="16">
+        <v>10</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" s="16">
+        <v>2</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="12">
+        <v>120</v>
+      </c>
+      <c r="L15" s="13">
+        <v>30.7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="16">
+        <v>11</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" s="16">
+        <v>3</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" s="12">
+        <v>149</v>
+      </c>
+      <c r="I16" s="12"/>
+      <c r="J16" s="12"/>
+      <c r="K16" s="12">
+        <v>69</v>
+      </c>
+      <c r="L16" s="13">
+        <v>52.1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:88" s="9" customFormat="1" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="16">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="7">
+      <c r="B17" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" s="16">
+        <v>3</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F17" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" s="12">
+        <v>149</v>
+      </c>
+      <c r="I17" s="12"/>
+      <c r="J17" s="12"/>
+      <c r="K17" s="12">
+        <v>69</v>
+      </c>
+      <c r="L17" s="13">
+        <v>2.1</v>
+      </c>
+      <c r="M17"/>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+      <c r="R17"/>
+      <c r="S17"/>
+      <c r="T17"/>
+      <c r="U17"/>
+      <c r="V17"/>
+      <c r="W17"/>
+      <c r="X17"/>
+      <c r="Y17"/>
+      <c r="Z17"/>
+      <c r="AA17"/>
+      <c r="AB17"/>
+      <c r="AC17"/>
+      <c r="AD17"/>
+      <c r="AE17"/>
+      <c r="AF17"/>
+      <c r="AG17"/>
+      <c r="AH17"/>
+      <c r="AI17"/>
+      <c r="AJ17"/>
+      <c r="AK17"/>
+      <c r="AL17"/>
+      <c r="AM17"/>
+      <c r="AN17"/>
+      <c r="AO17"/>
+      <c r="AP17"/>
+      <c r="AQ17"/>
+      <c r="AR17"/>
+      <c r="AS17"/>
+      <c r="AT17"/>
+      <c r="AU17"/>
+      <c r="AV17"/>
+      <c r="AW17"/>
+      <c r="AX17"/>
+      <c r="AY17"/>
+      <c r="AZ17"/>
+      <c r="BA17"/>
+      <c r="BB17"/>
+      <c r="BC17"/>
+      <c r="BD17"/>
+      <c r="BE17"/>
+      <c r="BF17"/>
+      <c r="BG17"/>
+      <c r="BH17"/>
+      <c r="BI17"/>
+      <c r="BJ17"/>
+      <c r="BK17"/>
+      <c r="BL17"/>
+      <c r="BM17"/>
+      <c r="BN17"/>
+      <c r="BO17"/>
+      <c r="BP17"/>
+      <c r="BQ17"/>
+      <c r="BR17"/>
+      <c r="BS17"/>
+      <c r="BT17"/>
+      <c r="BU17"/>
+      <c r="BV17"/>
+      <c r="BW17"/>
+      <c r="BX17"/>
+      <c r="BY17"/>
+      <c r="BZ17"/>
+      <c r="CA17"/>
+      <c r="CB17"/>
+      <c r="CC17"/>
+      <c r="CD17"/>
+      <c r="CE17"/>
+      <c r="CF17"/>
+      <c r="CG17"/>
+      <c r="CH17"/>
+      <c r="CI17"/>
+      <c r="CJ17"/>
+    </row>
+    <row r="18" spans="1:88" s="9" customFormat="1" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="16">
+        <v>13</v>
+      </c>
+      <c r="B18" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" s="16">
         <v>1</v>
       </c>
-      <c r="B5" s="8" t="s">
+      <c r="E18" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12">
+        <v>30</v>
+      </c>
+      <c r="L18" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M18"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+      <c r="W18"/>
+      <c r="X18"/>
+      <c r="Y18"/>
+      <c r="Z18"/>
+      <c r="AA18"/>
+      <c r="AB18"/>
+      <c r="AC18"/>
+      <c r="AD18"/>
+      <c r="AE18"/>
+      <c r="AF18"/>
+      <c r="AG18"/>
+      <c r="AH18"/>
+      <c r="AI18"/>
+      <c r="AJ18"/>
+      <c r="AK18"/>
+      <c r="AL18"/>
+      <c r="AM18"/>
+      <c r="AN18"/>
+      <c r="AO18"/>
+      <c r="AP18"/>
+      <c r="AQ18"/>
+      <c r="AR18"/>
+      <c r="AS18"/>
+      <c r="AT18"/>
+      <c r="AU18"/>
+      <c r="AV18"/>
+      <c r="AW18"/>
+      <c r="AX18"/>
+      <c r="AY18"/>
+      <c r="AZ18"/>
+      <c r="BA18"/>
+      <c r="BB18"/>
+      <c r="BC18"/>
+      <c r="BD18"/>
+      <c r="BE18"/>
+      <c r="BF18"/>
+      <c r="BG18"/>
+      <c r="BH18"/>
+      <c r="BI18"/>
+      <c r="BJ18"/>
+      <c r="BK18"/>
+      <c r="BL18"/>
+      <c r="BM18"/>
+      <c r="BN18"/>
+      <c r="BO18"/>
+      <c r="BP18"/>
+      <c r="BQ18"/>
+      <c r="BR18"/>
+      <c r="BS18"/>
+      <c r="BT18"/>
+      <c r="BU18"/>
+      <c r="BV18"/>
+      <c r="BW18"/>
+      <c r="BX18"/>
+      <c r="BY18"/>
+      <c r="BZ18"/>
+      <c r="CA18"/>
+      <c r="CB18"/>
+      <c r="CC18"/>
+      <c r="CD18"/>
+      <c r="CE18"/>
+      <c r="CF18"/>
+      <c r="CG18"/>
+      <c r="CH18"/>
+      <c r="CI18"/>
+      <c r="CJ18"/>
+    </row>
+    <row r="19" spans="1:88" s="9" customFormat="1" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="16">
+        <v>14</v>
+      </c>
+      <c r="B19" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="16">
+        <v>1</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12">
+        <v>30</v>
+      </c>
+      <c r="L19" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M19"/>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19"/>
+      <c r="W19"/>
+      <c r="X19"/>
+      <c r="Y19"/>
+      <c r="Z19"/>
+      <c r="AA19"/>
+      <c r="AB19"/>
+      <c r="AC19"/>
+      <c r="AD19"/>
+      <c r="AE19"/>
+      <c r="AF19"/>
+      <c r="AG19"/>
+      <c r="AH19"/>
+      <c r="AI19"/>
+      <c r="AJ19"/>
+      <c r="AK19"/>
+      <c r="AL19"/>
+      <c r="AM19"/>
+      <c r="AN19"/>
+      <c r="AO19"/>
+      <c r="AP19"/>
+      <c r="AQ19"/>
+      <c r="AR19"/>
+      <c r="AS19"/>
+      <c r="AT19"/>
+      <c r="AU19"/>
+      <c r="AV19"/>
+      <c r="AW19"/>
+      <c r="AX19"/>
+      <c r="AY19"/>
+      <c r="AZ19"/>
+      <c r="BA19"/>
+      <c r="BB19"/>
+      <c r="BC19"/>
+      <c r="BD19"/>
+      <c r="BE19"/>
+      <c r="BF19"/>
+      <c r="BG19"/>
+      <c r="BH19"/>
+      <c r="BI19"/>
+      <c r="BJ19"/>
+      <c r="BK19"/>
+      <c r="BL19"/>
+      <c r="BM19"/>
+      <c r="BN19"/>
+      <c r="BO19"/>
+      <c r="BP19"/>
+      <c r="BQ19"/>
+      <c r="BR19"/>
+      <c r="BS19"/>
+      <c r="BT19"/>
+      <c r="BU19"/>
+      <c r="BV19"/>
+      <c r="BW19"/>
+      <c r="BX19"/>
+      <c r="BY19"/>
+      <c r="BZ19"/>
+      <c r="CA19"/>
+      <c r="CB19"/>
+      <c r="CC19"/>
+      <c r="CD19"/>
+      <c r="CE19"/>
+      <c r="CF19"/>
+      <c r="CG19"/>
+      <c r="CH19"/>
+      <c r="CI19"/>
+      <c r="CJ19"/>
+    </row>
+    <row r="20" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="16">
+        <v>15</v>
+      </c>
+      <c r="B20" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="16">
+        <v>1</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12">
+        <v>30</v>
+      </c>
+      <c r="L20" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M20" s="11"/>
+      <c r="N20" s="11"/>
+      <c r="O20" s="11"/>
+      <c r="P20" s="11"/>
+      <c r="Q20" s="11"/>
+      <c r="R20" s="11"/>
+      <c r="S20" s="11"/>
+      <c r="T20" s="11"/>
+      <c r="U20" s="11"/>
+      <c r="V20" s="11"/>
+      <c r="W20" s="11"/>
+      <c r="X20" s="11"/>
+      <c r="Y20" s="11"/>
+      <c r="Z20" s="11"/>
+      <c r="AA20" s="11"/>
+      <c r="AB20" s="11"/>
+      <c r="AC20" s="11"/>
+      <c r="AD20" s="11"/>
+      <c r="AE20" s="11"/>
+      <c r="AF20" s="11"/>
+      <c r="AG20" s="11"/>
+      <c r="AH20" s="11"/>
+      <c r="AI20" s="11"/>
+      <c r="AJ20" s="11"/>
+      <c r="AK20" s="11"/>
+      <c r="AL20" s="11"/>
+      <c r="AM20" s="11"/>
+      <c r="AN20" s="11"/>
+      <c r="AO20" s="11"/>
+      <c r="AP20" s="11"/>
+      <c r="AQ20" s="11"/>
+      <c r="AR20" s="11"/>
+      <c r="AS20" s="11"/>
+      <c r="AT20" s="11"/>
+      <c r="AU20" s="11"/>
+      <c r="AV20" s="11"/>
+      <c r="AW20" s="11"/>
+      <c r="AX20" s="11"/>
+      <c r="AY20" s="11"/>
+      <c r="AZ20" s="11"/>
+      <c r="BA20" s="11"/>
+      <c r="BB20" s="11"/>
+      <c r="BC20" s="11"/>
+      <c r="BD20" s="11"/>
+      <c r="BE20" s="11"/>
+      <c r="BF20" s="11"/>
+      <c r="BG20" s="11"/>
+      <c r="BH20" s="11"/>
+      <c r="BI20" s="11"/>
+      <c r="BJ20" s="11"/>
+      <c r="BK20" s="11"/>
+      <c r="BL20" s="11"/>
+      <c r="BM20" s="11"/>
+      <c r="BN20" s="11"/>
+      <c r="BO20" s="11"/>
+      <c r="BP20" s="11"/>
+      <c r="BQ20" s="11"/>
+      <c r="BR20" s="11"/>
+      <c r="BS20" s="11"/>
+      <c r="BT20" s="11"/>
+      <c r="BU20" s="11"/>
+      <c r="BV20" s="11"/>
+      <c r="BW20" s="11"/>
+      <c r="BX20" s="11"/>
+      <c r="BY20" s="11"/>
+      <c r="BZ20" s="11"/>
+      <c r="CA20" s="11"/>
+      <c r="CB20" s="11"/>
+      <c r="CC20" s="11"/>
+      <c r="CD20" s="11"/>
+    </row>
+    <row r="21" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="16">
+        <v>16</v>
+      </c>
+      <c r="B21" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D21" s="16">
+        <v>3</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12">
+        <v>126.5</v>
+      </c>
+      <c r="L21" s="13">
+        <v>3</v>
+      </c>
+      <c r="M21" s="11"/>
+      <c r="N21" s="11"/>
+      <c r="O21" s="11"/>
+      <c r="P21" s="11"/>
+      <c r="Q21" s="11"/>
+      <c r="R21" s="11"/>
+      <c r="S21" s="11"/>
+      <c r="T21" s="11"/>
+      <c r="U21" s="11"/>
+      <c r="V21" s="11"/>
+      <c r="W21" s="11"/>
+      <c r="X21" s="11"/>
+      <c r="Y21" s="11"/>
+      <c r="Z21" s="11"/>
+      <c r="AA21" s="11"/>
+      <c r="AB21" s="11"/>
+      <c r="AC21" s="11"/>
+      <c r="AD21" s="11"/>
+      <c r="AE21" s="11"/>
+      <c r="AF21" s="11"/>
+      <c r="AG21" s="11"/>
+      <c r="AH21" s="11"/>
+      <c r="AI21" s="11"/>
+      <c r="AJ21" s="11"/>
+      <c r="AK21" s="11"/>
+      <c r="AL21" s="11"/>
+      <c r="AM21" s="11"/>
+      <c r="AN21" s="11"/>
+      <c r="AO21" s="11"/>
+      <c r="AP21" s="11"/>
+      <c r="AQ21" s="11"/>
+      <c r="AR21" s="11"/>
+      <c r="AS21" s="11"/>
+      <c r="AT21" s="11"/>
+      <c r="AU21" s="11"/>
+      <c r="AV21" s="11"/>
+      <c r="AW21" s="11"/>
+      <c r="AX21" s="11"/>
+      <c r="AY21" s="11"/>
+      <c r="AZ21" s="11"/>
+      <c r="BA21" s="11"/>
+      <c r="BB21" s="11"/>
+      <c r="BC21" s="11"/>
+      <c r="BD21" s="11"/>
+      <c r="BE21" s="11"/>
+      <c r="BF21" s="11"/>
+      <c r="BG21" s="11"/>
+      <c r="BH21" s="11"/>
+      <c r="BI21" s="11"/>
+      <c r="BJ21" s="11"/>
+      <c r="BK21" s="11"/>
+      <c r="BL21" s="11"/>
+      <c r="BM21" s="11"/>
+      <c r="BN21" s="11"/>
+      <c r="BO21" s="11"/>
+      <c r="BP21" s="11"/>
+      <c r="BQ21" s="11"/>
+      <c r="BR21" s="11"/>
+      <c r="BS21" s="11"/>
+      <c r="BT21" s="11"/>
+      <c r="BU21" s="11"/>
+      <c r="BV21" s="11"/>
+      <c r="BW21" s="11"/>
+      <c r="BX21" s="11"/>
+      <c r="BY21" s="11"/>
+      <c r="BZ21" s="11"/>
+      <c r="CA21" s="11"/>
+      <c r="CB21" s="11"/>
+      <c r="CC21" s="11"/>
+      <c r="CD21" s="11"/>
+    </row>
+    <row r="22" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="16">
+        <v>17</v>
+      </c>
+      <c r="B22" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D22" s="16">
+        <v>7</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F22" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H22" s="12">
+        <v>696</v>
+      </c>
+      <c r="I22" s="12"/>
+      <c r="J22" s="12"/>
+      <c r="K22" s="12">
+        <v>560.28</v>
+      </c>
+      <c r="L22" s="13">
+        <v>11.22</v>
+      </c>
+      <c r="M22" s="11"/>
+      <c r="N22" s="11"/>
+      <c r="O22" s="11"/>
+      <c r="P22" s="11"/>
+      <c r="Q22" s="11"/>
+      <c r="R22" s="11"/>
+      <c r="S22" s="11"/>
+      <c r="T22" s="11"/>
+      <c r="U22" s="11"/>
+      <c r="V22" s="11"/>
+      <c r="W22" s="11"/>
+      <c r="X22" s="11"/>
+      <c r="Y22" s="11"/>
+      <c r="Z22" s="11"/>
+      <c r="AA22" s="11"/>
+      <c r="AB22" s="11"/>
+      <c r="AC22" s="11"/>
+      <c r="AD22" s="11"/>
+      <c r="AE22" s="11"/>
+      <c r="AF22" s="11"/>
+      <c r="AG22" s="11"/>
+      <c r="AH22" s="11"/>
+      <c r="AI22" s="11"/>
+      <c r="AJ22" s="11"/>
+      <c r="AK22" s="11"/>
+      <c r="AL22" s="11"/>
+      <c r="AM22" s="11"/>
+      <c r="AN22" s="11"/>
+      <c r="AO22" s="11"/>
+      <c r="AP22" s="11"/>
+      <c r="AQ22" s="11"/>
+      <c r="AR22" s="11"/>
+      <c r="AS22" s="11"/>
+      <c r="AT22" s="11"/>
+      <c r="AU22" s="11"/>
+      <c r="AV22" s="11"/>
+      <c r="AW22" s="11"/>
+      <c r="AX22" s="11"/>
+      <c r="AY22" s="11"/>
+      <c r="AZ22" s="11"/>
+      <c r="BA22" s="11"/>
+      <c r="BB22" s="11"/>
+      <c r="BC22" s="11"/>
+      <c r="BD22" s="11"/>
+      <c r="BE22" s="11"/>
+      <c r="BF22" s="11"/>
+      <c r="BG22" s="11"/>
+      <c r="BH22" s="11"/>
+      <c r="BI22" s="11"/>
+      <c r="BJ22" s="11"/>
+      <c r="BK22" s="11"/>
+      <c r="BL22" s="11"/>
+      <c r="BM22" s="11"/>
+      <c r="BN22" s="11"/>
+      <c r="BO22" s="11"/>
+      <c r="BP22" s="11"/>
+      <c r="BQ22" s="11"/>
+      <c r="BR22" s="11"/>
+      <c r="BS22" s="11"/>
+      <c r="BT22" s="11"/>
+      <c r="BU22" s="11"/>
+      <c r="BV22" s="11"/>
+      <c r="BW22" s="11"/>
+      <c r="BX22" s="11"/>
+      <c r="BY22" s="11"/>
+      <c r="BZ22" s="11"/>
+      <c r="CA22" s="11"/>
+      <c r="CB22" s="11"/>
+      <c r="CC22" s="11"/>
+      <c r="CD22" s="11"/>
+    </row>
+    <row r="23" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="16">
+        <v>18</v>
+      </c>
+      <c r="B23" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D23" s="16">
+        <v>2</v>
+      </c>
+      <c r="E23" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="F23" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12">
+        <v>120</v>
+      </c>
+      <c r="L23" s="13">
+        <v>30</v>
+      </c>
+      <c r="M23" s="11"/>
+      <c r="N23" s="11"/>
+      <c r="O23" s="11"/>
+      <c r="P23" s="11"/>
+      <c r="Q23" s="11"/>
+      <c r="R23" s="11"/>
+      <c r="S23" s="11"/>
+      <c r="T23" s="11"/>
+      <c r="U23" s="11"/>
+      <c r="V23" s="11"/>
+      <c r="W23" s="11"/>
+      <c r="X23" s="11"/>
+      <c r="Y23" s="11"/>
+      <c r="Z23" s="11"/>
+      <c r="AA23" s="11"/>
+      <c r="AB23" s="11"/>
+      <c r="AC23" s="11"/>
+      <c r="AD23" s="11"/>
+      <c r="AE23" s="11"/>
+      <c r="AF23" s="11"/>
+      <c r="AG23" s="11"/>
+      <c r="AH23" s="11"/>
+      <c r="AI23" s="11"/>
+      <c r="AJ23" s="11"/>
+      <c r="AK23" s="11"/>
+      <c r="AL23" s="11"/>
+      <c r="AM23" s="11"/>
+      <c r="AN23" s="11"/>
+      <c r="AO23" s="11"/>
+      <c r="AP23" s="11"/>
+      <c r="AQ23" s="11"/>
+      <c r="AR23" s="11"/>
+      <c r="AS23" s="11"/>
+      <c r="AT23" s="11"/>
+      <c r="AU23" s="11"/>
+      <c r="AV23" s="11"/>
+      <c r="AW23" s="11"/>
+      <c r="AX23" s="11"/>
+      <c r="AY23" s="11"/>
+      <c r="AZ23" s="11"/>
+      <c r="BA23" s="11"/>
+      <c r="BB23" s="11"/>
+      <c r="BC23" s="11"/>
+      <c r="BD23" s="11"/>
+      <c r="BE23" s="11"/>
+      <c r="BF23" s="11"/>
+      <c r="BG23" s="11"/>
+      <c r="BH23" s="11"/>
+      <c r="BI23" s="11"/>
+      <c r="BJ23" s="11"/>
+      <c r="BK23" s="11"/>
+      <c r="BL23" s="11"/>
+      <c r="BM23" s="11"/>
+      <c r="BN23" s="11"/>
+      <c r="BO23" s="11"/>
+      <c r="BP23" s="11"/>
+      <c r="BQ23" s="11"/>
+      <c r="BR23" s="11"/>
+      <c r="BS23" s="11"/>
+      <c r="BT23" s="11"/>
+      <c r="BU23" s="11"/>
+      <c r="BV23" s="11"/>
+      <c r="BW23" s="11"/>
+      <c r="BX23" s="11"/>
+      <c r="BY23" s="11"/>
+      <c r="BZ23" s="11"/>
+      <c r="CA23" s="11"/>
+      <c r="CB23" s="11"/>
+      <c r="CC23" s="11"/>
+      <c r="CD23" s="11"/>
+    </row>
+    <row r="24" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="16">
+        <v>19</v>
+      </c>
+      <c r="B24" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" s="16">
+        <v>3</v>
+      </c>
+      <c r="E24" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F24" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12">
+        <v>126.5</v>
+      </c>
+      <c r="L24" s="13">
+        <v>6.4</v>
+      </c>
+      <c r="M24" s="11"/>
+      <c r="N24" s="11"/>
+      <c r="O24" s="11"/>
+      <c r="P24" s="11"/>
+      <c r="Q24" s="11"/>
+      <c r="R24" s="11"/>
+      <c r="S24" s="11"/>
+      <c r="T24" s="11"/>
+      <c r="U24" s="11"/>
+      <c r="V24" s="11"/>
+      <c r="W24" s="11"/>
+      <c r="X24" s="11"/>
+      <c r="Y24" s="11"/>
+      <c r="Z24" s="11"/>
+      <c r="AA24" s="11"/>
+      <c r="AB24" s="11"/>
+      <c r="AC24" s="11"/>
+      <c r="AD24" s="11"/>
+      <c r="AE24" s="11"/>
+      <c r="AF24" s="11"/>
+      <c r="AG24" s="11"/>
+      <c r="AH24" s="11"/>
+      <c r="AI24" s="11"/>
+      <c r="AJ24" s="11"/>
+      <c r="AK24" s="11"/>
+      <c r="AL24" s="11"/>
+      <c r="AM24" s="11"/>
+      <c r="AN24" s="11"/>
+      <c r="AO24" s="11"/>
+      <c r="AP24" s="11"/>
+      <c r="AQ24" s="11"/>
+      <c r="AR24" s="11"/>
+      <c r="AS24" s="11"/>
+      <c r="AT24" s="11"/>
+      <c r="AU24" s="11"/>
+      <c r="AV24" s="11"/>
+      <c r="AW24" s="11"/>
+      <c r="AX24" s="11"/>
+      <c r="AY24" s="11"/>
+      <c r="AZ24" s="11"/>
+      <c r="BA24" s="11"/>
+      <c r="BB24" s="11"/>
+      <c r="BC24" s="11"/>
+      <c r="BD24" s="11"/>
+      <c r="BE24" s="11"/>
+      <c r="BF24" s="11"/>
+      <c r="BG24" s="11"/>
+      <c r="BH24" s="11"/>
+      <c r="BI24" s="11"/>
+      <c r="BJ24" s="11"/>
+      <c r="BK24" s="11"/>
+      <c r="BL24" s="11"/>
+      <c r="BM24" s="11"/>
+      <c r="BN24" s="11"/>
+      <c r="BO24" s="11"/>
+      <c r="BP24" s="11"/>
+      <c r="BQ24" s="11"/>
+      <c r="BR24" s="11"/>
+      <c r="BS24" s="11"/>
+      <c r="BT24" s="11"/>
+      <c r="BU24" s="11"/>
+      <c r="BV24" s="11"/>
+      <c r="BW24" s="11"/>
+      <c r="BX24" s="11"/>
+      <c r="BY24" s="11"/>
+      <c r="BZ24" s="11"/>
+      <c r="CA24" s="11"/>
+      <c r="CB24" s="11"/>
+      <c r="CC24" s="11"/>
+      <c r="CD24" s="11"/>
+    </row>
+    <row r="25" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="16">
+        <v>20</v>
+      </c>
+      <c r="B25" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" s="16">
+        <v>3</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F25" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12">
+        <v>126.5</v>
+      </c>
+      <c r="L25" s="13">
+        <v>3</v>
+      </c>
+      <c r="M25" s="11"/>
+      <c r="N25" s="11"/>
+      <c r="O25" s="11"/>
+      <c r="P25" s="11"/>
+      <c r="Q25" s="11"/>
+      <c r="R25" s="11"/>
+      <c r="S25" s="11"/>
+      <c r="T25" s="11"/>
+      <c r="U25" s="11"/>
+      <c r="V25" s="11"/>
+      <c r="W25" s="11"/>
+      <c r="X25" s="11"/>
+      <c r="Y25" s="11"/>
+      <c r="Z25" s="11"/>
+      <c r="AA25" s="11"/>
+      <c r="AB25" s="11"/>
+      <c r="AC25" s="11"/>
+      <c r="AD25" s="11"/>
+      <c r="AE25" s="11"/>
+      <c r="AF25" s="11"/>
+      <c r="AG25" s="11"/>
+      <c r="AH25" s="11"/>
+      <c r="AI25" s="11"/>
+      <c r="AJ25" s="11"/>
+      <c r="AK25" s="11"/>
+      <c r="AL25" s="11"/>
+      <c r="AM25" s="11"/>
+      <c r="AN25" s="11"/>
+      <c r="AO25" s="11"/>
+      <c r="AP25" s="11"/>
+      <c r="AQ25" s="11"/>
+      <c r="AR25" s="11"/>
+      <c r="AS25" s="11"/>
+      <c r="AT25" s="11"/>
+      <c r="AU25" s="11"/>
+      <c r="AV25" s="11"/>
+      <c r="AW25" s="11"/>
+      <c r="AX25" s="11"/>
+      <c r="AY25" s="11"/>
+      <c r="AZ25" s="11"/>
+      <c r="BA25" s="11"/>
+      <c r="BB25" s="11"/>
+      <c r="BC25" s="11"/>
+      <c r="BD25" s="11"/>
+      <c r="BE25" s="11"/>
+      <c r="BF25" s="11"/>
+      <c r="BG25" s="11"/>
+      <c r="BH25" s="11"/>
+      <c r="BI25" s="11"/>
+      <c r="BJ25" s="11"/>
+      <c r="BK25" s="11"/>
+      <c r="BL25" s="11"/>
+      <c r="BM25" s="11"/>
+      <c r="BN25" s="11"/>
+      <c r="BO25" s="11"/>
+      <c r="BP25" s="11"/>
+      <c r="BQ25" s="11"/>
+      <c r="BR25" s="11"/>
+      <c r="BS25" s="11"/>
+      <c r="BT25" s="11"/>
+      <c r="BU25" s="11"/>
+      <c r="BV25" s="11"/>
+      <c r="BW25" s="11"/>
+      <c r="BX25" s="11"/>
+      <c r="BY25" s="11"/>
+      <c r="BZ25" s="11"/>
+      <c r="CA25" s="11"/>
+      <c r="CB25" s="11"/>
+      <c r="CC25" s="11"/>
+      <c r="CD25" s="11"/>
+    </row>
+    <row r="26" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="16">
+        <v>21</v>
+      </c>
+      <c r="B26" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="16">
+        <v>3</v>
+      </c>
+      <c r="E26" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F26" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H26" s="12"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="12">
+        <v>138</v>
+      </c>
+      <c r="L26" s="13">
+        <v>3</v>
+      </c>
+      <c r="M26" s="11"/>
+      <c r="N26" s="11"/>
+      <c r="O26" s="11"/>
+      <c r="P26" s="11"/>
+      <c r="Q26" s="11"/>
+      <c r="R26" s="11"/>
+      <c r="S26" s="11"/>
+      <c r="T26" s="11"/>
+      <c r="U26" s="11"/>
+      <c r="V26" s="11"/>
+      <c r="W26" s="11"/>
+      <c r="X26" s="11"/>
+      <c r="Y26" s="11"/>
+      <c r="Z26" s="11"/>
+      <c r="AA26" s="11"/>
+      <c r="AB26" s="11"/>
+      <c r="AC26" s="11"/>
+      <c r="AD26" s="11"/>
+      <c r="AE26" s="11"/>
+      <c r="AF26" s="11"/>
+      <c r="AG26" s="11"/>
+      <c r="AH26" s="11"/>
+      <c r="AI26" s="11"/>
+      <c r="AJ26" s="11"/>
+      <c r="AK26" s="11"/>
+      <c r="AL26" s="11"/>
+      <c r="AM26" s="11"/>
+      <c r="AN26" s="11"/>
+      <c r="AO26" s="11"/>
+      <c r="AP26" s="11"/>
+      <c r="AQ26" s="11"/>
+      <c r="AR26" s="11"/>
+      <c r="AS26" s="11"/>
+      <c r="AT26" s="11"/>
+      <c r="AU26" s="11"/>
+      <c r="AV26" s="11"/>
+      <c r="AW26" s="11"/>
+      <c r="AX26" s="11"/>
+      <c r="AY26" s="11"/>
+      <c r="AZ26" s="11"/>
+      <c r="BA26" s="11"/>
+      <c r="BB26" s="11"/>
+      <c r="BC26" s="11"/>
+      <c r="BD26" s="11"/>
+      <c r="BE26" s="11"/>
+      <c r="BF26" s="11"/>
+      <c r="BG26" s="11"/>
+      <c r="BH26" s="11"/>
+      <c r="BI26" s="11"/>
+      <c r="BJ26" s="11"/>
+      <c r="BK26" s="11"/>
+      <c r="BL26" s="11"/>
+      <c r="BM26" s="11"/>
+      <c r="BN26" s="11"/>
+      <c r="BO26" s="11"/>
+      <c r="BP26" s="11"/>
+      <c r="BQ26" s="11"/>
+      <c r="BR26" s="11"/>
+      <c r="BS26" s="11"/>
+      <c r="BT26" s="11"/>
+      <c r="BU26" s="11"/>
+      <c r="BV26" s="11"/>
+      <c r="BW26" s="11"/>
+      <c r="BX26" s="11"/>
+      <c r="BY26" s="11"/>
+      <c r="BZ26" s="11"/>
+      <c r="CA26" s="11"/>
+      <c r="CB26" s="11"/>
+      <c r="CC26" s="11"/>
+      <c r="CD26" s="11"/>
+    </row>
+    <row r="27" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="16">
+        <v>22</v>
+      </c>
+      <c r="B27" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" s="16">
+        <v>3</v>
+      </c>
+      <c r="E27" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F27" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12">
+        <v>138</v>
+      </c>
+      <c r="L27" s="13">
+        <v>3</v>
+      </c>
+      <c r="M27" s="11"/>
+      <c r="N27" s="11"/>
+      <c r="O27" s="11"/>
+      <c r="P27" s="11"/>
+      <c r="Q27" s="11"/>
+      <c r="R27" s="11"/>
+      <c r="S27" s="11"/>
+      <c r="T27" s="11"/>
+      <c r="U27" s="11"/>
+      <c r="V27" s="11"/>
+      <c r="W27" s="11"/>
+      <c r="X27" s="11"/>
+      <c r="Y27" s="11"/>
+      <c r="Z27" s="11"/>
+      <c r="AA27" s="11"/>
+      <c r="AB27" s="11"/>
+      <c r="AC27" s="11"/>
+      <c r="AD27" s="11"/>
+      <c r="AE27" s="11"/>
+      <c r="AF27" s="11"/>
+      <c r="AG27" s="11"/>
+      <c r="AH27" s="11"/>
+      <c r="AI27" s="11"/>
+      <c r="AJ27" s="11"/>
+      <c r="AK27" s="11"/>
+      <c r="AL27" s="11"/>
+      <c r="AM27" s="11"/>
+      <c r="AN27" s="11"/>
+      <c r="AO27" s="11"/>
+      <c r="AP27" s="11"/>
+      <c r="AQ27" s="11"/>
+      <c r="AR27" s="11"/>
+      <c r="AS27" s="11"/>
+      <c r="AT27" s="11"/>
+      <c r="AU27" s="11"/>
+      <c r="AV27" s="11"/>
+      <c r="AW27" s="11"/>
+      <c r="AX27" s="11"/>
+      <c r="AY27" s="11"/>
+      <c r="AZ27" s="11"/>
+      <c r="BA27" s="11"/>
+      <c r="BB27" s="11"/>
+      <c r="BC27" s="11"/>
+      <c r="BD27" s="11"/>
+      <c r="BE27" s="11"/>
+      <c r="BF27" s="11"/>
+      <c r="BG27" s="11"/>
+      <c r="BH27" s="11"/>
+      <c r="BI27" s="11"/>
+      <c r="BJ27" s="11"/>
+      <c r="BK27" s="11"/>
+      <c r="BL27" s="11"/>
+      <c r="BM27" s="11"/>
+      <c r="BN27" s="11"/>
+      <c r="BO27" s="11"/>
+      <c r="BP27" s="11"/>
+      <c r="BQ27" s="11"/>
+      <c r="BR27" s="11"/>
+      <c r="BS27" s="11"/>
+      <c r="BT27" s="11"/>
+      <c r="BU27" s="11"/>
+      <c r="BV27" s="11"/>
+      <c r="BW27" s="11"/>
+      <c r="BX27" s="11"/>
+      <c r="BY27" s="11"/>
+      <c r="BZ27" s="11"/>
+      <c r="CA27" s="11"/>
+      <c r="CB27" s="11"/>
+      <c r="CC27" s="11"/>
+      <c r="CD27" s="11"/>
+    </row>
+    <row r="28" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="16">
+        <v>23</v>
+      </c>
+      <c r="B28" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" s="16">
+        <v>3</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F28" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G28" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12">
+        <v>138</v>
+      </c>
+      <c r="L28" s="13">
+        <v>3</v>
+      </c>
+      <c r="M28" s="11"/>
+      <c r="N28" s="11"/>
+      <c r="O28" s="11"/>
+      <c r="P28" s="11"/>
+      <c r="Q28" s="11"/>
+      <c r="R28" s="11"/>
+      <c r="S28" s="11"/>
+      <c r="T28" s="11"/>
+      <c r="U28" s="11"/>
+      <c r="V28" s="11"/>
+      <c r="W28" s="11"/>
+      <c r="X28" s="11"/>
+      <c r="Y28" s="11"/>
+      <c r="Z28" s="11"/>
+      <c r="AA28" s="11"/>
+      <c r="AB28" s="11"/>
+      <c r="AC28" s="11"/>
+      <c r="AD28" s="11"/>
+      <c r="AE28" s="11"/>
+      <c r="AF28" s="11"/>
+      <c r="AG28" s="11"/>
+      <c r="AH28" s="11"/>
+      <c r="AI28" s="11"/>
+      <c r="AJ28" s="11"/>
+      <c r="AK28" s="11"/>
+      <c r="AL28" s="11"/>
+      <c r="AM28" s="11"/>
+      <c r="AN28" s="11"/>
+      <c r="AO28" s="11"/>
+      <c r="AP28" s="11"/>
+      <c r="AQ28" s="11"/>
+      <c r="AR28" s="11"/>
+      <c r="AS28" s="11"/>
+      <c r="AT28" s="11"/>
+      <c r="AU28" s="11"/>
+      <c r="AV28" s="11"/>
+      <c r="AW28" s="11"/>
+      <c r="AX28" s="11"/>
+      <c r="AY28" s="11"/>
+      <c r="AZ28" s="11"/>
+      <c r="BA28" s="11"/>
+      <c r="BB28" s="11"/>
+      <c r="BC28" s="11"/>
+      <c r="BD28" s="11"/>
+      <c r="BE28" s="11"/>
+      <c r="BF28" s="11"/>
+      <c r="BG28" s="11"/>
+      <c r="BH28" s="11"/>
+      <c r="BI28" s="11"/>
+      <c r="BJ28" s="11"/>
+      <c r="BK28" s="11"/>
+      <c r="BL28" s="11"/>
+      <c r="BM28" s="11"/>
+      <c r="BN28" s="11"/>
+      <c r="BO28" s="11"/>
+      <c r="BP28" s="11"/>
+      <c r="BQ28" s="11"/>
+      <c r="BR28" s="11"/>
+      <c r="BS28" s="11"/>
+      <c r="BT28" s="11"/>
+      <c r="BU28" s="11"/>
+      <c r="BV28" s="11"/>
+      <c r="BW28" s="11"/>
+      <c r="BX28" s="11"/>
+      <c r="BY28" s="11"/>
+      <c r="BZ28" s="11"/>
+      <c r="CA28" s="11"/>
+      <c r="CB28" s="11"/>
+      <c r="CC28" s="11"/>
+      <c r="CD28" s="11"/>
+    </row>
+    <row r="29" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="16">
+        <v>24</v>
+      </c>
+      <c r="B29" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C29" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" s="16">
+        <v>3</v>
+      </c>
+      <c r="E29" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12">
+        <v>138</v>
+      </c>
+      <c r="L29" s="13">
+        <v>3</v>
+      </c>
+      <c r="M29" s="11"/>
+      <c r="N29" s="11"/>
+      <c r="O29" s="11"/>
+      <c r="P29" s="11"/>
+      <c r="Q29" s="11"/>
+      <c r="R29" s="11"/>
+      <c r="S29" s="11"/>
+      <c r="T29" s="11"/>
+      <c r="U29" s="11"/>
+      <c r="V29" s="11"/>
+      <c r="W29" s="11"/>
+      <c r="X29" s="11"/>
+      <c r="Y29" s="11"/>
+      <c r="Z29" s="11"/>
+      <c r="AA29" s="11"/>
+      <c r="AB29" s="11"/>
+      <c r="AC29" s="11"/>
+      <c r="AD29" s="11"/>
+      <c r="AE29" s="11"/>
+      <c r="AF29" s="11"/>
+      <c r="AG29" s="11"/>
+      <c r="AH29" s="11"/>
+      <c r="AI29" s="11"/>
+      <c r="AJ29" s="11"/>
+      <c r="AK29" s="11"/>
+      <c r="AL29" s="11"/>
+      <c r="AM29" s="11"/>
+      <c r="AN29" s="11"/>
+      <c r="AO29" s="11"/>
+      <c r="AP29" s="11"/>
+      <c r="AQ29" s="11"/>
+      <c r="AR29" s="11"/>
+      <c r="AS29" s="11"/>
+      <c r="AT29" s="11"/>
+      <c r="AU29" s="11"/>
+      <c r="AV29" s="11"/>
+      <c r="AW29" s="11"/>
+      <c r="AX29" s="11"/>
+      <c r="AY29" s="11"/>
+      <c r="AZ29" s="11"/>
+      <c r="BA29" s="11"/>
+      <c r="BB29" s="11"/>
+      <c r="BC29" s="11"/>
+      <c r="BD29" s="11"/>
+      <c r="BE29" s="11"/>
+      <c r="BF29" s="11"/>
+      <c r="BG29" s="11"/>
+      <c r="BH29" s="11"/>
+      <c r="BI29" s="11"/>
+      <c r="BJ29" s="11"/>
+      <c r="BK29" s="11"/>
+      <c r="BL29" s="11"/>
+      <c r="BM29" s="11"/>
+      <c r="BN29" s="11"/>
+      <c r="BO29" s="11"/>
+      <c r="BP29" s="11"/>
+      <c r="BQ29" s="11"/>
+      <c r="BR29" s="11"/>
+      <c r="BS29" s="11"/>
+      <c r="BT29" s="11"/>
+      <c r="BU29" s="11"/>
+      <c r="BV29" s="11"/>
+      <c r="BW29" s="11"/>
+      <c r="BX29" s="11"/>
+      <c r="BY29" s="11"/>
+      <c r="BZ29" s="11"/>
+      <c r="CA29" s="11"/>
+      <c r="CB29" s="11"/>
+      <c r="CC29" s="11"/>
+      <c r="CD29" s="11"/>
+    </row>
+    <row r="30" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="16">
+        <v>25</v>
+      </c>
+      <c r="B30" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" s="16">
+        <v>3</v>
+      </c>
+      <c r="E30" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F30" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G30" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12">
+        <v>138</v>
+      </c>
+      <c r="L30" s="13">
+        <v>3</v>
+      </c>
+      <c r="M30" s="11"/>
+      <c r="N30" s="11"/>
+      <c r="O30" s="11"/>
+      <c r="P30" s="11"/>
+      <c r="Q30" s="11"/>
+      <c r="R30" s="11"/>
+      <c r="S30" s="11"/>
+      <c r="T30" s="11"/>
+      <c r="U30" s="11"/>
+      <c r="V30" s="11"/>
+      <c r="W30" s="11"/>
+      <c r="X30" s="11"/>
+      <c r="Y30" s="11"/>
+      <c r="Z30" s="11"/>
+      <c r="AA30" s="11"/>
+      <c r="AB30" s="11"/>
+      <c r="AC30" s="11"/>
+      <c r="AD30" s="11"/>
+      <c r="AE30" s="11"/>
+      <c r="AF30" s="11"/>
+      <c r="AG30" s="11"/>
+      <c r="AH30" s="11"/>
+      <c r="AI30" s="11"/>
+      <c r="AJ30" s="11"/>
+      <c r="AK30" s="11"/>
+      <c r="AL30" s="11"/>
+      <c r="AM30" s="11"/>
+      <c r="AN30" s="11"/>
+      <c r="AO30" s="11"/>
+      <c r="AP30" s="11"/>
+      <c r="AQ30" s="11"/>
+      <c r="AR30" s="11"/>
+      <c r="AS30" s="11"/>
+      <c r="AT30" s="11"/>
+      <c r="AU30" s="11"/>
+      <c r="AV30" s="11"/>
+      <c r="AW30" s="11"/>
+      <c r="AX30" s="11"/>
+      <c r="AY30" s="11"/>
+      <c r="AZ30" s="11"/>
+      <c r="BA30" s="11"/>
+      <c r="BB30" s="11"/>
+      <c r="BC30" s="11"/>
+      <c r="BD30" s="11"/>
+      <c r="BE30" s="11"/>
+      <c r="BF30" s="11"/>
+      <c r="BG30" s="11"/>
+      <c r="BH30" s="11"/>
+      <c r="BI30" s="11"/>
+      <c r="BJ30" s="11"/>
+      <c r="BK30" s="11"/>
+      <c r="BL30" s="11"/>
+      <c r="BM30" s="11"/>
+      <c r="BN30" s="11"/>
+      <c r="BO30" s="11"/>
+      <c r="BP30" s="11"/>
+      <c r="BQ30" s="11"/>
+      <c r="BR30" s="11"/>
+      <c r="BS30" s="11"/>
+      <c r="BT30" s="11"/>
+      <c r="BU30" s="11"/>
+      <c r="BV30" s="11"/>
+      <c r="BW30" s="11"/>
+      <c r="BX30" s="11"/>
+      <c r="BY30" s="11"/>
+      <c r="BZ30" s="11"/>
+      <c r="CA30" s="11"/>
+      <c r="CB30" s="11"/>
+      <c r="CC30" s="11"/>
+      <c r="CD30" s="11"/>
+    </row>
+    <row r="31" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="16">
+        <v>26</v>
+      </c>
+      <c r="B31" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D31" s="16">
+        <v>3</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F31" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G31" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H31" s="12"/>
+      <c r="I31" s="12"/>
+      <c r="J31" s="12"/>
+      <c r="K31" s="12">
+        <v>138</v>
+      </c>
+      <c r="L31" s="13">
+        <v>3</v>
+      </c>
+      <c r="M31" s="11"/>
+      <c r="N31" s="11"/>
+      <c r="O31" s="11"/>
+      <c r="P31" s="11"/>
+      <c r="Q31" s="11"/>
+      <c r="R31" s="11"/>
+      <c r="S31" s="11"/>
+      <c r="T31" s="11"/>
+      <c r="U31" s="11"/>
+      <c r="V31" s="11"/>
+      <c r="W31" s="11"/>
+      <c r="X31" s="11"/>
+      <c r="Y31" s="11"/>
+      <c r="Z31" s="11"/>
+      <c r="AA31" s="11"/>
+      <c r="AB31" s="11"/>
+      <c r="AC31" s="11"/>
+      <c r="AD31" s="11"/>
+      <c r="AE31" s="11"/>
+      <c r="AF31" s="11"/>
+      <c r="AG31" s="11"/>
+      <c r="AH31" s="11"/>
+      <c r="AI31" s="11"/>
+      <c r="AJ31" s="11"/>
+      <c r="AK31" s="11"/>
+      <c r="AL31" s="11"/>
+      <c r="AM31" s="11"/>
+      <c r="AN31" s="11"/>
+      <c r="AO31" s="11"/>
+      <c r="AP31" s="11"/>
+      <c r="AQ31" s="11"/>
+      <c r="AR31" s="11"/>
+      <c r="AS31" s="11"/>
+      <c r="AT31" s="11"/>
+      <c r="AU31" s="11"/>
+      <c r="AV31" s="11"/>
+      <c r="AW31" s="11"/>
+      <c r="AX31" s="11"/>
+      <c r="AY31" s="11"/>
+      <c r="AZ31" s="11"/>
+      <c r="BA31" s="11"/>
+      <c r="BB31" s="11"/>
+      <c r="BC31" s="11"/>
+      <c r="BD31" s="11"/>
+      <c r="BE31" s="11"/>
+      <c r="BF31" s="11"/>
+      <c r="BG31" s="11"/>
+      <c r="BH31" s="11"/>
+      <c r="BI31" s="11"/>
+      <c r="BJ31" s="11"/>
+      <c r="BK31" s="11"/>
+      <c r="BL31" s="11"/>
+      <c r="BM31" s="11"/>
+      <c r="BN31" s="11"/>
+      <c r="BO31" s="11"/>
+      <c r="BP31" s="11"/>
+      <c r="BQ31" s="11"/>
+      <c r="BR31" s="11"/>
+      <c r="BS31" s="11"/>
+      <c r="BT31" s="11"/>
+      <c r="BU31" s="11"/>
+      <c r="BV31" s="11"/>
+      <c r="BW31" s="11"/>
+      <c r="BX31" s="11"/>
+      <c r="BY31" s="11"/>
+      <c r="BZ31" s="11"/>
+      <c r="CA31" s="11"/>
+      <c r="CB31" s="11"/>
+      <c r="CC31" s="11"/>
+      <c r="CD31" s="11"/>
+    </row>
+    <row r="32" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="16">
+        <v>27</v>
+      </c>
+      <c r="B32" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D32" s="16">
+        <v>3</v>
+      </c>
+      <c r="E32" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G32" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="12"/>
+      <c r="K32" s="12">
+        <v>180</v>
+      </c>
+      <c r="L32" s="13">
+        <v>98.8</v>
+      </c>
+      <c r="M32" s="11"/>
+      <c r="N32" s="11"/>
+      <c r="O32" s="11"/>
+      <c r="P32" s="11"/>
+      <c r="Q32" s="11"/>
+      <c r="R32" s="11"/>
+      <c r="S32" s="11"/>
+      <c r="T32" s="11"/>
+      <c r="U32" s="11"/>
+      <c r="V32" s="11"/>
+      <c r="W32" s="11"/>
+      <c r="X32" s="11"/>
+      <c r="Y32" s="11"/>
+      <c r="Z32" s="11"/>
+      <c r="AA32" s="11"/>
+      <c r="AB32" s="11"/>
+      <c r="AC32" s="11"/>
+      <c r="AD32" s="11"/>
+      <c r="AE32" s="11"/>
+      <c r="AF32" s="11"/>
+      <c r="AG32" s="11"/>
+      <c r="AH32" s="11"/>
+      <c r="AI32" s="11"/>
+      <c r="AJ32" s="11"/>
+      <c r="AK32" s="11"/>
+      <c r="AL32" s="11"/>
+      <c r="AM32" s="11"/>
+      <c r="AN32" s="11"/>
+      <c r="AO32" s="11"/>
+      <c r="AP32" s="11"/>
+      <c r="AQ32" s="11"/>
+      <c r="AR32" s="11"/>
+      <c r="AS32" s="11"/>
+      <c r="AT32" s="11"/>
+      <c r="AU32" s="11"/>
+      <c r="AV32" s="11"/>
+      <c r="AW32" s="11"/>
+      <c r="AX32" s="11"/>
+      <c r="AY32" s="11"/>
+      <c r="AZ32" s="11"/>
+      <c r="BA32" s="11"/>
+      <c r="BB32" s="11"/>
+      <c r="BC32" s="11"/>
+      <c r="BD32" s="11"/>
+      <c r="BE32" s="11"/>
+      <c r="BF32" s="11"/>
+      <c r="BG32" s="11"/>
+      <c r="BH32" s="11"/>
+      <c r="BI32" s="11"/>
+      <c r="BJ32" s="11"/>
+      <c r="BK32" s="11"/>
+      <c r="BL32" s="11"/>
+      <c r="BM32" s="11"/>
+      <c r="BN32" s="11"/>
+      <c r="BO32" s="11"/>
+      <c r="BP32" s="11"/>
+      <c r="BQ32" s="11"/>
+      <c r="BR32" s="11"/>
+      <c r="BS32" s="11"/>
+      <c r="BT32" s="11"/>
+      <c r="BU32" s="11"/>
+      <c r="BV32" s="11"/>
+      <c r="BW32" s="11"/>
+      <c r="BX32" s="11"/>
+      <c r="BY32" s="11"/>
+      <c r="BZ32" s="11"/>
+      <c r="CA32" s="11"/>
+      <c r="CB32" s="11"/>
+      <c r="CC32" s="11"/>
+      <c r="CD32" s="11"/>
+    </row>
+    <row r="33" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="16">
+        <v>28</v>
+      </c>
+      <c r="B33" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D33" s="16">
+        <v>3</v>
+      </c>
+      <c r="E33" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F33" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H33" s="12"/>
+      <c r="I33" s="12"/>
+      <c r="J33" s="12"/>
+      <c r="K33" s="12">
+        <v>180</v>
+      </c>
+      <c r="L33" s="13">
+        <v>47.8</v>
+      </c>
+      <c r="M33" s="11"/>
+      <c r="N33" s="11"/>
+      <c r="O33" s="11"/>
+      <c r="P33" s="11"/>
+      <c r="Q33" s="11"/>
+      <c r="R33" s="11"/>
+      <c r="S33" s="11"/>
+      <c r="T33" s="11"/>
+      <c r="U33" s="11"/>
+      <c r="V33" s="11"/>
+      <c r="W33" s="11"/>
+      <c r="X33" s="11"/>
+      <c r="Y33" s="11"/>
+      <c r="Z33" s="11"/>
+      <c r="AA33" s="11"/>
+      <c r="AB33" s="11"/>
+      <c r="AC33" s="11"/>
+      <c r="AD33" s="11"/>
+      <c r="AE33" s="11"/>
+      <c r="AF33" s="11"/>
+      <c r="AG33" s="11"/>
+      <c r="AH33" s="11"/>
+      <c r="AI33" s="11"/>
+      <c r="AJ33" s="11"/>
+      <c r="AK33" s="11"/>
+      <c r="AL33" s="11"/>
+      <c r="AM33" s="11"/>
+      <c r="AN33" s="11"/>
+      <c r="AO33" s="11"/>
+      <c r="AP33" s="11"/>
+      <c r="AQ33" s="11"/>
+      <c r="AR33" s="11"/>
+      <c r="AS33" s="11"/>
+      <c r="AT33" s="11"/>
+      <c r="AU33" s="11"/>
+      <c r="AV33" s="11"/>
+      <c r="AW33" s="11"/>
+      <c r="AX33" s="11"/>
+      <c r="AY33" s="11"/>
+      <c r="AZ33" s="11"/>
+      <c r="BA33" s="11"/>
+      <c r="BB33" s="11"/>
+      <c r="BC33" s="11"/>
+      <c r="BD33" s="11"/>
+      <c r="BE33" s="11"/>
+      <c r="BF33" s="11"/>
+      <c r="BG33" s="11"/>
+      <c r="BH33" s="11"/>
+      <c r="BI33" s="11"/>
+      <c r="BJ33" s="11"/>
+      <c r="BK33" s="11"/>
+      <c r="BL33" s="11"/>
+      <c r="BM33" s="11"/>
+      <c r="BN33" s="11"/>
+      <c r="BO33" s="11"/>
+      <c r="BP33" s="11"/>
+      <c r="BQ33" s="11"/>
+      <c r="BR33" s="11"/>
+      <c r="BS33" s="11"/>
+      <c r="BT33" s="11"/>
+      <c r="BU33" s="11"/>
+      <c r="BV33" s="11"/>
+      <c r="BW33" s="11"/>
+      <c r="BX33" s="11"/>
+      <c r="BY33" s="11"/>
+      <c r="BZ33" s="11"/>
+      <c r="CA33" s="11"/>
+      <c r="CB33" s="11"/>
+      <c r="CC33" s="11"/>
+      <c r="CD33" s="11"/>
+    </row>
+    <row r="34" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="16">
+        <v>29</v>
+      </c>
+      <c r="B34" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D34" s="16">
+        <v>5</v>
+      </c>
+      <c r="E34" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F34" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="12"/>
+      <c r="K34" s="12">
+        <v>174</v>
+      </c>
+      <c r="L34" s="13">
+        <v>5</v>
+      </c>
+      <c r="M34" s="11"/>
+      <c r="N34" s="11"/>
+      <c r="O34" s="11"/>
+      <c r="P34" s="11"/>
+      <c r="Q34" s="11"/>
+      <c r="R34" s="11"/>
+      <c r="S34" s="11"/>
+      <c r="T34" s="11"/>
+      <c r="U34" s="11"/>
+      <c r="V34" s="11"/>
+      <c r="W34" s="11"/>
+      <c r="X34" s="11"/>
+      <c r="Y34" s="11"/>
+      <c r="Z34" s="11"/>
+      <c r="AA34" s="11"/>
+      <c r="AB34" s="11"/>
+      <c r="AC34" s="11"/>
+      <c r="AD34" s="11"/>
+      <c r="AE34" s="11"/>
+      <c r="AF34" s="11"/>
+      <c r="AG34" s="11"/>
+      <c r="AH34" s="11"/>
+      <c r="AI34" s="11"/>
+      <c r="AJ34" s="11"/>
+      <c r="AK34" s="11"/>
+      <c r="AL34" s="11"/>
+      <c r="AM34" s="11"/>
+      <c r="AN34" s="11"/>
+      <c r="AO34" s="11"/>
+      <c r="AP34" s="11"/>
+      <c r="AQ34" s="11"/>
+      <c r="AR34" s="11"/>
+      <c r="AS34" s="11"/>
+      <c r="AT34" s="11"/>
+      <c r="AU34" s="11"/>
+      <c r="AV34" s="11"/>
+      <c r="AW34" s="11"/>
+      <c r="AX34" s="11"/>
+      <c r="AY34" s="11"/>
+      <c r="AZ34" s="11"/>
+      <c r="BA34" s="11"/>
+      <c r="BB34" s="11"/>
+      <c r="BC34" s="11"/>
+      <c r="BD34" s="11"/>
+      <c r="BE34" s="11"/>
+      <c r="BF34" s="11"/>
+      <c r="BG34" s="11"/>
+      <c r="BH34" s="11"/>
+      <c r="BI34" s="11"/>
+      <c r="BJ34" s="11"/>
+      <c r="BK34" s="11"/>
+      <c r="BL34" s="11"/>
+      <c r="BM34" s="11"/>
+      <c r="BN34" s="11"/>
+      <c r="BO34" s="11"/>
+      <c r="BP34" s="11"/>
+      <c r="BQ34" s="11"/>
+      <c r="BR34" s="11"/>
+      <c r="BS34" s="11"/>
+      <c r="BT34" s="11"/>
+      <c r="BU34" s="11"/>
+      <c r="BV34" s="11"/>
+      <c r="BW34" s="11"/>
+      <c r="BX34" s="11"/>
+      <c r="BY34" s="11"/>
+      <c r="BZ34" s="11"/>
+      <c r="CA34" s="11"/>
+      <c r="CB34" s="11"/>
+      <c r="CC34" s="11"/>
+      <c r="CD34" s="11"/>
+    </row>
+    <row r="35" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="16">
+        <v>30</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C35" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D35" s="16">
+        <v>5</v>
+      </c>
+      <c r="E35" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F35" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G35" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H35" s="12"/>
+      <c r="I35" s="12"/>
+      <c r="J35" s="12"/>
+      <c r="K35" s="12">
+        <v>174</v>
+      </c>
+      <c r="L35" s="13">
+        <v>5</v>
+      </c>
+      <c r="M35" s="11"/>
+      <c r="N35" s="11"/>
+      <c r="O35" s="11"/>
+      <c r="P35" s="11"/>
+      <c r="Q35" s="11"/>
+      <c r="R35" s="11"/>
+      <c r="S35" s="11"/>
+      <c r="T35" s="11"/>
+      <c r="U35" s="11"/>
+      <c r="V35" s="11"/>
+      <c r="W35" s="11"/>
+      <c r="X35" s="11"/>
+      <c r="Y35" s="11"/>
+      <c r="Z35" s="11"/>
+      <c r="AA35" s="11"/>
+      <c r="AB35" s="11"/>
+      <c r="AC35" s="11"/>
+      <c r="AD35" s="11"/>
+      <c r="AE35" s="11"/>
+      <c r="AF35" s="11"/>
+      <c r="AG35" s="11"/>
+      <c r="AH35" s="11"/>
+      <c r="AI35" s="11"/>
+      <c r="AJ35" s="11"/>
+      <c r="AK35" s="11"/>
+      <c r="AL35" s="11"/>
+      <c r="AM35" s="11"/>
+      <c r="AN35" s="11"/>
+      <c r="AO35" s="11"/>
+      <c r="AP35" s="11"/>
+      <c r="AQ35" s="11"/>
+      <c r="AR35" s="11"/>
+      <c r="AS35" s="11"/>
+      <c r="AT35" s="11"/>
+      <c r="AU35" s="11"/>
+      <c r="AV35" s="11"/>
+      <c r="AW35" s="11"/>
+      <c r="AX35" s="11"/>
+      <c r="AY35" s="11"/>
+      <c r="AZ35" s="11"/>
+      <c r="BA35" s="11"/>
+      <c r="BB35" s="11"/>
+      <c r="BC35" s="11"/>
+      <c r="BD35" s="11"/>
+      <c r="BE35" s="11"/>
+      <c r="BF35" s="11"/>
+      <c r="BG35" s="11"/>
+      <c r="BH35" s="11"/>
+      <c r="BI35" s="11"/>
+      <c r="BJ35" s="11"/>
+      <c r="BK35" s="11"/>
+      <c r="BL35" s="11"/>
+      <c r="BM35" s="11"/>
+      <c r="BN35" s="11"/>
+      <c r="BO35" s="11"/>
+      <c r="BP35" s="11"/>
+      <c r="BQ35" s="11"/>
+      <c r="BR35" s="11"/>
+      <c r="BS35" s="11"/>
+      <c r="BT35" s="11"/>
+      <c r="BU35" s="11"/>
+      <c r="BV35" s="11"/>
+      <c r="BW35" s="11"/>
+      <c r="BX35" s="11"/>
+      <c r="BY35" s="11"/>
+      <c r="BZ35" s="11"/>
+      <c r="CA35" s="11"/>
+      <c r="CB35" s="11"/>
+      <c r="CC35" s="11"/>
+      <c r="CD35" s="11"/>
+    </row>
+    <row r="36" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="16">
+        <v>31</v>
+      </c>
+      <c r="B36" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D36" s="16">
+        <v>5</v>
+      </c>
+      <c r="E36" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F36" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="12"/>
+      <c r="K36" s="12">
+        <v>250</v>
+      </c>
+      <c r="L36" s="13">
+        <v>9</v>
+      </c>
+      <c r="M36" s="11"/>
+      <c r="N36" s="11"/>
+      <c r="O36" s="11"/>
+      <c r="P36" s="11"/>
+      <c r="Q36" s="11"/>
+      <c r="R36" s="11"/>
+      <c r="S36" s="11"/>
+      <c r="T36" s="11"/>
+      <c r="U36" s="11"/>
+      <c r="V36" s="11"/>
+      <c r="W36" s="11"/>
+      <c r="X36" s="11"/>
+      <c r="Y36" s="11"/>
+      <c r="Z36" s="11"/>
+      <c r="AA36" s="11"/>
+      <c r="AB36" s="11"/>
+      <c r="AC36" s="11"/>
+      <c r="AD36" s="11"/>
+      <c r="AE36" s="11"/>
+      <c r="AF36" s="11"/>
+      <c r="AG36" s="11"/>
+      <c r="AH36" s="11"/>
+      <c r="AI36" s="11"/>
+      <c r="AJ36" s="11"/>
+      <c r="AK36" s="11"/>
+      <c r="AL36" s="11"/>
+      <c r="AM36" s="11"/>
+      <c r="AN36" s="11"/>
+      <c r="AO36" s="11"/>
+      <c r="AP36" s="11"/>
+      <c r="AQ36" s="11"/>
+      <c r="AR36" s="11"/>
+      <c r="AS36" s="11"/>
+      <c r="AT36" s="11"/>
+      <c r="AU36" s="11"/>
+      <c r="AV36" s="11"/>
+      <c r="AW36" s="11"/>
+      <c r="AX36" s="11"/>
+      <c r="AY36" s="11"/>
+      <c r="AZ36" s="11"/>
+      <c r="BA36" s="11"/>
+      <c r="BB36" s="11"/>
+      <c r="BC36" s="11"/>
+      <c r="BD36" s="11"/>
+      <c r="BE36" s="11"/>
+      <c r="BF36" s="11"/>
+      <c r="BG36" s="11"/>
+      <c r="BH36" s="11"/>
+      <c r="BI36" s="11"/>
+      <c r="BJ36" s="11"/>
+      <c r="BK36" s="11"/>
+      <c r="BL36" s="11"/>
+      <c r="BM36" s="11"/>
+      <c r="BN36" s="11"/>
+      <c r="BO36" s="11"/>
+      <c r="BP36" s="11"/>
+      <c r="BQ36" s="11"/>
+      <c r="BR36" s="11"/>
+      <c r="BS36" s="11"/>
+      <c r="BT36" s="11"/>
+      <c r="BU36" s="11"/>
+      <c r="BV36" s="11"/>
+      <c r="BW36" s="11"/>
+      <c r="BX36" s="11"/>
+      <c r="BY36" s="11"/>
+      <c r="BZ36" s="11"/>
+      <c r="CA36" s="11"/>
+      <c r="CB36" s="11"/>
+      <c r="CC36" s="11"/>
+      <c r="CD36" s="11"/>
+    </row>
+    <row r="37" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="16">
+        <v>32</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C37" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D37" s="16">
+        <v>5</v>
+      </c>
+      <c r="E37" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F37" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="G37" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H37" s="12">
+        <v>539.37</v>
+      </c>
+      <c r="I37" s="12">
+        <v>241.15</v>
+      </c>
+      <c r="J37" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K37" s="12">
+        <v>175</v>
+      </c>
+      <c r="L37" s="13">
+        <v>40</v>
+      </c>
+      <c r="M37" s="11"/>
+      <c r="N37" s="11"/>
+      <c r="O37" s="11"/>
+      <c r="P37" s="11"/>
+      <c r="Q37" s="11"/>
+      <c r="R37" s="11"/>
+      <c r="S37" s="11"/>
+      <c r="T37" s="11"/>
+      <c r="U37" s="11"/>
+      <c r="V37" s="11"/>
+      <c r="W37" s="11"/>
+      <c r="X37" s="11"/>
+      <c r="Y37" s="11"/>
+      <c r="Z37" s="11"/>
+      <c r="AA37" s="11"/>
+      <c r="AB37" s="11"/>
+      <c r="AC37" s="11"/>
+      <c r="AD37" s="11"/>
+      <c r="AE37" s="11"/>
+      <c r="AF37" s="11"/>
+      <c r="AG37" s="11"/>
+      <c r="AH37" s="11"/>
+      <c r="AI37" s="11"/>
+      <c r="AJ37" s="11"/>
+      <c r="AK37" s="11"/>
+      <c r="AL37" s="11"/>
+      <c r="AM37" s="11"/>
+      <c r="AN37" s="11"/>
+      <c r="AO37" s="11"/>
+      <c r="AP37" s="11"/>
+      <c r="AQ37" s="11"/>
+      <c r="AR37" s="11"/>
+      <c r="AS37" s="11"/>
+      <c r="AT37" s="11"/>
+      <c r="AU37" s="11"/>
+      <c r="AV37" s="11"/>
+      <c r="AW37" s="11"/>
+      <c r="AX37" s="11"/>
+      <c r="AY37" s="11"/>
+      <c r="AZ37" s="11"/>
+      <c r="BA37" s="11"/>
+      <c r="BB37" s="11"/>
+      <c r="BC37" s="11"/>
+      <c r="BD37" s="11"/>
+      <c r="BE37" s="11"/>
+      <c r="BF37" s="11"/>
+      <c r="BG37" s="11"/>
+      <c r="BH37" s="11"/>
+      <c r="BI37" s="11"/>
+      <c r="BJ37" s="11"/>
+      <c r="BK37" s="11"/>
+      <c r="BL37" s="11"/>
+      <c r="BM37" s="11"/>
+      <c r="BN37" s="11"/>
+      <c r="BO37" s="11"/>
+      <c r="BP37" s="11"/>
+      <c r="BQ37" s="11"/>
+      <c r="BR37" s="11"/>
+      <c r="BS37" s="11"/>
+      <c r="BT37" s="11"/>
+      <c r="BU37" s="11"/>
+      <c r="BV37" s="11"/>
+      <c r="BW37" s="11"/>
+      <c r="BX37" s="11"/>
+      <c r="BY37" s="11"/>
+      <c r="BZ37" s="11"/>
+      <c r="CA37" s="11"/>
+      <c r="CB37" s="11"/>
+      <c r="CC37" s="11"/>
+      <c r="CD37" s="11"/>
+    </row>
+    <row r="38" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="16">
+        <v>33</v>
+      </c>
+      <c r="B38" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="C38" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D38" s="16">
+        <v>5</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F38" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="G38" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H38" s="12">
+        <v>520</v>
+      </c>
+      <c r="I38" s="12">
+        <v>241.15</v>
+      </c>
+      <c r="J38" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K38" s="12">
+        <v>175</v>
+      </c>
+      <c r="L38" s="13">
+        <v>40</v>
+      </c>
+      <c r="M38" s="11"/>
+      <c r="N38" s="11"/>
+      <c r="O38" s="11"/>
+      <c r="P38" s="11"/>
+      <c r="Q38" s="11"/>
+      <c r="R38" s="11"/>
+      <c r="S38" s="11"/>
+      <c r="T38" s="11"/>
+      <c r="U38" s="11"/>
+      <c r="V38" s="11"/>
+      <c r="W38" s="11"/>
+      <c r="X38" s="11"/>
+      <c r="Y38" s="11"/>
+      <c r="Z38" s="11"/>
+      <c r="AA38" s="11"/>
+      <c r="AB38" s="11"/>
+      <c r="AC38" s="11"/>
+      <c r="AD38" s="11"/>
+      <c r="AE38" s="11"/>
+      <c r="AF38" s="11"/>
+      <c r="AG38" s="11"/>
+      <c r="AH38" s="11"/>
+      <c r="AI38" s="11"/>
+      <c r="AJ38" s="11"/>
+      <c r="AK38" s="11"/>
+      <c r="AL38" s="11"/>
+      <c r="AM38" s="11"/>
+      <c r="AN38" s="11"/>
+      <c r="AO38" s="11"/>
+      <c r="AP38" s="11"/>
+      <c r="AQ38" s="11"/>
+      <c r="AR38" s="11"/>
+      <c r="AS38" s="11"/>
+      <c r="AT38" s="11"/>
+      <c r="AU38" s="11"/>
+      <c r="AV38" s="11"/>
+      <c r="AW38" s="11"/>
+      <c r="AX38" s="11"/>
+      <c r="AY38" s="11"/>
+      <c r="AZ38" s="11"/>
+      <c r="BA38" s="11"/>
+      <c r="BB38" s="11"/>
+      <c r="BC38" s="11"/>
+      <c r="BD38" s="11"/>
+      <c r="BE38" s="11"/>
+      <c r="BF38" s="11"/>
+      <c r="BG38" s="11"/>
+      <c r="BH38" s="11"/>
+      <c r="BI38" s="11"/>
+      <c r="BJ38" s="11"/>
+      <c r="BK38" s="11"/>
+      <c r="BL38" s="11"/>
+      <c r="BM38" s="11"/>
+      <c r="BN38" s="11"/>
+      <c r="BO38" s="11"/>
+      <c r="BP38" s="11"/>
+      <c r="BQ38" s="11"/>
+      <c r="BR38" s="11"/>
+      <c r="BS38" s="11"/>
+      <c r="BT38" s="11"/>
+      <c r="BU38" s="11"/>
+      <c r="BV38" s="11"/>
+      <c r="BW38" s="11"/>
+      <c r="BX38" s="11"/>
+      <c r="BY38" s="11"/>
+      <c r="BZ38" s="11"/>
+      <c r="CA38" s="11"/>
+      <c r="CB38" s="11"/>
+      <c r="CC38" s="11"/>
+      <c r="CD38" s="11"/>
+    </row>
+    <row r="39" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="16">
+        <v>34</v>
+      </c>
+      <c r="B39" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C39" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D39" s="16">
+        <v>3</v>
+      </c>
+      <c r="E39" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F39" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G39" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="12"/>
+      <c r="K39" s="12">
+        <v>80.5</v>
+      </c>
+      <c r="L39" s="13">
+        <v>10.91</v>
+      </c>
+      <c r="M39" s="11"/>
+      <c r="N39" s="11"/>
+      <c r="O39" s="11"/>
+      <c r="P39" s="11"/>
+      <c r="Q39" s="11"/>
+      <c r="R39" s="11"/>
+      <c r="S39" s="11"/>
+      <c r="T39" s="11"/>
+      <c r="U39" s="11"/>
+      <c r="V39" s="11"/>
+      <c r="W39" s="11"/>
+      <c r="X39" s="11"/>
+      <c r="Y39" s="11"/>
+      <c r="Z39" s="11"/>
+      <c r="AA39" s="11"/>
+      <c r="AB39" s="11"/>
+      <c r="AC39" s="11"/>
+      <c r="AD39" s="11"/>
+      <c r="AE39" s="11"/>
+      <c r="AF39" s="11"/>
+      <c r="AG39" s="11"/>
+      <c r="AH39" s="11"/>
+      <c r="AI39" s="11"/>
+      <c r="AJ39" s="11"/>
+      <c r="AK39" s="11"/>
+      <c r="AL39" s="11"/>
+      <c r="AM39" s="11"/>
+      <c r="AN39" s="11"/>
+      <c r="AO39" s="11"/>
+      <c r="AP39" s="11"/>
+      <c r="AQ39" s="11"/>
+      <c r="AR39" s="11"/>
+      <c r="AS39" s="11"/>
+      <c r="AT39" s="11"/>
+      <c r="AU39" s="11"/>
+      <c r="AV39" s="11"/>
+      <c r="AW39" s="11"/>
+      <c r="AX39" s="11"/>
+      <c r="AY39" s="11"/>
+      <c r="AZ39" s="11"/>
+      <c r="BA39" s="11"/>
+      <c r="BB39" s="11"/>
+      <c r="BC39" s="11"/>
+      <c r="BD39" s="11"/>
+      <c r="BE39" s="11"/>
+      <c r="BF39" s="11"/>
+      <c r="BG39" s="11"/>
+      <c r="BH39" s="11"/>
+      <c r="BI39" s="11"/>
+      <c r="BJ39" s="11"/>
+      <c r="BK39" s="11"/>
+      <c r="BL39" s="11"/>
+      <c r="BM39" s="11"/>
+      <c r="BN39" s="11"/>
+      <c r="BO39" s="11"/>
+      <c r="BP39" s="11"/>
+      <c r="BQ39" s="11"/>
+      <c r="BR39" s="11"/>
+      <c r="BS39" s="11"/>
+      <c r="BT39" s="11"/>
+      <c r="BU39" s="11"/>
+      <c r="BV39" s="11"/>
+      <c r="BW39" s="11"/>
+      <c r="BX39" s="11"/>
+      <c r="BY39" s="11"/>
+      <c r="BZ39" s="11"/>
+      <c r="CA39" s="11"/>
+      <c r="CB39" s="11"/>
+      <c r="CC39" s="11"/>
+      <c r="CD39" s="11"/>
+    </row>
+    <row r="40" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="16">
+        <v>35</v>
+      </c>
+      <c r="B40" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C40" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D40" s="16">
+        <v>4</v>
+      </c>
+      <c r="E40" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F40" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H40" s="12"/>
+      <c r="I40" s="12"/>
+      <c r="J40" s="12"/>
+      <c r="K40" s="12">
+        <v>140</v>
+      </c>
+      <c r="L40" s="13">
+        <v>4</v>
+      </c>
+      <c r="M40" s="11"/>
+      <c r="N40" s="11"/>
+      <c r="O40" s="11"/>
+      <c r="P40" s="11"/>
+      <c r="Q40" s="11"/>
+      <c r="R40" s="11"/>
+      <c r="S40" s="11"/>
+      <c r="T40" s="11"/>
+      <c r="U40" s="11"/>
+      <c r="V40" s="11"/>
+      <c r="W40" s="11"/>
+      <c r="X40" s="11"/>
+      <c r="Y40" s="11"/>
+      <c r="Z40" s="11"/>
+      <c r="AA40" s="11"/>
+      <c r="AB40" s="11"/>
+      <c r="AC40" s="11"/>
+      <c r="AD40" s="11"/>
+      <c r="AE40" s="11"/>
+      <c r="AF40" s="11"/>
+      <c r="AG40" s="11"/>
+      <c r="AH40" s="11"/>
+      <c r="AI40" s="11"/>
+      <c r="AJ40" s="11"/>
+      <c r="AK40" s="11"/>
+      <c r="AL40" s="11"/>
+      <c r="AM40" s="11"/>
+      <c r="AN40" s="11"/>
+      <c r="AO40" s="11"/>
+      <c r="AP40" s="11"/>
+      <c r="AQ40" s="11"/>
+      <c r="AR40" s="11"/>
+      <c r="AS40" s="11"/>
+      <c r="AT40" s="11"/>
+      <c r="AU40" s="11"/>
+      <c r="AV40" s="11"/>
+      <c r="AW40" s="11"/>
+      <c r="AX40" s="11"/>
+      <c r="AY40" s="11"/>
+      <c r="AZ40" s="11"/>
+      <c r="BA40" s="11"/>
+      <c r="BB40" s="11"/>
+      <c r="BC40" s="11"/>
+      <c r="BD40" s="11"/>
+      <c r="BE40" s="11"/>
+      <c r="BF40" s="11"/>
+      <c r="BG40" s="11"/>
+      <c r="BH40" s="11"/>
+      <c r="BI40" s="11"/>
+      <c r="BJ40" s="11"/>
+      <c r="BK40" s="11"/>
+      <c r="BL40" s="11"/>
+      <c r="BM40" s="11"/>
+      <c r="BN40" s="11"/>
+      <c r="BO40" s="11"/>
+      <c r="BP40" s="11"/>
+      <c r="BQ40" s="11"/>
+      <c r="BR40" s="11"/>
+      <c r="BS40" s="11"/>
+      <c r="BT40" s="11"/>
+      <c r="BU40" s="11"/>
+      <c r="BV40" s="11"/>
+      <c r="BW40" s="11"/>
+      <c r="BX40" s="11"/>
+      <c r="BY40" s="11"/>
+      <c r="BZ40" s="11"/>
+      <c r="CA40" s="11"/>
+      <c r="CB40" s="11"/>
+      <c r="CC40" s="11"/>
+      <c r="CD40" s="11"/>
+    </row>
+    <row r="41" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="16">
+        <v>36</v>
+      </c>
+      <c r="B41" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="C41" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D41" s="16">
+        <v>4</v>
+      </c>
+      <c r="E41" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F41" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+      <c r="J41" s="12"/>
+      <c r="K41" s="12">
+        <v>140</v>
+      </c>
+      <c r="L41" s="13">
+        <v>26.82</v>
+      </c>
+      <c r="M41" s="11"/>
+      <c r="N41" s="11"/>
+      <c r="O41" s="11"/>
+      <c r="P41" s="11"/>
+      <c r="Q41" s="11"/>
+      <c r="R41" s="11"/>
+      <c r="S41" s="11"/>
+      <c r="T41" s="11"/>
+      <c r="U41" s="11"/>
+      <c r="V41" s="11"/>
+      <c r="W41" s="11"/>
+      <c r="X41" s="11"/>
+      <c r="Y41" s="11"/>
+      <c r="Z41" s="11"/>
+      <c r="AA41" s="11"/>
+      <c r="AB41" s="11"/>
+      <c r="AC41" s="11"/>
+      <c r="AD41" s="11"/>
+      <c r="AE41" s="11"/>
+      <c r="AF41" s="11"/>
+      <c r="AG41" s="11"/>
+      <c r="AH41" s="11"/>
+      <c r="AI41" s="11"/>
+      <c r="AJ41" s="11"/>
+      <c r="AK41" s="11"/>
+      <c r="AL41" s="11"/>
+      <c r="AM41" s="11"/>
+      <c r="AN41" s="11"/>
+      <c r="AO41" s="11"/>
+      <c r="AP41" s="11"/>
+      <c r="AQ41" s="11"/>
+      <c r="AR41" s="11"/>
+      <c r="AS41" s="11"/>
+      <c r="AT41" s="11"/>
+      <c r="AU41" s="11"/>
+      <c r="AV41" s="11"/>
+      <c r="AW41" s="11"/>
+      <c r="AX41" s="11"/>
+      <c r="AY41" s="11"/>
+      <c r="AZ41" s="11"/>
+      <c r="BA41" s="11"/>
+      <c r="BB41" s="11"/>
+      <c r="BC41" s="11"/>
+      <c r="BD41" s="11"/>
+      <c r="BE41" s="11"/>
+      <c r="BF41" s="11"/>
+      <c r="BG41" s="11"/>
+      <c r="BH41" s="11"/>
+      <c r="BI41" s="11"/>
+      <c r="BJ41" s="11"/>
+      <c r="BK41" s="11"/>
+      <c r="BL41" s="11"/>
+      <c r="BM41" s="11"/>
+      <c r="BN41" s="11"/>
+      <c r="BO41" s="11"/>
+      <c r="BP41" s="11"/>
+      <c r="BQ41" s="11"/>
+      <c r="BR41" s="11"/>
+      <c r="BS41" s="11"/>
+      <c r="BT41" s="11"/>
+      <c r="BU41" s="11"/>
+      <c r="BV41" s="11"/>
+      <c r="BW41" s="11"/>
+      <c r="BX41" s="11"/>
+      <c r="BY41" s="11"/>
+      <c r="BZ41" s="11"/>
+      <c r="CA41" s="11"/>
+      <c r="CB41" s="11"/>
+      <c r="CC41" s="11"/>
+      <c r="CD41" s="11"/>
+    </row>
+    <row r="42" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="16">
+        <v>37</v>
+      </c>
+      <c r="B42" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C42" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D42" s="16">
+        <v>4</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F42" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H42" s="12"/>
+      <c r="I42" s="12"/>
+      <c r="J42" s="12"/>
+      <c r="K42" s="12">
+        <v>240</v>
+      </c>
+      <c r="L42" s="13">
+        <v>26.4</v>
+      </c>
+      <c r="M42" s="11"/>
+      <c r="N42" s="11"/>
+      <c r="O42" s="11"/>
+      <c r="P42" s="11"/>
+      <c r="Q42" s="11"/>
+      <c r="R42" s="11"/>
+      <c r="S42" s="11"/>
+      <c r="T42" s="11"/>
+      <c r="U42" s="11"/>
+      <c r="V42" s="11"/>
+      <c r="W42" s="11"/>
+      <c r="X42" s="11"/>
+      <c r="Y42" s="11"/>
+      <c r="Z42" s="11"/>
+      <c r="AA42" s="11"/>
+      <c r="AB42" s="11"/>
+      <c r="AC42" s="11"/>
+      <c r="AD42" s="11"/>
+      <c r="AE42" s="11"/>
+      <c r="AF42" s="11"/>
+      <c r="AG42" s="11"/>
+      <c r="AH42" s="11"/>
+      <c r="AI42" s="11"/>
+      <c r="AJ42" s="11"/>
+      <c r="AK42" s="11"/>
+      <c r="AL42" s="11"/>
+      <c r="AM42" s="11"/>
+      <c r="AN42" s="11"/>
+      <c r="AO42" s="11"/>
+      <c r="AP42" s="11"/>
+      <c r="AQ42" s="11"/>
+      <c r="AR42" s="11"/>
+      <c r="AS42" s="11"/>
+      <c r="AT42" s="11"/>
+      <c r="AU42" s="11"/>
+      <c r="AV42" s="11"/>
+      <c r="AW42" s="11"/>
+      <c r="AX42" s="11"/>
+      <c r="AY42" s="11"/>
+      <c r="AZ42" s="11"/>
+      <c r="BA42" s="11"/>
+      <c r="BB42" s="11"/>
+      <c r="BC42" s="11"/>
+      <c r="BD42" s="11"/>
+      <c r="BE42" s="11"/>
+      <c r="BF42" s="11"/>
+      <c r="BG42" s="11"/>
+      <c r="BH42" s="11"/>
+      <c r="BI42" s="11"/>
+      <c r="BJ42" s="11"/>
+      <c r="BK42" s="11"/>
+      <c r="BL42" s="11"/>
+      <c r="BM42" s="11"/>
+      <c r="BN42" s="11"/>
+      <c r="BO42" s="11"/>
+      <c r="BP42" s="11"/>
+      <c r="BQ42" s="11"/>
+      <c r="BR42" s="11"/>
+      <c r="BS42" s="11"/>
+      <c r="BT42" s="11"/>
+      <c r="BU42" s="11"/>
+      <c r="BV42" s="11"/>
+      <c r="BW42" s="11"/>
+      <c r="BX42" s="11"/>
+      <c r="BY42" s="11"/>
+      <c r="BZ42" s="11"/>
+      <c r="CA42" s="11"/>
+      <c r="CB42" s="11"/>
+      <c r="CC42" s="11"/>
+      <c r="CD42" s="11"/>
+    </row>
+    <row r="43" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="16">
+        <v>38</v>
+      </c>
+      <c r="B43" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C43" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D43" s="16">
+        <v>2</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F43" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G43" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H43" s="12">
+        <v>196</v>
+      </c>
+      <c r="I43" s="12"/>
+      <c r="J43" s="12"/>
+      <c r="K43" s="12">
+        <v>120</v>
+      </c>
+      <c r="L43" s="13">
+        <v>34.549999999999997</v>
+      </c>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
+      <c r="O43" s="11"/>
+      <c r="P43" s="11"/>
+      <c r="Q43" s="11"/>
+      <c r="R43" s="11"/>
+      <c r="S43" s="11"/>
+      <c r="T43" s="11"/>
+      <c r="U43" s="11"/>
+      <c r="V43" s="11"/>
+      <c r="W43" s="11"/>
+      <c r="X43" s="11"/>
+      <c r="Y43" s="11"/>
+      <c r="Z43" s="11"/>
+      <c r="AA43" s="11"/>
+      <c r="AB43" s="11"/>
+      <c r="AC43" s="11"/>
+      <c r="AD43" s="11"/>
+      <c r="AE43" s="11"/>
+      <c r="AF43" s="11"/>
+      <c r="AG43" s="11"/>
+      <c r="AH43" s="11"/>
+      <c r="AI43" s="11"/>
+      <c r="AJ43" s="11"/>
+      <c r="AK43" s="11"/>
+      <c r="AL43" s="11"/>
+      <c r="AM43" s="11"/>
+      <c r="AN43" s="11"/>
+      <c r="AO43" s="11"/>
+      <c r="AP43" s="11"/>
+      <c r="AQ43" s="11"/>
+      <c r="AR43" s="11"/>
+      <c r="AS43" s="11"/>
+      <c r="AT43" s="11"/>
+      <c r="AU43" s="11"/>
+      <c r="AV43" s="11"/>
+      <c r="AW43" s="11"/>
+      <c r="AX43" s="11"/>
+      <c r="AY43" s="11"/>
+      <c r="AZ43" s="11"/>
+      <c r="BA43" s="11"/>
+      <c r="BB43" s="11"/>
+      <c r="BC43" s="11"/>
+      <c r="BD43" s="11"/>
+      <c r="BE43" s="11"/>
+      <c r="BF43" s="11"/>
+      <c r="BG43" s="11"/>
+      <c r="BH43" s="11"/>
+      <c r="BI43" s="11"/>
+      <c r="BJ43" s="11"/>
+      <c r="BK43" s="11"/>
+      <c r="BL43" s="11"/>
+      <c r="BM43" s="11"/>
+      <c r="BN43" s="11"/>
+      <c r="BO43" s="11"/>
+      <c r="BP43" s="11"/>
+      <c r="BQ43" s="11"/>
+      <c r="BR43" s="11"/>
+      <c r="BS43" s="11"/>
+      <c r="BT43" s="11"/>
+      <c r="BU43" s="11"/>
+      <c r="BV43" s="11"/>
+      <c r="BW43" s="11"/>
+      <c r="BX43" s="11"/>
+      <c r="BY43" s="11"/>
+      <c r="BZ43" s="11"/>
+      <c r="CA43" s="11"/>
+      <c r="CB43" s="11"/>
+      <c r="CC43" s="11"/>
+      <c r="CD43" s="11"/>
+    </row>
+    <row r="44" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="16">
+        <v>39</v>
+      </c>
+      <c r="B44" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C44" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D44" s="16">
+        <v>3</v>
+      </c>
+      <c r="E44" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F44" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H44" s="12">
+        <v>122</v>
+      </c>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="12">
+        <v>90</v>
+      </c>
+      <c r="L44" s="13">
+        <v>2</v>
+      </c>
+      <c r="M44" s="11"/>
+      <c r="N44" s="11"/>
+      <c r="O44" s="11"/>
+      <c r="P44" s="11"/>
+      <c r="Q44" s="11"/>
+      <c r="R44" s="11"/>
+      <c r="S44" s="11"/>
+      <c r="T44" s="11"/>
+      <c r="U44" s="11"/>
+      <c r="V44" s="11"/>
+      <c r="W44" s="11"/>
+      <c r="X44" s="11"/>
+      <c r="Y44" s="11"/>
+      <c r="Z44" s="11"/>
+      <c r="AA44" s="11"/>
+      <c r="AB44" s="11"/>
+      <c r="AC44" s="11"/>
+      <c r="AD44" s="11"/>
+      <c r="AE44" s="11"/>
+      <c r="AF44" s="11"/>
+      <c r="AG44" s="11"/>
+      <c r="AH44" s="11"/>
+      <c r="AI44" s="11"/>
+      <c r="AJ44" s="11"/>
+      <c r="AK44" s="11"/>
+      <c r="AL44" s="11"/>
+      <c r="AM44" s="11"/>
+      <c r="AN44" s="11"/>
+      <c r="AO44" s="11"/>
+      <c r="AP44" s="11"/>
+      <c r="AQ44" s="11"/>
+      <c r="AR44" s="11"/>
+      <c r="AS44" s="11"/>
+      <c r="AT44" s="11"/>
+      <c r="AU44" s="11"/>
+      <c r="AV44" s="11"/>
+      <c r="AW44" s="11"/>
+      <c r="AX44" s="11"/>
+      <c r="AY44" s="11"/>
+      <c r="AZ44" s="11"/>
+      <c r="BA44" s="11"/>
+      <c r="BB44" s="11"/>
+      <c r="BC44" s="11"/>
+      <c r="BD44" s="11"/>
+      <c r="BE44" s="11"/>
+      <c r="BF44" s="11"/>
+      <c r="BG44" s="11"/>
+      <c r="BH44" s="11"/>
+      <c r="BI44" s="11"/>
+      <c r="BJ44" s="11"/>
+      <c r="BK44" s="11"/>
+      <c r="BL44" s="11"/>
+      <c r="BM44" s="11"/>
+      <c r="BN44" s="11"/>
+      <c r="BO44" s="11"/>
+      <c r="BP44" s="11"/>
+      <c r="BQ44" s="11"/>
+      <c r="BR44" s="11"/>
+      <c r="BS44" s="11"/>
+      <c r="BT44" s="11"/>
+      <c r="BU44" s="11"/>
+      <c r="BV44" s="11"/>
+      <c r="BW44" s="11"/>
+      <c r="BX44" s="11"/>
+      <c r="BY44" s="11"/>
+      <c r="BZ44" s="11"/>
+      <c r="CA44" s="11"/>
+      <c r="CB44" s="11"/>
+      <c r="CC44" s="11"/>
+      <c r="CD44" s="11"/>
+    </row>
+    <row r="45" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="16">
+        <v>40</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D45" s="16">
+        <v>3</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F45" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H45" s="12">
+        <v>122</v>
+      </c>
+      <c r="I45" s="12"/>
+      <c r="J45" s="12"/>
+      <c r="K45" s="12">
+        <v>90</v>
+      </c>
+      <c r="L45" s="13">
+        <v>1.99</v>
+      </c>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
+      <c r="O45" s="11"/>
+      <c r="P45" s="11"/>
+      <c r="Q45" s="11"/>
+      <c r="R45" s="11"/>
+      <c r="S45" s="11"/>
+      <c r="T45" s="11"/>
+      <c r="U45" s="11"/>
+      <c r="V45" s="11"/>
+      <c r="W45" s="11"/>
+      <c r="X45" s="11"/>
+      <c r="Y45" s="11"/>
+      <c r="Z45" s="11"/>
+      <c r="AA45" s="11"/>
+      <c r="AB45" s="11"/>
+      <c r="AC45" s="11"/>
+      <c r="AD45" s="11"/>
+      <c r="AE45" s="11"/>
+      <c r="AF45" s="11"/>
+      <c r="AG45" s="11"/>
+      <c r="AH45" s="11"/>
+      <c r="AI45" s="11"/>
+      <c r="AJ45" s="11"/>
+      <c r="AK45" s="11"/>
+      <c r="AL45" s="11"/>
+      <c r="AM45" s="11"/>
+      <c r="AN45" s="11"/>
+      <c r="AO45" s="11"/>
+      <c r="AP45" s="11"/>
+      <c r="AQ45" s="11"/>
+      <c r="AR45" s="11"/>
+      <c r="AS45" s="11"/>
+      <c r="AT45" s="11"/>
+      <c r="AU45" s="11"/>
+      <c r="AV45" s="11"/>
+      <c r="AW45" s="11"/>
+      <c r="AX45" s="11"/>
+      <c r="AY45" s="11"/>
+      <c r="AZ45" s="11"/>
+      <c r="BA45" s="11"/>
+      <c r="BB45" s="11"/>
+      <c r="BC45" s="11"/>
+      <c r="BD45" s="11"/>
+      <c r="BE45" s="11"/>
+      <c r="BF45" s="11"/>
+      <c r="BG45" s="11"/>
+      <c r="BH45" s="11"/>
+      <c r="BI45" s="11"/>
+      <c r="BJ45" s="11"/>
+      <c r="BK45" s="11"/>
+      <c r="BL45" s="11"/>
+      <c r="BM45" s="11"/>
+      <c r="BN45" s="11"/>
+      <c r="BO45" s="11"/>
+      <c r="BP45" s="11"/>
+      <c r="BQ45" s="11"/>
+      <c r="BR45" s="11"/>
+      <c r="BS45" s="11"/>
+      <c r="BT45" s="11"/>
+      <c r="BU45" s="11"/>
+      <c r="BV45" s="11"/>
+      <c r="BW45" s="11"/>
+      <c r="BX45" s="11"/>
+      <c r="BY45" s="11"/>
+      <c r="BZ45" s="11"/>
+      <c r="CA45" s="11"/>
+      <c r="CB45" s="11"/>
+      <c r="CC45" s="11"/>
+      <c r="CD45" s="11"/>
+    </row>
+    <row r="46" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="16">
+        <v>41</v>
+      </c>
+      <c r="B46" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D46" s="16">
+        <v>3</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F46" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G46" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H46" s="12">
+        <v>122</v>
+      </c>
+      <c r="I46" s="12"/>
+      <c r="J46" s="12"/>
+      <c r="K46" s="12">
+        <v>90</v>
+      </c>
+      <c r="L46" s="13">
+        <v>1.99</v>
+      </c>
+      <c r="M46" s="11"/>
+      <c r="N46" s="11"/>
+      <c r="O46" s="11"/>
+      <c r="P46" s="11"/>
+      <c r="Q46" s="11"/>
+      <c r="R46" s="11"/>
+      <c r="S46" s="11"/>
+      <c r="T46" s="11"/>
+      <c r="U46" s="11"/>
+      <c r="V46" s="11"/>
+      <c r="W46" s="11"/>
+      <c r="X46" s="11"/>
+      <c r="Y46" s="11"/>
+      <c r="Z46" s="11"/>
+      <c r="AA46" s="11"/>
+      <c r="AB46" s="11"/>
+      <c r="AC46" s="11"/>
+      <c r="AD46" s="11"/>
+      <c r="AE46" s="11"/>
+      <c r="AF46" s="11"/>
+      <c r="AG46" s="11"/>
+      <c r="AH46" s="11"/>
+      <c r="AI46" s="11"/>
+      <c r="AJ46" s="11"/>
+      <c r="AK46" s="11"/>
+      <c r="AL46" s="11"/>
+      <c r="AM46" s="11"/>
+      <c r="AN46" s="11"/>
+      <c r="AO46" s="11"/>
+      <c r="AP46" s="11"/>
+      <c r="AQ46" s="11"/>
+      <c r="AR46" s="11"/>
+      <c r="AS46" s="11"/>
+      <c r="AT46" s="11"/>
+      <c r="AU46" s="11"/>
+      <c r="AV46" s="11"/>
+      <c r="AW46" s="11"/>
+      <c r="AX46" s="11"/>
+      <c r="AY46" s="11"/>
+      <c r="AZ46" s="11"/>
+      <c r="BA46" s="11"/>
+      <c r="BB46" s="11"/>
+      <c r="BC46" s="11"/>
+      <c r="BD46" s="11"/>
+      <c r="BE46" s="11"/>
+      <c r="BF46" s="11"/>
+      <c r="BG46" s="11"/>
+      <c r="BH46" s="11"/>
+      <c r="BI46" s="11"/>
+      <c r="BJ46" s="11"/>
+      <c r="BK46" s="11"/>
+      <c r="BL46" s="11"/>
+      <c r="BM46" s="11"/>
+      <c r="BN46" s="11"/>
+      <c r="BO46" s="11"/>
+      <c r="BP46" s="11"/>
+      <c r="BQ46" s="11"/>
+      <c r="BR46" s="11"/>
+      <c r="BS46" s="11"/>
+      <c r="BT46" s="11"/>
+      <c r="BU46" s="11"/>
+      <c r="BV46" s="11"/>
+      <c r="BW46" s="11"/>
+      <c r="BX46" s="11"/>
+      <c r="BY46" s="11"/>
+      <c r="BZ46" s="11"/>
+      <c r="CA46" s="11"/>
+      <c r="CB46" s="11"/>
+      <c r="CC46" s="11"/>
+      <c r="CD46" s="11"/>
+    </row>
+    <row r="47" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="16">
+        <v>42</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C47" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D47" s="16">
+        <v>3</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F47" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H47" s="12">
+        <v>122</v>
+      </c>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12">
+        <v>90</v>
+      </c>
+      <c r="L47" s="13">
+        <v>2</v>
+      </c>
+      <c r="M47" s="11"/>
+      <c r="N47" s="11"/>
+      <c r="O47" s="11"/>
+      <c r="P47" s="11"/>
+      <c r="Q47" s="11"/>
+      <c r="R47" s="11"/>
+      <c r="S47" s="11"/>
+      <c r="T47" s="11"/>
+      <c r="U47" s="11"/>
+      <c r="V47" s="11"/>
+      <c r="W47" s="11"/>
+      <c r="X47" s="11"/>
+      <c r="Y47" s="11"/>
+      <c r="Z47" s="11"/>
+      <c r="AA47" s="11"/>
+      <c r="AB47" s="11"/>
+      <c r="AC47" s="11"/>
+      <c r="AD47" s="11"/>
+      <c r="AE47" s="11"/>
+      <c r="AF47" s="11"/>
+      <c r="AG47" s="11"/>
+      <c r="AH47" s="11"/>
+      <c r="AI47" s="11"/>
+      <c r="AJ47" s="11"/>
+      <c r="AK47" s="11"/>
+      <c r="AL47" s="11"/>
+      <c r="AM47" s="11"/>
+      <c r="AN47" s="11"/>
+      <c r="AO47" s="11"/>
+      <c r="AP47" s="11"/>
+      <c r="AQ47" s="11"/>
+      <c r="AR47" s="11"/>
+      <c r="AS47" s="11"/>
+      <c r="AT47" s="11"/>
+      <c r="AU47" s="11"/>
+      <c r="AV47" s="11"/>
+      <c r="AW47" s="11"/>
+      <c r="AX47" s="11"/>
+      <c r="AY47" s="11"/>
+      <c r="AZ47" s="11"/>
+      <c r="BA47" s="11"/>
+      <c r="BB47" s="11"/>
+      <c r="BC47" s="11"/>
+      <c r="BD47" s="11"/>
+      <c r="BE47" s="11"/>
+      <c r="BF47" s="11"/>
+      <c r="BG47" s="11"/>
+      <c r="BH47" s="11"/>
+      <c r="BI47" s="11"/>
+      <c r="BJ47" s="11"/>
+      <c r="BK47" s="11"/>
+      <c r="BL47" s="11"/>
+      <c r="BM47" s="11"/>
+      <c r="BN47" s="11"/>
+      <c r="BO47" s="11"/>
+      <c r="BP47" s="11"/>
+      <c r="BQ47" s="11"/>
+      <c r="BR47" s="11"/>
+      <c r="BS47" s="11"/>
+      <c r="BT47" s="11"/>
+      <c r="BU47" s="11"/>
+      <c r="BV47" s="11"/>
+      <c r="BW47" s="11"/>
+      <c r="BX47" s="11"/>
+      <c r="BY47" s="11"/>
+      <c r="BZ47" s="11"/>
+      <c r="CA47" s="11"/>
+      <c r="CB47" s="11"/>
+      <c r="CC47" s="11"/>
+      <c r="CD47" s="11"/>
+    </row>
+    <row r="48" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="16">
+        <v>43</v>
+      </c>
+      <c r="B48" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C48" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D48" s="16">
+        <v>4</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F48" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H48" s="12">
+        <v>429</v>
+      </c>
+      <c r="I48" s="12"/>
+      <c r="J48" s="12"/>
+      <c r="K48" s="12">
+        <v>240</v>
+      </c>
+      <c r="L48" s="13">
+        <v>47</v>
+      </c>
+      <c r="M48" s="11"/>
+      <c r="N48" s="11"/>
+      <c r="O48" s="11"/>
+      <c r="P48" s="11"/>
+      <c r="Q48" s="11"/>
+      <c r="R48" s="11"/>
+      <c r="S48" s="11"/>
+      <c r="T48" s="11"/>
+      <c r="U48" s="11"/>
+      <c r="V48" s="11"/>
+      <c r="W48" s="11"/>
+      <c r="X48" s="11"/>
+      <c r="Y48" s="11"/>
+      <c r="Z48" s="11"/>
+      <c r="AA48" s="11"/>
+      <c r="AB48" s="11"/>
+      <c r="AC48" s="11"/>
+      <c r="AD48" s="11"/>
+      <c r="AE48" s="11"/>
+      <c r="AF48" s="11"/>
+      <c r="AG48" s="11"/>
+      <c r="AH48" s="11"/>
+      <c r="AI48" s="11"/>
+      <c r="AJ48" s="11"/>
+      <c r="AK48" s="11"/>
+      <c r="AL48" s="11"/>
+      <c r="AM48" s="11"/>
+      <c r="AN48" s="11"/>
+      <c r="AO48" s="11"/>
+      <c r="AP48" s="11"/>
+      <c r="AQ48" s="11"/>
+      <c r="AR48" s="11"/>
+      <c r="AS48" s="11"/>
+      <c r="AT48" s="11"/>
+      <c r="AU48" s="11"/>
+      <c r="AV48" s="11"/>
+      <c r="AW48" s="11"/>
+      <c r="AX48" s="11"/>
+      <c r="AY48" s="11"/>
+      <c r="AZ48" s="11"/>
+      <c r="BA48" s="11"/>
+      <c r="BB48" s="11"/>
+      <c r="BC48" s="11"/>
+      <c r="BD48" s="11"/>
+      <c r="BE48" s="11"/>
+      <c r="BF48" s="11"/>
+      <c r="BG48" s="11"/>
+      <c r="BH48" s="11"/>
+      <c r="BI48" s="11"/>
+      <c r="BJ48" s="11"/>
+      <c r="BK48" s="11"/>
+      <c r="BL48" s="11"/>
+      <c r="BM48" s="11"/>
+      <c r="BN48" s="11"/>
+      <c r="BO48" s="11"/>
+      <c r="BP48" s="11"/>
+      <c r="BQ48" s="11"/>
+      <c r="BR48" s="11"/>
+      <c r="BS48" s="11"/>
+      <c r="BT48" s="11"/>
+      <c r="BU48" s="11"/>
+      <c r="BV48" s="11"/>
+      <c r="BW48" s="11"/>
+      <c r="BX48" s="11"/>
+      <c r="BY48" s="11"/>
+      <c r="BZ48" s="11"/>
+      <c r="CA48" s="11"/>
+      <c r="CB48" s="11"/>
+      <c r="CC48" s="11"/>
+      <c r="CD48" s="11"/>
+    </row>
+    <row r="49" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="16">
+        <v>44</v>
+      </c>
+      <c r="B49" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D49" s="16">
+        <v>4</v>
+      </c>
+      <c r="E49" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F49" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G49" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H49" s="12">
+        <v>429</v>
+      </c>
+      <c r="I49" s="12"/>
+      <c r="J49" s="12"/>
+      <c r="K49" s="12">
+        <v>240</v>
+      </c>
+      <c r="L49" s="13">
+        <v>47</v>
+      </c>
+      <c r="M49" s="11"/>
+      <c r="N49" s="11"/>
+      <c r="O49" s="11"/>
+      <c r="P49" s="11"/>
+      <c r="Q49" s="11"/>
+      <c r="R49" s="11"/>
+      <c r="S49" s="11"/>
+      <c r="T49" s="11"/>
+      <c r="U49" s="11"/>
+      <c r="V49" s="11"/>
+      <c r="W49" s="11"/>
+      <c r="X49" s="11"/>
+      <c r="Y49" s="11"/>
+      <c r="Z49" s="11"/>
+      <c r="AA49" s="11"/>
+      <c r="AB49" s="11"/>
+      <c r="AC49" s="11"/>
+      <c r="AD49" s="11"/>
+      <c r="AE49" s="11"/>
+      <c r="AF49" s="11"/>
+      <c r="AG49" s="11"/>
+      <c r="AH49" s="11"/>
+      <c r="AI49" s="11"/>
+      <c r="AJ49" s="11"/>
+      <c r="AK49" s="11"/>
+      <c r="AL49" s="11"/>
+      <c r="AM49" s="11"/>
+      <c r="AN49" s="11"/>
+      <c r="AO49" s="11"/>
+      <c r="AP49" s="11"/>
+      <c r="AQ49" s="11"/>
+      <c r="AR49" s="11"/>
+      <c r="AS49" s="11"/>
+      <c r="AT49" s="11"/>
+      <c r="AU49" s="11"/>
+      <c r="AV49" s="11"/>
+      <c r="AW49" s="11"/>
+      <c r="AX49" s="11"/>
+      <c r="AY49" s="11"/>
+      <c r="AZ49" s="11"/>
+      <c r="BA49" s="11"/>
+      <c r="BB49" s="11"/>
+      <c r="BC49" s="11"/>
+      <c r="BD49" s="11"/>
+      <c r="BE49" s="11"/>
+      <c r="BF49" s="11"/>
+      <c r="BG49" s="11"/>
+      <c r="BH49" s="11"/>
+      <c r="BI49" s="11"/>
+      <c r="BJ49" s="11"/>
+      <c r="BK49" s="11"/>
+      <c r="BL49" s="11"/>
+      <c r="BM49" s="11"/>
+      <c r="BN49" s="11"/>
+      <c r="BO49" s="11"/>
+      <c r="BP49" s="11"/>
+      <c r="BQ49" s="11"/>
+      <c r="BR49" s="11"/>
+      <c r="BS49" s="11"/>
+      <c r="BT49" s="11"/>
+      <c r="BU49" s="11"/>
+      <c r="BV49" s="11"/>
+      <c r="BW49" s="11"/>
+      <c r="BX49" s="11"/>
+      <c r="BY49" s="11"/>
+      <c r="BZ49" s="11"/>
+      <c r="CA49" s="11"/>
+      <c r="CB49" s="11"/>
+      <c r="CC49" s="11"/>
+      <c r="CD49" s="11"/>
+    </row>
+    <row r="50" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="29">
+        <v>45</v>
+      </c>
+      <c r="B50" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="C50" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="D50" s="29">
+        <v>4</v>
+      </c>
+      <c r="E50" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H50" s="12">
+        <v>287.79000000000002</v>
+      </c>
+      <c r="I50" s="12">
+        <v>223.53</v>
+      </c>
+      <c r="J50" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K50" s="12"/>
+      <c r="L50" s="13"/>
+      <c r="M50" s="11"/>
+      <c r="N50" s="11"/>
+      <c r="O50" s="11"/>
+      <c r="P50" s="11"/>
+      <c r="Q50" s="11"/>
+      <c r="R50" s="11"/>
+      <c r="S50" s="11"/>
+      <c r="T50" s="11"/>
+      <c r="U50" s="11"/>
+      <c r="V50" s="11"/>
+      <c r="W50" s="11"/>
+      <c r="X50" s="11"/>
+      <c r="Y50" s="11"/>
+      <c r="Z50" s="11"/>
+      <c r="AA50" s="11"/>
+      <c r="AB50" s="11"/>
+      <c r="AC50" s="11"/>
+      <c r="AD50" s="11"/>
+      <c r="AE50" s="11"/>
+      <c r="AF50" s="11"/>
+      <c r="AG50" s="11"/>
+      <c r="AH50" s="11"/>
+      <c r="AI50" s="11"/>
+      <c r="AJ50" s="11"/>
+      <c r="AK50" s="11"/>
+      <c r="AL50" s="11"/>
+      <c r="AM50" s="11"/>
+      <c r="AN50" s="11"/>
+      <c r="AO50" s="11"/>
+      <c r="AP50" s="11"/>
+      <c r="AQ50" s="11"/>
+      <c r="AR50" s="11"/>
+      <c r="AS50" s="11"/>
+      <c r="AT50" s="11"/>
+      <c r="AU50" s="11"/>
+      <c r="AV50" s="11"/>
+      <c r="AW50" s="11"/>
+      <c r="AX50" s="11"/>
+      <c r="AY50" s="11"/>
+      <c r="AZ50" s="11"/>
+      <c r="BA50" s="11"/>
+      <c r="BB50" s="11"/>
+      <c r="BC50" s="11"/>
+      <c r="BD50" s="11"/>
+      <c r="BE50" s="11"/>
+      <c r="BF50" s="11"/>
+      <c r="BG50" s="11"/>
+      <c r="BH50" s="11"/>
+      <c r="BI50" s="11"/>
+      <c r="BJ50" s="11"/>
+      <c r="BK50" s="11"/>
+      <c r="BL50" s="11"/>
+      <c r="BM50" s="11"/>
+      <c r="BN50" s="11"/>
+      <c r="BO50" s="11"/>
+      <c r="BP50" s="11"/>
+      <c r="BQ50" s="11"/>
+      <c r="BR50" s="11"/>
+      <c r="BS50" s="11"/>
+      <c r="BT50" s="11"/>
+      <c r="BU50" s="11"/>
+      <c r="BV50" s="11"/>
+      <c r="BW50" s="11"/>
+      <c r="BX50" s="11"/>
+      <c r="BY50" s="11"/>
+      <c r="BZ50" s="11"/>
+      <c r="CA50" s="11"/>
+      <c r="CB50" s="11"/>
+      <c r="CC50" s="11"/>
+      <c r="CD50" s="11"/>
+    </row>
+    <row r="51" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="30"/>
+      <c r="B51" s="32"/>
+      <c r="C51" s="34"/>
+      <c r="D51" s="30"/>
+      <c r="E51" s="34"/>
+      <c r="F51" s="34"/>
+      <c r="G51" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12">
+        <v>165</v>
+      </c>
+      <c r="L51" s="13">
+        <v>4</v>
+      </c>
+      <c r="M51" s="11"/>
+      <c r="N51" s="11"/>
+      <c r="O51" s="11"/>
+      <c r="P51" s="11"/>
+      <c r="Q51" s="11"/>
+      <c r="R51" s="11"/>
+      <c r="S51" s="11"/>
+      <c r="T51" s="11"/>
+      <c r="U51" s="11"/>
+      <c r="V51" s="11"/>
+      <c r="W51" s="11"/>
+      <c r="X51" s="11"/>
+      <c r="Y51" s="11"/>
+      <c r="Z51" s="11"/>
+      <c r="AA51" s="11"/>
+      <c r="AB51" s="11"/>
+      <c r="AC51" s="11"/>
+      <c r="AD51" s="11"/>
+      <c r="AE51" s="11"/>
+      <c r="AF51" s="11"/>
+      <c r="AG51" s="11"/>
+      <c r="AH51" s="11"/>
+      <c r="AI51" s="11"/>
+      <c r="AJ51" s="11"/>
+      <c r="AK51" s="11"/>
+      <c r="AL51" s="11"/>
+      <c r="AM51" s="11"/>
+      <c r="AN51" s="11"/>
+      <c r="AO51" s="11"/>
+      <c r="AP51" s="11"/>
+      <c r="AQ51" s="11"/>
+      <c r="AR51" s="11"/>
+      <c r="AS51" s="11"/>
+      <c r="AT51" s="11"/>
+      <c r="AU51" s="11"/>
+      <c r="AV51" s="11"/>
+      <c r="AW51" s="11"/>
+      <c r="AX51" s="11"/>
+      <c r="AY51" s="11"/>
+      <c r="AZ51" s="11"/>
+      <c r="BA51" s="11"/>
+      <c r="BB51" s="11"/>
+      <c r="BC51" s="11"/>
+      <c r="BD51" s="11"/>
+      <c r="BE51" s="11"/>
+      <c r="BF51" s="11"/>
+      <c r="BG51" s="11"/>
+      <c r="BH51" s="11"/>
+      <c r="BI51" s="11"/>
+      <c r="BJ51" s="11"/>
+      <c r="BK51" s="11"/>
+      <c r="BL51" s="11"/>
+      <c r="BM51" s="11"/>
+      <c r="BN51" s="11"/>
+      <c r="BO51" s="11"/>
+      <c r="BP51" s="11"/>
+      <c r="BQ51" s="11"/>
+      <c r="BR51" s="11"/>
+      <c r="BS51" s="11"/>
+      <c r="BT51" s="11"/>
+      <c r="BU51" s="11"/>
+      <c r="BV51" s="11"/>
+      <c r="BW51" s="11"/>
+      <c r="BX51" s="11"/>
+      <c r="BY51" s="11"/>
+      <c r="BZ51" s="11"/>
+      <c r="CA51" s="11"/>
+      <c r="CB51" s="11"/>
+      <c r="CC51" s="11"/>
+      <c r="CD51" s="11"/>
+    </row>
+    <row r="52" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="16">
+        <v>46</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C52" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D52" s="16">
+        <v>3</v>
+      </c>
+      <c r="E52" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="F52" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+      <c r="J52" s="12"/>
+      <c r="K52" s="12">
+        <v>150</v>
+      </c>
+      <c r="L52" s="13">
+        <v>3</v>
+      </c>
+      <c r="M52" s="11"/>
+      <c r="N52" s="11"/>
+      <c r="O52" s="11"/>
+      <c r="P52" s="11"/>
+      <c r="Q52" s="11"/>
+      <c r="R52" s="11"/>
+      <c r="S52" s="11"/>
+      <c r="T52" s="11"/>
+      <c r="U52" s="11"/>
+      <c r="V52" s="11"/>
+      <c r="W52" s="11"/>
+      <c r="X52" s="11"/>
+      <c r="Y52" s="11"/>
+      <c r="Z52" s="11"/>
+      <c r="AA52" s="11"/>
+      <c r="AB52" s="11"/>
+      <c r="AC52" s="11"/>
+      <c r="AD52" s="11"/>
+      <c r="AE52" s="11"/>
+      <c r="AF52" s="11"/>
+      <c r="AG52" s="11"/>
+      <c r="AH52" s="11"/>
+      <c r="AI52" s="11"/>
+      <c r="AJ52" s="11"/>
+      <c r="AK52" s="11"/>
+      <c r="AL52" s="11"/>
+      <c r="AM52" s="11"/>
+      <c r="AN52" s="11"/>
+      <c r="AO52" s="11"/>
+      <c r="AP52" s="11"/>
+      <c r="AQ52" s="11"/>
+      <c r="AR52" s="11"/>
+      <c r="AS52" s="11"/>
+      <c r="AT52" s="11"/>
+      <c r="AU52" s="11"/>
+      <c r="AV52" s="11"/>
+      <c r="AW52" s="11"/>
+      <c r="AX52" s="11"/>
+      <c r="AY52" s="11"/>
+      <c r="AZ52" s="11"/>
+      <c r="BA52" s="11"/>
+      <c r="BB52" s="11"/>
+      <c r="BC52" s="11"/>
+      <c r="BD52" s="11"/>
+      <c r="BE52" s="11"/>
+      <c r="BF52" s="11"/>
+      <c r="BG52" s="11"/>
+      <c r="BH52" s="11"/>
+      <c r="BI52" s="11"/>
+      <c r="BJ52" s="11"/>
+      <c r="BK52" s="11"/>
+      <c r="BL52" s="11"/>
+      <c r="BM52" s="11"/>
+      <c r="BN52" s="11"/>
+      <c r="BO52" s="11"/>
+      <c r="BP52" s="11"/>
+      <c r="BQ52" s="11"/>
+      <c r="BR52" s="11"/>
+      <c r="BS52" s="11"/>
+      <c r="BT52" s="11"/>
+      <c r="BU52" s="11"/>
+      <c r="BV52" s="11"/>
+      <c r="BW52" s="11"/>
+      <c r="BX52" s="11"/>
+      <c r="BY52" s="11"/>
+      <c r="BZ52" s="11"/>
+      <c r="CA52" s="11"/>
+      <c r="CB52" s="11"/>
+      <c r="CC52" s="11"/>
+      <c r="CD52" s="11"/>
+    </row>
+    <row r="53" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="16">
+        <v>47</v>
+      </c>
+      <c r="B53" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D53" s="16">
+        <v>3</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F53" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="G53" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12">
+        <v>405.2</v>
+      </c>
+      <c r="J53" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K53" s="12">
+        <v>180</v>
+      </c>
+      <c r="L53" s="13">
+        <v>25.85</v>
+      </c>
+      <c r="M53" s="11"/>
+      <c r="N53" s="11"/>
+      <c r="O53" s="11"/>
+      <c r="P53" s="11"/>
+      <c r="Q53" s="11"/>
+      <c r="R53" s="11"/>
+      <c r="S53" s="11"/>
+      <c r="T53" s="11"/>
+      <c r="U53" s="11"/>
+      <c r="V53" s="11"/>
+      <c r="W53" s="11"/>
+      <c r="X53" s="11"/>
+      <c r="Y53" s="11"/>
+      <c r="Z53" s="11"/>
+      <c r="AA53" s="11"/>
+      <c r="AB53" s="11"/>
+      <c r="AC53" s="11"/>
+      <c r="AD53" s="11"/>
+      <c r="AE53" s="11"/>
+      <c r="AF53" s="11"/>
+      <c r="AG53" s="11"/>
+      <c r="AH53" s="11"/>
+      <c r="AI53" s="11"/>
+      <c r="AJ53" s="11"/>
+      <c r="AK53" s="11"/>
+      <c r="AL53" s="11"/>
+      <c r="AM53" s="11"/>
+      <c r="AN53" s="11"/>
+      <c r="AO53" s="11"/>
+      <c r="AP53" s="11"/>
+      <c r="AQ53" s="11"/>
+      <c r="AR53" s="11"/>
+      <c r="AS53" s="11"/>
+      <c r="AT53" s="11"/>
+      <c r="AU53" s="11"/>
+      <c r="AV53" s="11"/>
+      <c r="AW53" s="11"/>
+      <c r="AX53" s="11"/>
+      <c r="AY53" s="11"/>
+      <c r="AZ53" s="11"/>
+      <c r="BA53" s="11"/>
+      <c r="BB53" s="11"/>
+      <c r="BC53" s="11"/>
+      <c r="BD53" s="11"/>
+      <c r="BE53" s="11"/>
+      <c r="BF53" s="11"/>
+      <c r="BG53" s="11"/>
+      <c r="BH53" s="11"/>
+      <c r="BI53" s="11"/>
+      <c r="BJ53" s="11"/>
+      <c r="BK53" s="11"/>
+      <c r="BL53" s="11"/>
+      <c r="BM53" s="11"/>
+      <c r="BN53" s="11"/>
+      <c r="BO53" s="11"/>
+      <c r="BP53" s="11"/>
+      <c r="BQ53" s="11"/>
+      <c r="BR53" s="11"/>
+      <c r="BS53" s="11"/>
+      <c r="BT53" s="11"/>
+      <c r="BU53" s="11"/>
+      <c r="BV53" s="11"/>
+      <c r="BW53" s="11"/>
+      <c r="BX53" s="11"/>
+      <c r="BY53" s="11"/>
+      <c r="BZ53" s="11"/>
+      <c r="CA53" s="11"/>
+      <c r="CB53" s="11"/>
+      <c r="CC53" s="11"/>
+      <c r="CD53" s="11"/>
+    </row>
+    <row r="54" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="16">
+        <v>48</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>149</v>
+      </c>
+      <c r="C54" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D54" s="16">
+        <v>3</v>
+      </c>
+      <c r="E54" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F54" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H54" s="12"/>
+      <c r="I54" s="12"/>
+      <c r="J54" s="12"/>
+      <c r="K54" s="12">
+        <v>180</v>
+      </c>
+      <c r="L54" s="13">
+        <v>7.6</v>
+      </c>
+      <c r="M54" s="11"/>
+      <c r="N54" s="11"/>
+      <c r="O54" s="11"/>
+      <c r="P54" s="11"/>
+      <c r="Q54" s="11"/>
+      <c r="R54" s="11"/>
+      <c r="S54" s="11"/>
+      <c r="T54" s="11"/>
+      <c r="U54" s="11"/>
+      <c r="V54" s="11"/>
+      <c r="W54" s="11"/>
+      <c r="X54" s="11"/>
+      <c r="Y54" s="11"/>
+      <c r="Z54" s="11"/>
+      <c r="AA54" s="11"/>
+      <c r="AB54" s="11"/>
+      <c r="AC54" s="11"/>
+      <c r="AD54" s="11"/>
+      <c r="AE54" s="11"/>
+      <c r="AF54" s="11"/>
+      <c r="AG54" s="11"/>
+      <c r="AH54" s="11"/>
+      <c r="AI54" s="11"/>
+      <c r="AJ54" s="11"/>
+      <c r="AK54" s="11"/>
+      <c r="AL54" s="11"/>
+      <c r="AM54" s="11"/>
+      <c r="AN54" s="11"/>
+      <c r="AO54" s="11"/>
+      <c r="AP54" s="11"/>
+      <c r="AQ54" s="11"/>
+      <c r="AR54" s="11"/>
+      <c r="AS54" s="11"/>
+      <c r="AT54" s="11"/>
+      <c r="AU54" s="11"/>
+      <c r="AV54" s="11"/>
+      <c r="AW54" s="11"/>
+      <c r="AX54" s="11"/>
+      <c r="AY54" s="11"/>
+      <c r="AZ54" s="11"/>
+      <c r="BA54" s="11"/>
+      <c r="BB54" s="11"/>
+      <c r="BC54" s="11"/>
+      <c r="BD54" s="11"/>
+      <c r="BE54" s="11"/>
+      <c r="BF54" s="11"/>
+      <c r="BG54" s="11"/>
+      <c r="BH54" s="11"/>
+      <c r="BI54" s="11"/>
+      <c r="BJ54" s="11"/>
+      <c r="BK54" s="11"/>
+      <c r="BL54" s="11"/>
+      <c r="BM54" s="11"/>
+      <c r="BN54" s="11"/>
+      <c r="BO54" s="11"/>
+      <c r="BP54" s="11"/>
+      <c r="BQ54" s="11"/>
+      <c r="BR54" s="11"/>
+      <c r="BS54" s="11"/>
+      <c r="BT54" s="11"/>
+      <c r="BU54" s="11"/>
+      <c r="BV54" s="11"/>
+      <c r="BW54" s="11"/>
+      <c r="BX54" s="11"/>
+      <c r="BY54" s="11"/>
+      <c r="BZ54" s="11"/>
+      <c r="CA54" s="11"/>
+      <c r="CB54" s="11"/>
+      <c r="CC54" s="11"/>
+      <c r="CD54" s="11"/>
+    </row>
+    <row r="55" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="16">
+        <v>49</v>
+      </c>
+      <c r="B55" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D55" s="16">
+        <v>1</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F55" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G55" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H55" s="12"/>
+      <c r="I55" s="12"/>
+      <c r="J55" s="12"/>
+      <c r="K55" s="12">
+        <v>30</v>
+      </c>
+      <c r="L55" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M55" s="11"/>
+      <c r="N55" s="11"/>
+      <c r="O55" s="11"/>
+      <c r="P55" s="11"/>
+      <c r="Q55" s="11"/>
+      <c r="R55" s="11"/>
+      <c r="S55" s="11"/>
+      <c r="T55" s="11"/>
+      <c r="U55" s="11"/>
+      <c r="V55" s="11"/>
+      <c r="W55" s="11"/>
+      <c r="X55" s="11"/>
+      <c r="Y55" s="11"/>
+      <c r="Z55" s="11"/>
+      <c r="AA55" s="11"/>
+      <c r="AB55" s="11"/>
+      <c r="AC55" s="11"/>
+      <c r="AD55" s="11"/>
+      <c r="AE55" s="11"/>
+      <c r="AF55" s="11"/>
+      <c r="AG55" s="11"/>
+      <c r="AH55" s="11"/>
+      <c r="AI55" s="11"/>
+      <c r="AJ55" s="11"/>
+      <c r="AK55" s="11"/>
+      <c r="AL55" s="11"/>
+      <c r="AM55" s="11"/>
+      <c r="AN55" s="11"/>
+      <c r="AO55" s="11"/>
+      <c r="AP55" s="11"/>
+      <c r="AQ55" s="11"/>
+      <c r="AR55" s="11"/>
+      <c r="AS55" s="11"/>
+      <c r="AT55" s="11"/>
+      <c r="AU55" s="11"/>
+      <c r="AV55" s="11"/>
+      <c r="AW55" s="11"/>
+      <c r="AX55" s="11"/>
+      <c r="AY55" s="11"/>
+      <c r="AZ55" s="11"/>
+      <c r="BA55" s="11"/>
+      <c r="BB55" s="11"/>
+      <c r="BC55" s="11"/>
+      <c r="BD55" s="11"/>
+      <c r="BE55" s="11"/>
+      <c r="BF55" s="11"/>
+      <c r="BG55" s="11"/>
+      <c r="BH55" s="11"/>
+      <c r="BI55" s="11"/>
+      <c r="BJ55" s="11"/>
+      <c r="BK55" s="11"/>
+      <c r="BL55" s="11"/>
+      <c r="BM55" s="11"/>
+      <c r="BN55" s="11"/>
+      <c r="BO55" s="11"/>
+      <c r="BP55" s="11"/>
+      <c r="BQ55" s="11"/>
+      <c r="BR55" s="11"/>
+      <c r="BS55" s="11"/>
+      <c r="BT55" s="11"/>
+      <c r="BU55" s="11"/>
+      <c r="BV55" s="11"/>
+      <c r="BW55" s="11"/>
+      <c r="BX55" s="11"/>
+      <c r="BY55" s="11"/>
+      <c r="BZ55" s="11"/>
+      <c r="CA55" s="11"/>
+      <c r="CB55" s="11"/>
+      <c r="CC55" s="11"/>
+      <c r="CD55" s="11"/>
+    </row>
+    <row r="56" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="16">
+        <v>50</v>
+      </c>
+      <c r="B56" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C56" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D56" s="16">
+        <v>1</v>
+      </c>
+      <c r="E56" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F56" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+      <c r="J56" s="12"/>
+      <c r="K56" s="12">
+        <v>30</v>
+      </c>
+      <c r="L56" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M56" s="11"/>
+      <c r="N56" s="11"/>
+      <c r="O56" s="11"/>
+      <c r="P56" s="11"/>
+      <c r="Q56" s="11"/>
+      <c r="R56" s="11"/>
+      <c r="S56" s="11"/>
+      <c r="T56" s="11"/>
+      <c r="U56" s="11"/>
+      <c r="V56" s="11"/>
+      <c r="W56" s="11"/>
+      <c r="X56" s="11"/>
+      <c r="Y56" s="11"/>
+      <c r="Z56" s="11"/>
+      <c r="AA56" s="11"/>
+      <c r="AB56" s="11"/>
+      <c r="AC56" s="11"/>
+      <c r="AD56" s="11"/>
+      <c r="AE56" s="11"/>
+      <c r="AF56" s="11"/>
+      <c r="AG56" s="11"/>
+      <c r="AH56" s="11"/>
+      <c r="AI56" s="11"/>
+      <c r="AJ56" s="11"/>
+      <c r="AK56" s="11"/>
+      <c r="AL56" s="11"/>
+      <c r="AM56" s="11"/>
+      <c r="AN56" s="11"/>
+      <c r="AO56" s="11"/>
+      <c r="AP56" s="11"/>
+      <c r="AQ56" s="11"/>
+      <c r="AR56" s="11"/>
+      <c r="AS56" s="11"/>
+      <c r="AT56" s="11"/>
+      <c r="AU56" s="11"/>
+      <c r="AV56" s="11"/>
+      <c r="AW56" s="11"/>
+      <c r="AX56" s="11"/>
+      <c r="AY56" s="11"/>
+      <c r="AZ56" s="11"/>
+      <c r="BA56" s="11"/>
+      <c r="BB56" s="11"/>
+      <c r="BC56" s="11"/>
+      <c r="BD56" s="11"/>
+      <c r="BE56" s="11"/>
+      <c r="BF56" s="11"/>
+      <c r="BG56" s="11"/>
+      <c r="BH56" s="11"/>
+      <c r="BI56" s="11"/>
+      <c r="BJ56" s="11"/>
+      <c r="BK56" s="11"/>
+      <c r="BL56" s="11"/>
+      <c r="BM56" s="11"/>
+      <c r="BN56" s="11"/>
+      <c r="BO56" s="11"/>
+      <c r="BP56" s="11"/>
+      <c r="BQ56" s="11"/>
+      <c r="BR56" s="11"/>
+      <c r="BS56" s="11"/>
+      <c r="BT56" s="11"/>
+      <c r="BU56" s="11"/>
+      <c r="BV56" s="11"/>
+      <c r="BW56" s="11"/>
+      <c r="BX56" s="11"/>
+      <c r="BY56" s="11"/>
+      <c r="BZ56" s="11"/>
+      <c r="CA56" s="11"/>
+      <c r="CB56" s="11"/>
+      <c r="CC56" s="11"/>
+      <c r="CD56" s="11"/>
+    </row>
+    <row r="57" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="16">
+        <v>51</v>
+      </c>
+      <c r="B57" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C57" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D57" s="16">
+        <v>1</v>
+      </c>
+      <c r="E57" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F57" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G57" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+      <c r="J57" s="12"/>
+      <c r="K57" s="12">
+        <v>30</v>
+      </c>
+      <c r="L57" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M57" s="11"/>
+      <c r="N57" s="11"/>
+      <c r="O57" s="11"/>
+      <c r="P57" s="11"/>
+      <c r="Q57" s="11"/>
+      <c r="R57" s="11"/>
+      <c r="S57" s="11"/>
+      <c r="T57" s="11"/>
+      <c r="U57" s="11"/>
+      <c r="V57" s="11"/>
+      <c r="W57" s="11"/>
+      <c r="X57" s="11"/>
+      <c r="Y57" s="11"/>
+      <c r="Z57" s="11"/>
+      <c r="AA57" s="11"/>
+      <c r="AB57" s="11"/>
+      <c r="AC57" s="11"/>
+      <c r="AD57" s="11"/>
+      <c r="AE57" s="11"/>
+      <c r="AF57" s="11"/>
+      <c r="AG57" s="11"/>
+      <c r="AH57" s="11"/>
+      <c r="AI57" s="11"/>
+      <c r="AJ57" s="11"/>
+      <c r="AK57" s="11"/>
+      <c r="AL57" s="11"/>
+      <c r="AM57" s="11"/>
+      <c r="AN57" s="11"/>
+      <c r="AO57" s="11"/>
+      <c r="AP57" s="11"/>
+      <c r="AQ57" s="11"/>
+      <c r="AR57" s="11"/>
+      <c r="AS57" s="11"/>
+      <c r="AT57" s="11"/>
+      <c r="AU57" s="11"/>
+      <c r="AV57" s="11"/>
+      <c r="AW57" s="11"/>
+      <c r="AX57" s="11"/>
+      <c r="AY57" s="11"/>
+      <c r="AZ57" s="11"/>
+      <c r="BA57" s="11"/>
+      <c r="BB57" s="11"/>
+      <c r="BC57" s="11"/>
+      <c r="BD57" s="11"/>
+      <c r="BE57" s="11"/>
+      <c r="BF57" s="11"/>
+      <c r="BG57" s="11"/>
+      <c r="BH57" s="11"/>
+      <c r="BI57" s="11"/>
+      <c r="BJ57" s="11"/>
+      <c r="BK57" s="11"/>
+      <c r="BL57" s="11"/>
+      <c r="BM57" s="11"/>
+      <c r="BN57" s="11"/>
+      <c r="BO57" s="11"/>
+      <c r="BP57" s="11"/>
+      <c r="BQ57" s="11"/>
+      <c r="BR57" s="11"/>
+      <c r="BS57" s="11"/>
+      <c r="BT57" s="11"/>
+      <c r="BU57" s="11"/>
+      <c r="BV57" s="11"/>
+      <c r="BW57" s="11"/>
+      <c r="BX57" s="11"/>
+      <c r="BY57" s="11"/>
+      <c r="BZ57" s="11"/>
+      <c r="CA57" s="11"/>
+      <c r="CB57" s="11"/>
+      <c r="CC57" s="11"/>
+      <c r="CD57" s="11"/>
+    </row>
+    <row r="58" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="16">
+        <v>52</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D58" s="16">
+        <v>2</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F58" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+      <c r="J58" s="12"/>
+      <c r="K58" s="12">
+        <v>120</v>
+      </c>
+      <c r="L58" s="13">
+        <v>35.200000000000003</v>
+      </c>
+      <c r="M58" s="11"/>
+      <c r="N58" s="11"/>
+      <c r="O58" s="11"/>
+      <c r="P58" s="11"/>
+      <c r="Q58" s="11"/>
+      <c r="R58" s="11"/>
+      <c r="S58" s="11"/>
+      <c r="T58" s="11"/>
+      <c r="U58" s="11"/>
+      <c r="V58" s="11"/>
+      <c r="W58" s="11"/>
+      <c r="X58" s="11"/>
+      <c r="Y58" s="11"/>
+      <c r="Z58" s="11"/>
+      <c r="AA58" s="11"/>
+      <c r="AB58" s="11"/>
+      <c r="AC58" s="11"/>
+      <c r="AD58" s="11"/>
+      <c r="AE58" s="11"/>
+      <c r="AF58" s="11"/>
+      <c r="AG58" s="11"/>
+      <c r="AH58" s="11"/>
+      <c r="AI58" s="11"/>
+      <c r="AJ58" s="11"/>
+      <c r="AK58" s="11"/>
+      <c r="AL58" s="11"/>
+      <c r="AM58" s="11"/>
+      <c r="AN58" s="11"/>
+      <c r="AO58" s="11"/>
+      <c r="AP58" s="11"/>
+      <c r="AQ58" s="11"/>
+      <c r="AR58" s="11"/>
+      <c r="AS58" s="11"/>
+      <c r="AT58" s="11"/>
+      <c r="AU58" s="11"/>
+      <c r="AV58" s="11"/>
+      <c r="AW58" s="11"/>
+      <c r="AX58" s="11"/>
+      <c r="AY58" s="11"/>
+      <c r="AZ58" s="11"/>
+      <c r="BA58" s="11"/>
+      <c r="BB58" s="11"/>
+      <c r="BC58" s="11"/>
+      <c r="BD58" s="11"/>
+      <c r="BE58" s="11"/>
+      <c r="BF58" s="11"/>
+      <c r="BG58" s="11"/>
+      <c r="BH58" s="11"/>
+      <c r="BI58" s="11"/>
+      <c r="BJ58" s="11"/>
+      <c r="BK58" s="11"/>
+      <c r="BL58" s="11"/>
+      <c r="BM58" s="11"/>
+      <c r="BN58" s="11"/>
+      <c r="BO58" s="11"/>
+      <c r="BP58" s="11"/>
+      <c r="BQ58" s="11"/>
+      <c r="BR58" s="11"/>
+      <c r="BS58" s="11"/>
+      <c r="BT58" s="11"/>
+      <c r="BU58" s="11"/>
+      <c r="BV58" s="11"/>
+      <c r="BW58" s="11"/>
+      <c r="BX58" s="11"/>
+      <c r="BY58" s="11"/>
+      <c r="BZ58" s="11"/>
+      <c r="CA58" s="11"/>
+      <c r="CB58" s="11"/>
+      <c r="CC58" s="11"/>
+      <c r="CD58" s="11"/>
+    </row>
+    <row r="59" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="16">
+        <v>53</v>
+      </c>
+      <c r="B59" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D59" s="16">
+        <v>6</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F59" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G59" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H59" s="12"/>
+      <c r="I59" s="12"/>
+      <c r="J59" s="12"/>
+      <c r="K59" s="12">
+        <v>0</v>
+      </c>
+      <c r="L59" s="13">
+        <v>6</v>
+      </c>
+      <c r="M59" s="11"/>
+      <c r="N59" s="11"/>
+      <c r="O59" s="11"/>
+      <c r="P59" s="11"/>
+      <c r="Q59" s="11"/>
+      <c r="R59" s="11"/>
+      <c r="S59" s="11"/>
+      <c r="T59" s="11"/>
+      <c r="U59" s="11"/>
+      <c r="V59" s="11"/>
+      <c r="W59" s="11"/>
+      <c r="X59" s="11"/>
+      <c r="Y59" s="11"/>
+      <c r="Z59" s="11"/>
+      <c r="AA59" s="11"/>
+      <c r="AB59" s="11"/>
+      <c r="AC59" s="11"/>
+      <c r="AD59" s="11"/>
+      <c r="AE59" s="11"/>
+      <c r="AF59" s="11"/>
+      <c r="AG59" s="11"/>
+      <c r="AH59" s="11"/>
+      <c r="AI59" s="11"/>
+      <c r="AJ59" s="11"/>
+      <c r="AK59" s="11"/>
+      <c r="AL59" s="11"/>
+      <c r="AM59" s="11"/>
+      <c r="AN59" s="11"/>
+      <c r="AO59" s="11"/>
+      <c r="AP59" s="11"/>
+      <c r="AQ59" s="11"/>
+      <c r="AR59" s="11"/>
+      <c r="AS59" s="11"/>
+      <c r="AT59" s="11"/>
+      <c r="AU59" s="11"/>
+      <c r="AV59" s="11"/>
+      <c r="AW59" s="11"/>
+      <c r="AX59" s="11"/>
+      <c r="AY59" s="11"/>
+      <c r="AZ59" s="11"/>
+      <c r="BA59" s="11"/>
+      <c r="BB59" s="11"/>
+      <c r="BC59" s="11"/>
+      <c r="BD59" s="11"/>
+      <c r="BE59" s="11"/>
+      <c r="BF59" s="11"/>
+      <c r="BG59" s="11"/>
+      <c r="BH59" s="11"/>
+      <c r="BI59" s="11"/>
+      <c r="BJ59" s="11"/>
+      <c r="BK59" s="11"/>
+      <c r="BL59" s="11"/>
+      <c r="BM59" s="11"/>
+      <c r="BN59" s="11"/>
+      <c r="BO59" s="11"/>
+      <c r="BP59" s="11"/>
+      <c r="BQ59" s="11"/>
+      <c r="BR59" s="11"/>
+      <c r="BS59" s="11"/>
+      <c r="BT59" s="11"/>
+      <c r="BU59" s="11"/>
+      <c r="BV59" s="11"/>
+      <c r="BW59" s="11"/>
+      <c r="BX59" s="11"/>
+      <c r="BY59" s="11"/>
+      <c r="BZ59" s="11"/>
+      <c r="CA59" s="11"/>
+      <c r="CB59" s="11"/>
+      <c r="CC59" s="11"/>
+      <c r="CD59" s="11"/>
+    </row>
+    <row r="60" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="16">
+        <v>54</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D60" s="16">
+        <v>6</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G60" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H60" s="12"/>
+      <c r="I60" s="12"/>
+      <c r="J60" s="12"/>
+      <c r="K60" s="12">
+        <v>0</v>
+      </c>
+      <c r="L60" s="13">
+        <v>6</v>
+      </c>
+      <c r="M60" s="11"/>
+      <c r="N60" s="11"/>
+      <c r="O60" s="11"/>
+      <c r="P60" s="11"/>
+      <c r="Q60" s="11"/>
+      <c r="R60" s="11"/>
+      <c r="S60" s="11"/>
+      <c r="T60" s="11"/>
+      <c r="U60" s="11"/>
+      <c r="V60" s="11"/>
+      <c r="W60" s="11"/>
+      <c r="X60" s="11"/>
+      <c r="Y60" s="11"/>
+      <c r="Z60" s="11"/>
+      <c r="AA60" s="11"/>
+      <c r="AB60" s="11"/>
+      <c r="AC60" s="11"/>
+      <c r="AD60" s="11"/>
+      <c r="AE60" s="11"/>
+      <c r="AF60" s="11"/>
+      <c r="AG60" s="11"/>
+      <c r="AH60" s="11"/>
+      <c r="AI60" s="11"/>
+      <c r="AJ60" s="11"/>
+      <c r="AK60" s="11"/>
+      <c r="AL60" s="11"/>
+      <c r="AM60" s="11"/>
+      <c r="AN60" s="11"/>
+      <c r="AO60" s="11"/>
+      <c r="AP60" s="11"/>
+      <c r="AQ60" s="11"/>
+      <c r="AR60" s="11"/>
+      <c r="AS60" s="11"/>
+      <c r="AT60" s="11"/>
+      <c r="AU60" s="11"/>
+      <c r="AV60" s="11"/>
+      <c r="AW60" s="11"/>
+      <c r="AX60" s="11"/>
+      <c r="AY60" s="11"/>
+      <c r="AZ60" s="11"/>
+      <c r="BA60" s="11"/>
+      <c r="BB60" s="11"/>
+      <c r="BC60" s="11"/>
+      <c r="BD60" s="11"/>
+      <c r="BE60" s="11"/>
+      <c r="BF60" s="11"/>
+      <c r="BG60" s="11"/>
+      <c r="BH60" s="11"/>
+      <c r="BI60" s="11"/>
+      <c r="BJ60" s="11"/>
+      <c r="BK60" s="11"/>
+      <c r="BL60" s="11"/>
+      <c r="BM60" s="11"/>
+      <c r="BN60" s="11"/>
+      <c r="BO60" s="11"/>
+      <c r="BP60" s="11"/>
+      <c r="BQ60" s="11"/>
+      <c r="BR60" s="11"/>
+      <c r="BS60" s="11"/>
+      <c r="BT60" s="11"/>
+      <c r="BU60" s="11"/>
+      <c r="BV60" s="11"/>
+      <c r="BW60" s="11"/>
+      <c r="BX60" s="11"/>
+      <c r="BY60" s="11"/>
+      <c r="BZ60" s="11"/>
+      <c r="CA60" s="11"/>
+      <c r="CB60" s="11"/>
+      <c r="CC60" s="11"/>
+      <c r="CD60" s="11"/>
+    </row>
+    <row r="61" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="16">
+        <v>55</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D61" s="16">
+        <v>7</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F61" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G61" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H61" s="12"/>
+      <c r="I61" s="12"/>
+      <c r="J61" s="12"/>
+      <c r="K61" s="12">
+        <v>315</v>
+      </c>
+      <c r="L61" s="13">
+        <v>11.6</v>
+      </c>
+      <c r="M61" s="11"/>
+      <c r="N61" s="11"/>
+      <c r="O61" s="11"/>
+      <c r="P61" s="11"/>
+      <c r="Q61" s="11"/>
+      <c r="R61" s="11"/>
+      <c r="S61" s="11"/>
+      <c r="T61" s="11"/>
+      <c r="U61" s="11"/>
+      <c r="V61" s="11"/>
+      <c r="W61" s="11"/>
+      <c r="X61" s="11"/>
+      <c r="Y61" s="11"/>
+      <c r="Z61" s="11"/>
+      <c r="AA61" s="11"/>
+      <c r="AB61" s="11"/>
+      <c r="AC61" s="11"/>
+      <c r="AD61" s="11"/>
+      <c r="AE61" s="11"/>
+      <c r="AF61" s="11"/>
+      <c r="AG61" s="11"/>
+      <c r="AH61" s="11"/>
+      <c r="AI61" s="11"/>
+      <c r="AJ61" s="11"/>
+      <c r="AK61" s="11"/>
+      <c r="AL61" s="11"/>
+      <c r="AM61" s="11"/>
+      <c r="AN61" s="11"/>
+      <c r="AO61" s="11"/>
+      <c r="AP61" s="11"/>
+      <c r="AQ61" s="11"/>
+      <c r="AR61" s="11"/>
+      <c r="AS61" s="11"/>
+      <c r="AT61" s="11"/>
+      <c r="AU61" s="11"/>
+      <c r="AV61" s="11"/>
+      <c r="AW61" s="11"/>
+      <c r="AX61" s="11"/>
+      <c r="AY61" s="11"/>
+      <c r="AZ61" s="11"/>
+      <c r="BA61" s="11"/>
+      <c r="BB61" s="11"/>
+      <c r="BC61" s="11"/>
+      <c r="BD61" s="11"/>
+      <c r="BE61" s="11"/>
+      <c r="BF61" s="11"/>
+      <c r="BG61" s="11"/>
+      <c r="BH61" s="11"/>
+      <c r="BI61" s="11"/>
+      <c r="BJ61" s="11"/>
+      <c r="BK61" s="11"/>
+      <c r="BL61" s="11"/>
+      <c r="BM61" s="11"/>
+      <c r="BN61" s="11"/>
+      <c r="BO61" s="11"/>
+      <c r="BP61" s="11"/>
+      <c r="BQ61" s="11"/>
+      <c r="BR61" s="11"/>
+      <c r="BS61" s="11"/>
+      <c r="BT61" s="11"/>
+      <c r="BU61" s="11"/>
+      <c r="BV61" s="11"/>
+      <c r="BW61" s="11"/>
+      <c r="BX61" s="11"/>
+      <c r="BY61" s="11"/>
+      <c r="BZ61" s="11"/>
+      <c r="CA61" s="11"/>
+      <c r="CB61" s="11"/>
+      <c r="CC61" s="11"/>
+      <c r="CD61" s="11"/>
+    </row>
+    <row r="62" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="16">
+        <v>56</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D62" s="16">
+        <v>2</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F62" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H62" s="12"/>
+      <c r="I62" s="12"/>
+      <c r="J62" s="12"/>
+      <c r="K62" s="12">
+        <v>120</v>
+      </c>
+      <c r="L62" s="13">
+        <v>51.8</v>
+      </c>
+      <c r="M62" s="11"/>
+      <c r="N62" s="11"/>
+      <c r="O62" s="11"/>
+      <c r="P62" s="11"/>
+      <c r="Q62" s="11"/>
+      <c r="R62" s="11"/>
+      <c r="S62" s="11"/>
+      <c r="T62" s="11"/>
+      <c r="U62" s="11"/>
+      <c r="V62" s="11"/>
+      <c r="W62" s="11"/>
+      <c r="X62" s="11"/>
+      <c r="Y62" s="11"/>
+      <c r="Z62" s="11"/>
+      <c r="AA62" s="11"/>
+      <c r="AB62" s="11"/>
+      <c r="AC62" s="11"/>
+      <c r="AD62" s="11"/>
+      <c r="AE62" s="11"/>
+      <c r="AF62" s="11"/>
+      <c r="AG62" s="11"/>
+      <c r="AH62" s="11"/>
+      <c r="AI62" s="11"/>
+      <c r="AJ62" s="11"/>
+      <c r="AK62" s="11"/>
+      <c r="AL62" s="11"/>
+      <c r="AM62" s="11"/>
+      <c r="AN62" s="11"/>
+      <c r="AO62" s="11"/>
+      <c r="AP62" s="11"/>
+      <c r="AQ62" s="11"/>
+      <c r="AR62" s="11"/>
+      <c r="AS62" s="11"/>
+      <c r="AT62" s="11"/>
+      <c r="AU62" s="11"/>
+      <c r="AV62" s="11"/>
+      <c r="AW62" s="11"/>
+      <c r="AX62" s="11"/>
+      <c r="AY62" s="11"/>
+      <c r="AZ62" s="11"/>
+      <c r="BA62" s="11"/>
+      <c r="BB62" s="11"/>
+      <c r="BC62" s="11"/>
+      <c r="BD62" s="11"/>
+      <c r="BE62" s="11"/>
+      <c r="BF62" s="11"/>
+      <c r="BG62" s="11"/>
+      <c r="BH62" s="11"/>
+      <c r="BI62" s="11"/>
+      <c r="BJ62" s="11"/>
+      <c r="BK62" s="11"/>
+      <c r="BL62" s="11"/>
+      <c r="BM62" s="11"/>
+      <c r="BN62" s="11"/>
+      <c r="BO62" s="11"/>
+      <c r="BP62" s="11"/>
+      <c r="BQ62" s="11"/>
+      <c r="BR62" s="11"/>
+      <c r="BS62" s="11"/>
+      <c r="BT62" s="11"/>
+      <c r="BU62" s="11"/>
+      <c r="BV62" s="11"/>
+      <c r="BW62" s="11"/>
+      <c r="BX62" s="11"/>
+      <c r="BY62" s="11"/>
+      <c r="BZ62" s="11"/>
+      <c r="CA62" s="11"/>
+      <c r="CB62" s="11"/>
+      <c r="CC62" s="11"/>
+      <c r="CD62" s="11"/>
+    </row>
+    <row r="63" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="16">
+        <v>57</v>
+      </c>
+      <c r="B63" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D63" s="16">
+        <v>3</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F63" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H63" s="12"/>
+      <c r="I63" s="12"/>
+      <c r="J63" s="12"/>
+      <c r="K63" s="12">
+        <v>180</v>
+      </c>
+      <c r="L63" s="13">
+        <v>68.8</v>
+      </c>
+      <c r="M63" s="11"/>
+      <c r="N63" s="11"/>
+      <c r="O63" s="11"/>
+      <c r="P63" s="11"/>
+      <c r="Q63" s="11"/>
+      <c r="R63" s="11"/>
+      <c r="S63" s="11"/>
+      <c r="T63" s="11"/>
+      <c r="U63" s="11"/>
+      <c r="V63" s="11"/>
+      <c r="W63" s="11"/>
+      <c r="X63" s="11"/>
+      <c r="Y63" s="11"/>
+      <c r="Z63" s="11"/>
+      <c r="AA63" s="11"/>
+      <c r="AB63" s="11"/>
+      <c r="AC63" s="11"/>
+      <c r="AD63" s="11"/>
+      <c r="AE63" s="11"/>
+      <c r="AF63" s="11"/>
+      <c r="AG63" s="11"/>
+      <c r="AH63" s="11"/>
+      <c r="AI63" s="11"/>
+      <c r="AJ63" s="11"/>
+      <c r="AK63" s="11"/>
+      <c r="AL63" s="11"/>
+      <c r="AM63" s="11"/>
+      <c r="AN63" s="11"/>
+      <c r="AO63" s="11"/>
+      <c r="AP63" s="11"/>
+      <c r="AQ63" s="11"/>
+      <c r="AR63" s="11"/>
+      <c r="AS63" s="11"/>
+      <c r="AT63" s="11"/>
+      <c r="AU63" s="11"/>
+      <c r="AV63" s="11"/>
+      <c r="AW63" s="11"/>
+      <c r="AX63" s="11"/>
+      <c r="AY63" s="11"/>
+      <c r="AZ63" s="11"/>
+      <c r="BA63" s="11"/>
+      <c r="BB63" s="11"/>
+      <c r="BC63" s="11"/>
+      <c r="BD63" s="11"/>
+      <c r="BE63" s="11"/>
+      <c r="BF63" s="11"/>
+      <c r="BG63" s="11"/>
+      <c r="BH63" s="11"/>
+      <c r="BI63" s="11"/>
+      <c r="BJ63" s="11"/>
+      <c r="BK63" s="11"/>
+      <c r="BL63" s="11"/>
+      <c r="BM63" s="11"/>
+      <c r="BN63" s="11"/>
+      <c r="BO63" s="11"/>
+      <c r="BP63" s="11"/>
+      <c r="BQ63" s="11"/>
+      <c r="BR63" s="11"/>
+      <c r="BS63" s="11"/>
+      <c r="BT63" s="11"/>
+      <c r="BU63" s="11"/>
+      <c r="BV63" s="11"/>
+      <c r="BW63" s="11"/>
+      <c r="BX63" s="11"/>
+      <c r="BY63" s="11"/>
+      <c r="BZ63" s="11"/>
+      <c r="CA63" s="11"/>
+      <c r="CB63" s="11"/>
+      <c r="CC63" s="11"/>
+      <c r="CD63" s="11"/>
+    </row>
+    <row r="64" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="16">
+        <v>58</v>
+      </c>
+      <c r="B64" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D64" s="16">
+        <v>4</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F64" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H64" s="12"/>
+      <c r="I64" s="12"/>
+      <c r="J64" s="12"/>
+      <c r="K64" s="12">
+        <v>180</v>
+      </c>
+      <c r="L64" s="13">
+        <v>37</v>
+      </c>
+      <c r="M64" s="11"/>
+      <c r="N64" s="11"/>
+      <c r="O64" s="11"/>
+      <c r="P64" s="11"/>
+      <c r="Q64" s="11"/>
+      <c r="R64" s="11"/>
+      <c r="S64" s="11"/>
+      <c r="T64" s="11"/>
+      <c r="U64" s="11"/>
+      <c r="V64" s="11"/>
+      <c r="W64" s="11"/>
+      <c r="X64" s="11"/>
+      <c r="Y64" s="11"/>
+      <c r="Z64" s="11"/>
+      <c r="AA64" s="11"/>
+      <c r="AB64" s="11"/>
+      <c r="AC64" s="11"/>
+      <c r="AD64" s="11"/>
+      <c r="AE64" s="11"/>
+      <c r="AF64" s="11"/>
+      <c r="AG64" s="11"/>
+      <c r="AH64" s="11"/>
+      <c r="AI64" s="11"/>
+      <c r="AJ64" s="11"/>
+      <c r="AK64" s="11"/>
+      <c r="AL64" s="11"/>
+      <c r="AM64" s="11"/>
+      <c r="AN64" s="11"/>
+      <c r="AO64" s="11"/>
+      <c r="AP64" s="11"/>
+      <c r="AQ64" s="11"/>
+      <c r="AR64" s="11"/>
+      <c r="AS64" s="11"/>
+      <c r="AT64" s="11"/>
+      <c r="AU64" s="11"/>
+      <c r="AV64" s="11"/>
+      <c r="AW64" s="11"/>
+      <c r="AX64" s="11"/>
+      <c r="AY64" s="11"/>
+      <c r="AZ64" s="11"/>
+      <c r="BA64" s="11"/>
+      <c r="BB64" s="11"/>
+      <c r="BC64" s="11"/>
+      <c r="BD64" s="11"/>
+      <c r="BE64" s="11"/>
+      <c r="BF64" s="11"/>
+      <c r="BG64" s="11"/>
+      <c r="BH64" s="11"/>
+      <c r="BI64" s="11"/>
+      <c r="BJ64" s="11"/>
+      <c r="BK64" s="11"/>
+      <c r="BL64" s="11"/>
+      <c r="BM64" s="11"/>
+      <c r="BN64" s="11"/>
+      <c r="BO64" s="11"/>
+      <c r="BP64" s="11"/>
+      <c r="BQ64" s="11"/>
+      <c r="BR64" s="11"/>
+      <c r="BS64" s="11"/>
+      <c r="BT64" s="11"/>
+      <c r="BU64" s="11"/>
+      <c r="BV64" s="11"/>
+      <c r="BW64" s="11"/>
+      <c r="BX64" s="11"/>
+      <c r="BY64" s="11"/>
+      <c r="BZ64" s="11"/>
+      <c r="CA64" s="11"/>
+      <c r="CB64" s="11"/>
+      <c r="CC64" s="11"/>
+      <c r="CD64" s="11"/>
+    </row>
+    <row r="65" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="16">
+        <v>59</v>
+      </c>
+      <c r="B65" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D65" s="16">
+        <v>4</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F65" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="G65" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+      <c r="J65" s="12"/>
+      <c r="K65" s="12">
+        <v>0</v>
+      </c>
+      <c r="L65" s="13">
+        <v>4</v>
+      </c>
+      <c r="M65" s="11"/>
+      <c r="N65" s="11"/>
+      <c r="O65" s="11"/>
+      <c r="P65" s="11"/>
+      <c r="Q65" s="11"/>
+      <c r="R65" s="11"/>
+      <c r="S65" s="11"/>
+      <c r="T65" s="11"/>
+      <c r="U65" s="11"/>
+      <c r="V65" s="11"/>
+      <c r="W65" s="11"/>
+      <c r="X65" s="11"/>
+      <c r="Y65" s="11"/>
+      <c r="Z65" s="11"/>
+      <c r="AA65" s="11"/>
+      <c r="AB65" s="11"/>
+      <c r="AC65" s="11"/>
+      <c r="AD65" s="11"/>
+      <c r="AE65" s="11"/>
+      <c r="AF65" s="11"/>
+      <c r="AG65" s="11"/>
+      <c r="AH65" s="11"/>
+      <c r="AI65" s="11"/>
+      <c r="AJ65" s="11"/>
+      <c r="AK65" s="11"/>
+      <c r="AL65" s="11"/>
+      <c r="AM65" s="11"/>
+      <c r="AN65" s="11"/>
+      <c r="AO65" s="11"/>
+      <c r="AP65" s="11"/>
+      <c r="AQ65" s="11"/>
+      <c r="AR65" s="11"/>
+      <c r="AS65" s="11"/>
+      <c r="AT65" s="11"/>
+      <c r="AU65" s="11"/>
+      <c r="AV65" s="11"/>
+      <c r="AW65" s="11"/>
+      <c r="AX65" s="11"/>
+      <c r="AY65" s="11"/>
+      <c r="AZ65" s="11"/>
+      <c r="BA65" s="11"/>
+      <c r="BB65" s="11"/>
+      <c r="BC65" s="11"/>
+      <c r="BD65" s="11"/>
+      <c r="BE65" s="11"/>
+      <c r="BF65" s="11"/>
+      <c r="BG65" s="11"/>
+      <c r="BH65" s="11"/>
+      <c r="BI65" s="11"/>
+      <c r="BJ65" s="11"/>
+      <c r="BK65" s="11"/>
+      <c r="BL65" s="11"/>
+      <c r="BM65" s="11"/>
+      <c r="BN65" s="11"/>
+      <c r="BO65" s="11"/>
+      <c r="BP65" s="11"/>
+      <c r="BQ65" s="11"/>
+      <c r="BR65" s="11"/>
+      <c r="BS65" s="11"/>
+      <c r="BT65" s="11"/>
+      <c r="BU65" s="11"/>
+      <c r="BV65" s="11"/>
+      <c r="BW65" s="11"/>
+      <c r="BX65" s="11"/>
+      <c r="BY65" s="11"/>
+      <c r="BZ65" s="11"/>
+      <c r="CA65" s="11"/>
+      <c r="CB65" s="11"/>
+      <c r="CC65" s="11"/>
+      <c r="CD65" s="11"/>
+    </row>
+    <row r="66" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="16">
+        <v>60</v>
+      </c>
+      <c r="B66" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D66" s="16">
+        <v>5</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F66" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G66" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H66" s="12">
+        <v>1129.4000000000001</v>
+      </c>
+      <c r="I66" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J66" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K66" s="12">
+        <v>360</v>
+      </c>
+      <c r="L66" s="13">
+        <v>5.17</v>
+      </c>
+      <c r="N66" s="11"/>
+      <c r="O66" s="11"/>
+      <c r="P66" s="11"/>
+      <c r="Q66" s="11"/>
+      <c r="R66" s="11"/>
+      <c r="S66" s="11"/>
+      <c r="T66" s="11"/>
+      <c r="U66" s="11"/>
+      <c r="V66" s="11"/>
+      <c r="W66" s="11"/>
+      <c r="X66" s="11"/>
+      <c r="Y66" s="11"/>
+      <c r="Z66" s="11"/>
+      <c r="AA66" s="11"/>
+      <c r="AB66" s="11"/>
+      <c r="AC66" s="11"/>
+      <c r="AD66" s="11"/>
+      <c r="AE66" s="11"/>
+      <c r="AF66" s="11"/>
+      <c r="AG66" s="11"/>
+      <c r="AH66" s="11"/>
+      <c r="AI66" s="11"/>
+      <c r="AJ66" s="11"/>
+      <c r="AK66" s="11"/>
+      <c r="AL66" s="11"/>
+      <c r="AM66" s="11"/>
+      <c r="AN66" s="11"/>
+      <c r="AO66" s="11"/>
+      <c r="AP66" s="11"/>
+      <c r="AQ66" s="11"/>
+      <c r="AR66" s="11"/>
+      <c r="AS66" s="11"/>
+      <c r="AT66" s="11"/>
+      <c r="AU66" s="11"/>
+      <c r="AV66" s="11"/>
+      <c r="AW66" s="11"/>
+      <c r="AX66" s="11"/>
+      <c r="AY66" s="11"/>
+      <c r="AZ66" s="11"/>
+      <c r="BA66" s="11"/>
+      <c r="BB66" s="11"/>
+      <c r="BC66" s="11"/>
+      <c r="BD66" s="11"/>
+      <c r="BE66" s="11"/>
+      <c r="BF66" s="11"/>
+      <c r="BG66" s="11"/>
+      <c r="BH66" s="11"/>
+      <c r="BI66" s="11"/>
+      <c r="BJ66" s="11"/>
+      <c r="BK66" s="11"/>
+      <c r="BL66" s="11"/>
+      <c r="BM66" s="11"/>
+      <c r="BN66" s="11"/>
+      <c r="BO66" s="11"/>
+      <c r="BP66" s="11"/>
+      <c r="BQ66" s="11"/>
+      <c r="BR66" s="11"/>
+      <c r="BS66" s="11"/>
+      <c r="BT66" s="11"/>
+      <c r="BU66" s="11"/>
+      <c r="BV66" s="11"/>
+      <c r="BW66" s="11"/>
+      <c r="BX66" s="11"/>
+      <c r="BY66" s="11"/>
+      <c r="BZ66" s="11"/>
+      <c r="CA66" s="11"/>
+      <c r="CB66" s="11"/>
+      <c r="CC66" s="11"/>
+      <c r="CD66" s="11"/>
+    </row>
+    <row r="67" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="16">
+        <v>61</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C67" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D67" s="16">
+        <v>5</v>
+      </c>
+      <c r="E67" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F67" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G67" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H67" s="12">
+        <v>797.4</v>
+      </c>
+      <c r="I67" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J67" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K67" s="12">
+        <v>360</v>
+      </c>
+      <c r="L67" s="13">
+        <v>29.18</v>
+      </c>
+      <c r="N67" s="11"/>
+      <c r="O67" s="11"/>
+      <c r="P67" s="11"/>
+      <c r="Q67" s="11"/>
+      <c r="R67" s="11"/>
+      <c r="S67" s="11"/>
+      <c r="T67" s="11"/>
+      <c r="U67" s="11"/>
+      <c r="V67" s="11"/>
+      <c r="W67" s="11"/>
+      <c r="X67" s="11"/>
+      <c r="Y67" s="11"/>
+      <c r="Z67" s="11"/>
+      <c r="AA67" s="11"/>
+      <c r="AB67" s="11"/>
+      <c r="AC67" s="11"/>
+      <c r="AD67" s="11"/>
+      <c r="AE67" s="11"/>
+      <c r="AF67" s="11"/>
+      <c r="AG67" s="11"/>
+      <c r="AH67" s="11"/>
+      <c r="AI67" s="11"/>
+      <c r="AJ67" s="11"/>
+      <c r="AK67" s="11"/>
+      <c r="AL67" s="11"/>
+      <c r="AM67" s="11"/>
+      <c r="AN67" s="11"/>
+      <c r="AO67" s="11"/>
+      <c r="AP67" s="11"/>
+      <c r="AQ67" s="11"/>
+      <c r="AR67" s="11"/>
+      <c r="AS67" s="11"/>
+      <c r="AT67" s="11"/>
+      <c r="AU67" s="11"/>
+      <c r="AV67" s="11"/>
+      <c r="AW67" s="11"/>
+      <c r="AX67" s="11"/>
+      <c r="AY67" s="11"/>
+      <c r="AZ67" s="11"/>
+      <c r="BA67" s="11"/>
+      <c r="BB67" s="11"/>
+      <c r="BC67" s="11"/>
+      <c r="BD67" s="11"/>
+      <c r="BE67" s="11"/>
+      <c r="BF67" s="11"/>
+      <c r="BG67" s="11"/>
+      <c r="BH67" s="11"/>
+      <c r="BI67" s="11"/>
+      <c r="BJ67" s="11"/>
+      <c r="BK67" s="11"/>
+      <c r="BL67" s="11"/>
+      <c r="BM67" s="11"/>
+      <c r="BN67" s="11"/>
+      <c r="BO67" s="11"/>
+      <c r="BP67" s="11"/>
+      <c r="BQ67" s="11"/>
+      <c r="BR67" s="11"/>
+      <c r="BS67" s="11"/>
+      <c r="BT67" s="11"/>
+      <c r="BU67" s="11"/>
+      <c r="BV67" s="11"/>
+      <c r="BW67" s="11"/>
+      <c r="BX67" s="11"/>
+      <c r="BY67" s="11"/>
+      <c r="BZ67" s="11"/>
+      <c r="CA67" s="11"/>
+      <c r="CB67" s="11"/>
+      <c r="CC67" s="11"/>
+      <c r="CD67" s="11"/>
+    </row>
+    <row r="68" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="16">
+        <v>62</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C68" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D68" s="16">
+        <v>5</v>
+      </c>
+      <c r="E68" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F68" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G68" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H68" s="12"/>
+      <c r="I68" s="12">
+        <v>359.82</v>
+      </c>
+      <c r="J68" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K68" s="12">
+        <v>174</v>
+      </c>
+      <c r="L68" s="13">
+        <v>54.45</v>
+      </c>
+      <c r="M68" s="11"/>
+      <c r="N68" s="11"/>
+      <c r="O68" s="11"/>
+      <c r="P68" s="11"/>
+      <c r="Q68" s="11"/>
+      <c r="R68" s="11"/>
+      <c r="S68" s="11"/>
+      <c r="T68" s="11"/>
+      <c r="U68" s="11"/>
+      <c r="V68" s="11"/>
+      <c r="W68" s="11"/>
+      <c r="X68" s="11"/>
+      <c r="Y68" s="11"/>
+      <c r="Z68" s="11"/>
+      <c r="AA68" s="11"/>
+      <c r="AB68" s="11"/>
+      <c r="AC68" s="11"/>
+      <c r="AD68" s="11"/>
+      <c r="AE68" s="11"/>
+      <c r="AF68" s="11"/>
+      <c r="AG68" s="11"/>
+      <c r="AH68" s="11"/>
+      <c r="AI68" s="11"/>
+      <c r="AJ68" s="11"/>
+      <c r="AK68" s="11"/>
+      <c r="AL68" s="11"/>
+      <c r="AM68" s="11"/>
+      <c r="AN68" s="11"/>
+      <c r="AO68" s="11"/>
+      <c r="AP68" s="11"/>
+      <c r="AQ68" s="11"/>
+      <c r="AR68" s="11"/>
+      <c r="AS68" s="11"/>
+      <c r="AT68" s="11"/>
+      <c r="AU68" s="11"/>
+      <c r="AV68" s="11"/>
+      <c r="AW68" s="11"/>
+      <c r="AX68" s="11"/>
+      <c r="AY68" s="11"/>
+      <c r="AZ68" s="11"/>
+      <c r="BA68" s="11"/>
+      <c r="BB68" s="11"/>
+      <c r="BC68" s="11"/>
+      <c r="BD68" s="11"/>
+      <c r="BE68" s="11"/>
+      <c r="BF68" s="11"/>
+      <c r="BG68" s="11"/>
+      <c r="BH68" s="11"/>
+      <c r="BI68" s="11"/>
+      <c r="BJ68" s="11"/>
+      <c r="BK68" s="11"/>
+      <c r="BL68" s="11"/>
+      <c r="BM68" s="11"/>
+      <c r="BN68" s="11"/>
+      <c r="BO68" s="11"/>
+      <c r="BP68" s="11"/>
+      <c r="BQ68" s="11"/>
+      <c r="BR68" s="11"/>
+      <c r="BS68" s="11"/>
+      <c r="BT68" s="11"/>
+      <c r="BU68" s="11"/>
+      <c r="BV68" s="11"/>
+      <c r="BW68" s="11"/>
+      <c r="BX68" s="11"/>
+      <c r="BY68" s="11"/>
+      <c r="BZ68" s="11"/>
+      <c r="CA68" s="11"/>
+      <c r="CB68" s="11"/>
+      <c r="CC68" s="11"/>
+      <c r="CD68" s="11"/>
+    </row>
+    <row r="69" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="16">
+        <v>63</v>
+      </c>
+      <c r="B69" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D69" s="16">
+        <v>6</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F69" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G69" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H69" s="12"/>
+      <c r="I69" s="12"/>
+      <c r="J69" s="12"/>
+      <c r="K69" s="12">
+        <v>185.5</v>
+      </c>
+      <c r="L69" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="70" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="16">
+        <v>64</v>
+      </c>
+      <c r="B70" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D70" s="16">
+        <v>6</v>
+      </c>
+      <c r="E70" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F70" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G70" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H70" s="12">
+        <v>797.4</v>
+      </c>
+      <c r="I70" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J70" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K70" s="12">
+        <v>360</v>
+      </c>
+      <c r="L70" s="13">
+        <v>29.18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="16">
+        <v>65</v>
+      </c>
+      <c r="B71" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D71" s="16">
+        <v>6</v>
+      </c>
+      <c r="E71" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F71" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G71" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H71" s="12">
+        <v>1129.4000000000001</v>
+      </c>
+      <c r="I71" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J71" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K71" s="12">
+        <v>360</v>
+      </c>
+      <c r="L71" s="13">
+        <v>5.17</v>
+      </c>
+    </row>
+    <row r="72" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="16">
+        <v>66</v>
+      </c>
+      <c r="B72" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C72" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D72" s="16">
+        <v>6</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F72" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G72" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H72" s="12">
+        <v>797.4</v>
+      </c>
+      <c r="I72" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J72" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K72" s="12">
+        <v>360</v>
+      </c>
+      <c r="L72" s="13">
+        <v>29.18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="16">
+        <v>67</v>
+      </c>
+      <c r="B73" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C73" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D73" s="16">
+        <v>6</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F73" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G73" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H73" s="12">
+        <v>797.4</v>
+      </c>
+      <c r="I73" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J73" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K73" s="12">
+        <v>360</v>
+      </c>
+      <c r="L73" s="13">
+        <v>29.18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="16">
+        <v>68</v>
+      </c>
+      <c r="B74" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D74" s="16">
+        <v>6</v>
+      </c>
+      <c r="E74" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F74" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G74" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H74" s="12">
+        <v>1026</v>
+      </c>
+      <c r="I74" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J74" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K74" s="12">
+        <v>360</v>
+      </c>
+      <c r="L74" s="13">
+        <v>35.17</v>
+      </c>
+    </row>
+    <row r="75" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="16">
+        <v>69</v>
+      </c>
+      <c r="B75" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C75" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D75" s="16">
+        <v>6</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F75" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G75" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H75" s="12">
+        <v>797.4</v>
+      </c>
+      <c r="I75" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J75" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K75" s="12">
+        <v>360</v>
+      </c>
+      <c r="L75" s="13">
+        <v>5.18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="16">
+        <v>70</v>
+      </c>
+      <c r="B76" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D76" s="16">
+        <v>6</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F76" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G76" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H76" s="12">
+        <v>1026</v>
+      </c>
+      <c r="I76" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J76" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K76" s="12">
+        <v>360</v>
+      </c>
+      <c r="L76" s="13">
+        <v>35.17</v>
+      </c>
+    </row>
+    <row r="77" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="16">
+        <v>71</v>
+      </c>
+      <c r="B77" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D77" s="16">
+        <v>6</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F77" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G77" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H77" s="12">
+        <v>1129.4000000000001</v>
+      </c>
+      <c r="I77" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J77" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K77" s="12">
+        <v>360</v>
+      </c>
+      <c r="L77" s="13">
+        <v>35.17</v>
+      </c>
+    </row>
+    <row r="78" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="16">
+        <v>72</v>
+      </c>
+      <c r="B78" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D78" s="16">
+        <v>6</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F78" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G78" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H78" s="12">
+        <v>797.4</v>
+      </c>
+      <c r="I78" s="12">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="J78" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K78" s="12">
+        <v>360</v>
+      </c>
+      <c r="L78" s="13">
+        <v>29.18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="16">
+        <v>73</v>
+      </c>
+      <c r="B79" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D79" s="16">
+        <v>6</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F79" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G79" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12">
+        <v>112</v>
+      </c>
+      <c r="L79" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="80" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="16">
+        <v>74</v>
+      </c>
+      <c r="B80" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D80" s="16">
+        <v>6</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F80" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G80" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+      <c r="J80" s="12"/>
+      <c r="K80" s="12">
+        <v>112</v>
+      </c>
+      <c r="L80" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="16">
+        <v>75</v>
+      </c>
+      <c r="B81" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D81" s="16">
+        <v>6</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F81" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G81" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H81" s="12"/>
+      <c r="I81" s="12"/>
+      <c r="J81" s="12"/>
+      <c r="K81" s="12">
+        <v>112</v>
+      </c>
+      <c r="L81" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="16">
+        <v>76</v>
+      </c>
+      <c r="B82" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C82" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D82" s="16">
+        <v>6</v>
+      </c>
+      <c r="E82" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F82" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G82" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H82" s="12"/>
+      <c r="I82" s="12"/>
+      <c r="J82" s="12"/>
+      <c r="K82" s="12">
+        <v>112</v>
+      </c>
+      <c r="L82" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="16">
+        <v>77</v>
+      </c>
+      <c r="B83" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C83" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D83" s="16">
+        <v>3</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F83" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G83" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H83" s="12">
+        <v>492</v>
+      </c>
+      <c r="I83" s="12">
+        <v>396.55</v>
+      </c>
+      <c r="J83" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K83" s="12">
+        <v>195</v>
+      </c>
+      <c r="L83" s="13">
+        <v>3.45</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="16">
+        <v>78</v>
+      </c>
+      <c r="B84" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D84" s="16">
+        <v>3</v>
+      </c>
+      <c r="E84" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F84" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H84" s="12"/>
+      <c r="I84" s="12"/>
+      <c r="J84" s="12"/>
+      <c r="K84" s="12">
+        <v>105</v>
+      </c>
+      <c r="L84" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="16">
+        <v>79</v>
+      </c>
+      <c r="B85" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D85" s="16">
+        <v>3</v>
+      </c>
+      <c r="E85" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F85" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G85" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H85" s="12"/>
+      <c r="I85" s="12"/>
+      <c r="J85" s="12"/>
+      <c r="K85" s="12">
+        <v>138</v>
+      </c>
+      <c r="L85" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="16">
+        <v>80</v>
+      </c>
+      <c r="B86" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C86" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D86" s="16">
+        <v>3</v>
+      </c>
+      <c r="E86" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F86" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G86" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H86" s="12"/>
+      <c r="I86" s="12"/>
+      <c r="J86" s="12"/>
+      <c r="K86" s="12">
+        <v>92</v>
+      </c>
+      <c r="L86" s="13">
+        <v>1.99</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="16">
+        <v>81</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D87" s="16">
+        <v>3</v>
+      </c>
+      <c r="E87" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F87" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G87" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H87" s="12"/>
+      <c r="I87" s="12"/>
+      <c r="J87" s="12"/>
+      <c r="K87" s="12">
+        <v>92</v>
+      </c>
+      <c r="L87" s="13">
+        <v>1.99</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="16">
+        <v>82</v>
+      </c>
+      <c r="B88" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C88" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D88" s="16">
+        <v>3</v>
+      </c>
+      <c r="E88" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F88" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G88" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+      <c r="J88" s="12"/>
+      <c r="K88" s="12">
+        <v>92</v>
+      </c>
+      <c r="L88" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="16">
+        <v>83</v>
+      </c>
+      <c r="B89" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C89" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D89" s="16">
+        <v>3</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F89" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+      <c r="J89" s="12"/>
+      <c r="K89" s="12">
+        <v>105</v>
+      </c>
+      <c r="L89" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="16">
+        <v>84</v>
+      </c>
+      <c r="B90" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C90" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D90" s="16">
+        <v>4</v>
+      </c>
+      <c r="E90" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F90" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G90" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+      <c r="J90" s="12"/>
+      <c r="K90" s="12">
+        <v>240</v>
+      </c>
+      <c r="L90" s="13">
+        <v>27.8</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="16">
+        <v>85</v>
+      </c>
+      <c r="B91" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C91" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D91" s="16">
+        <v>2</v>
+      </c>
+      <c r="E91" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F91" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H91" s="12">
+        <v>190</v>
+      </c>
+      <c r="I91" s="12">
+        <v>262</v>
+      </c>
+      <c r="J91" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K91" s="12">
+        <v>120</v>
+      </c>
+      <c r="L91" s="13">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="16">
+        <v>86</v>
+      </c>
+      <c r="B92" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C92" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D92" s="16">
+        <v>3</v>
+      </c>
+      <c r="E92" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F92" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G92" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H92" s="12"/>
+      <c r="I92" s="12"/>
+      <c r="J92" s="12"/>
+      <c r="K92" s="12">
+        <v>180</v>
+      </c>
+      <c r="L92" s="13">
+        <v>26.8</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="16">
+        <v>87</v>
+      </c>
+      <c r="B93" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C93" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D93" s="16">
+        <v>6</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F93" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G93" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H93" s="12"/>
+      <c r="I93" s="12"/>
+      <c r="J93" s="12"/>
+      <c r="K93" s="12">
+        <v>318</v>
+      </c>
+      <c r="L93" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="16">
+        <v>88</v>
+      </c>
+      <c r="B94" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C94" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D94" s="16">
+        <v>6</v>
+      </c>
+      <c r="E94" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F94" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G94" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H94" s="12"/>
+      <c r="I94" s="12"/>
+      <c r="J94" s="12"/>
+      <c r="K94" s="12">
+        <v>185.5</v>
+      </c>
+      <c r="L94" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="16">
+        <v>89</v>
+      </c>
+      <c r="B95" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C95" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D95" s="16">
+        <v>6</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F95" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G95" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H95" s="12"/>
+      <c r="I95" s="12"/>
+      <c r="J95" s="12"/>
+      <c r="K95" s="12">
+        <v>185.5</v>
+      </c>
+      <c r="L95" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="16">
+        <v>90</v>
+      </c>
+      <c r="B96" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C96" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D96" s="16">
+        <v>7</v>
+      </c>
+      <c r="E96" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F96" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G96" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H96" s="12"/>
+      <c r="I96" s="12"/>
+      <c r="J96" s="12"/>
+      <c r="K96" s="12">
+        <v>315</v>
+      </c>
+      <c r="L96" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="16">
+        <v>91</v>
+      </c>
+      <c r="B97" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D97" s="16">
+        <v>7</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F97" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G97" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H97" s="12"/>
+      <c r="I97" s="12"/>
+      <c r="J97" s="12"/>
+      <c r="K97" s="12">
+        <v>315</v>
+      </c>
+      <c r="L97" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="16">
+        <v>92</v>
+      </c>
+      <c r="B98" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C98" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D98" s="16">
+        <v>7</v>
+      </c>
+      <c r="E98" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F98" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G98" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H98" s="12"/>
+      <c r="I98" s="12"/>
+      <c r="J98" s="12"/>
+      <c r="K98" s="12">
+        <v>315</v>
+      </c>
+      <c r="L98" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="16">
+        <v>93</v>
+      </c>
+      <c r="B99" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C99" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D99" s="16">
+        <v>4</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F99" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G99" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H99" s="12"/>
+      <c r="I99" s="12"/>
+      <c r="J99" s="12"/>
+      <c r="K99" s="12">
+        <v>91</v>
+      </c>
+      <c r="L99" s="13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="16">
+        <v>94</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C100" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D100" s="16">
+        <v>5</v>
+      </c>
+      <c r="E100" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F100" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="G100" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H100" s="12">
+        <v>411</v>
+      </c>
+      <c r="I100" s="12">
+        <v>320.60000000000002</v>
+      </c>
+      <c r="J100" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K100" s="12">
+        <v>300</v>
+      </c>
+      <c r="L100" s="13">
+        <v>50.75</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="16">
+        <v>95</v>
+      </c>
+      <c r="B101" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C101" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D101" s="16">
+        <v>5</v>
+      </c>
+      <c r="E101" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F101" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G101" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H101" s="12"/>
+      <c r="I101" s="12"/>
+      <c r="J101" s="12"/>
+      <c r="K101" s="12">
+        <v>300</v>
+      </c>
+      <c r="L101" s="13">
+        <v>39.1</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="16">
+        <v>96</v>
+      </c>
+      <c r="B102" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C102" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D102" s="16">
+        <v>5</v>
+      </c>
+      <c r="E102" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F102" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G102" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H102" s="12"/>
+      <c r="I102" s="12"/>
+      <c r="J102" s="12"/>
+      <c r="K102" s="12">
+        <v>150</v>
+      </c>
+      <c r="L102" s="13">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="16">
+        <v>97</v>
+      </c>
+      <c r="B103" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C103" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D103" s="16">
+        <v>5</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F103" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G103" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H103" s="12"/>
+      <c r="I103" s="12"/>
+      <c r="J103" s="12"/>
+      <c r="K103" s="12">
+        <v>150</v>
+      </c>
+      <c r="L103" s="13">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="29">
+        <v>98</v>
+      </c>
+      <c r="B104" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="C104" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="D104" s="29">
+        <v>2</v>
+      </c>
+      <c r="E104" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="F104" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G104" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H104" s="12"/>
+      <c r="I104" s="12">
+        <v>658.65</v>
+      </c>
+      <c r="J104" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K104" s="12"/>
+      <c r="L104" s="13"/>
+    </row>
+    <row r="105" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="30"/>
+      <c r="B105" s="32"/>
+      <c r="C105" s="34"/>
+      <c r="D105" s="30"/>
+      <c r="E105" s="34"/>
+      <c r="F105" s="34"/>
+      <c r="G105" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H105" s="12"/>
+      <c r="I105" s="12"/>
+      <c r="J105" s="12"/>
+      <c r="K105" s="12">
+        <v>120</v>
+      </c>
+      <c r="L105" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="16">
+        <v>99</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C106" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D106" s="16">
+        <v>2</v>
+      </c>
+      <c r="E106" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F106" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G106" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H106" s="12"/>
+      <c r="I106" s="12"/>
+      <c r="J106" s="12"/>
+      <c r="K106" s="12">
+        <v>100</v>
+      </c>
+      <c r="L106" s="13">
+        <v>76.900000000000006</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="16">
+        <v>100</v>
+      </c>
+      <c r="B107" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C107" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D107" s="16">
+        <v>4</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F107" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="G107" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H107" s="12">
+        <v>330</v>
+      </c>
+      <c r="I107" s="12">
+        <v>289.18</v>
+      </c>
+      <c r="J107" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K107" s="12">
+        <v>200</v>
+      </c>
+      <c r="L107" s="13">
+        <v>26.6</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="16">
+        <v>101</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C108" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D108" s="16">
+        <v>3</v>
+      </c>
+      <c r="E108" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="F108" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G108" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H108" s="12"/>
+      <c r="I108" s="12"/>
+      <c r="J108" s="12"/>
+      <c r="K108" s="12">
+        <v>92</v>
+      </c>
+      <c r="L108" s="13">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="16">
+        <v>102</v>
+      </c>
+      <c r="B109" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C109" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D109" s="16">
+        <v>3</v>
+      </c>
+      <c r="E109" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="F109" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G109" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H109" s="12"/>
+      <c r="I109" s="12"/>
+      <c r="J109" s="12"/>
+      <c r="K109" s="12">
+        <v>92</v>
+      </c>
+      <c r="L109" s="13">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="16">
+        <v>103</v>
+      </c>
+      <c r="B110" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C110" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D110" s="16">
+        <v>2</v>
+      </c>
+      <c r="E110" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F110" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G110" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H110" s="12"/>
+      <c r="I110" s="12"/>
+      <c r="J110" s="12"/>
+      <c r="K110" s="12">
+        <v>80</v>
+      </c>
+      <c r="L110" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="16">
+        <v>104</v>
+      </c>
+      <c r="B111" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C111" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D111" s="16">
+        <v>2</v>
+      </c>
+      <c r="E111" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F111" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G111" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H111" s="12"/>
+      <c r="I111" s="12"/>
+      <c r="J111" s="12"/>
+      <c r="K111" s="12">
+        <v>80</v>
+      </c>
+      <c r="L111" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" ht="32.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="16">
+        <v>105</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C112" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="D112" s="17">
+        <v>5</v>
+      </c>
+      <c r="E112" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="F112" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G112" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H112" s="10"/>
+      <c r="I112" s="10"/>
+      <c r="J112" s="10"/>
+      <c r="K112" s="12">
+        <v>300</v>
+      </c>
+      <c r="L112" s="13">
+        <v>99.3</v>
+      </c>
+    </row>
+    <row r="113" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A113" s="16">
+        <v>106</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C113" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D113" s="20">
+        <v>8</v>
+      </c>
+      <c r="E113" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F113" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G113" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H113" s="12">
+        <v>72.2</v>
+      </c>
+      <c r="I113" s="10"/>
+      <c r="J113" s="10"/>
+      <c r="K113" s="12">
+        <v>280</v>
+      </c>
+      <c r="L113" s="13">
+        <v>32.08</v>
+      </c>
+    </row>
+    <row r="114" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="16">
+        <v>107</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C114" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D114" s="20">
+        <v>8</v>
+      </c>
+      <c r="E114" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F114" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G114" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H114" s="12">
+        <v>72.2</v>
+      </c>
+      <c r="I114" s="10"/>
+      <c r="J114" s="10"/>
+      <c r="K114" s="12">
+        <v>280</v>
+      </c>
+      <c r="L114" s="13">
+        <v>32.08</v>
+      </c>
+    </row>
+    <row r="115" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="16">
+        <v>108</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C115" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D115" s="20">
+        <v>8</v>
+      </c>
+      <c r="E115" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F115" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G115" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H115" s="12">
+        <v>72.2</v>
+      </c>
+      <c r="I115" s="10"/>
+      <c r="J115" s="10"/>
+      <c r="K115" s="12">
+        <v>280</v>
+      </c>
+      <c r="L115" s="13">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="116" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="16">
+        <v>109</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C116" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D116" s="20">
+        <v>4</v>
+      </c>
+      <c r="E116" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F116" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G116" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H116" s="10"/>
+      <c r="I116" s="10"/>
+      <c r="J116" s="10"/>
+      <c r="K116" s="12">
+        <v>140</v>
+      </c>
+      <c r="L116" s="13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="117" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="16">
+        <v>110</v>
+      </c>
+      <c r="B117" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="C117" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D117" s="20">
+        <v>6</v>
+      </c>
+      <c r="E117" s="21" t="s">
+        <v>111</v>
+      </c>
+      <c r="F117" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G117" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H117" s="10"/>
+      <c r="I117" s="10"/>
+      <c r="J117" s="10"/>
+      <c r="K117" s="12">
+        <v>243.8</v>
+      </c>
+      <c r="L117" s="13">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="118" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="16">
+        <v>111</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C118" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D118" s="20">
+        <v>6</v>
+      </c>
+      <c r="E118" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="F118" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G118" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H118" s="10"/>
+      <c r="I118" s="10"/>
+      <c r="J118" s="10"/>
+      <c r="K118" s="12">
+        <v>0</v>
+      </c>
+      <c r="L118" s="13">
+        <v>20.49</v>
+      </c>
+    </row>
+    <row r="119" spans="1:88" s="9" customFormat="1" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="29">
+        <v>112</v>
+      </c>
+      <c r="B119" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C119" s="35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D119" s="37">
+        <v>4</v>
+      </c>
+      <c r="E119" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="F119" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G119" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H119" s="10"/>
+      <c r="I119" s="10">
+        <v>490.65</v>
+      </c>
+      <c r="J119" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K119" s="12"/>
+      <c r="L119" s="13"/>
+      <c r="M119"/>
+      <c r="N119"/>
+      <c r="O119"/>
+      <c r="P119"/>
+      <c r="Q119"/>
+      <c r="R119"/>
+      <c r="S119"/>
+      <c r="T119"/>
+      <c r="U119"/>
+      <c r="V119"/>
+      <c r="W119"/>
+      <c r="X119"/>
+      <c r="Y119"/>
+      <c r="Z119"/>
+      <c r="AA119"/>
+      <c r="AB119"/>
+      <c r="AC119"/>
+      <c r="AD119"/>
+      <c r="AE119"/>
+      <c r="AF119"/>
+      <c r="AG119"/>
+      <c r="AH119"/>
+      <c r="AI119"/>
+      <c r="AJ119"/>
+      <c r="AK119"/>
+      <c r="AL119"/>
+      <c r="AM119"/>
+      <c r="AN119"/>
+      <c r="AO119"/>
+      <c r="AP119"/>
+      <c r="AQ119"/>
+      <c r="AR119"/>
+      <c r="AS119"/>
+      <c r="AT119"/>
+      <c r="AU119"/>
+      <c r="AV119"/>
+      <c r="AW119"/>
+      <c r="AX119"/>
+      <c r="AY119"/>
+      <c r="AZ119"/>
+      <c r="BA119"/>
+      <c r="BB119"/>
+      <c r="BC119"/>
+      <c r="BD119"/>
+      <c r="BE119"/>
+      <c r="BF119"/>
+      <c r="BG119"/>
+      <c r="BH119"/>
+      <c r="BI119"/>
+      <c r="BJ119"/>
+      <c r="BK119"/>
+      <c r="BL119"/>
+      <c r="BM119"/>
+      <c r="BN119"/>
+      <c r="BO119"/>
+      <c r="BP119"/>
+      <c r="BQ119"/>
+      <c r="BR119"/>
+      <c r="BS119"/>
+      <c r="BT119"/>
+      <c r="BU119"/>
+      <c r="BV119"/>
+      <c r="BW119"/>
+      <c r="BX119"/>
+      <c r="BY119"/>
+      <c r="BZ119"/>
+      <c r="CA119"/>
+      <c r="CB119"/>
+      <c r="CC119"/>
+      <c r="CD119"/>
+      <c r="CE119"/>
+      <c r="CF119"/>
+      <c r="CG119"/>
+      <c r="CH119"/>
+      <c r="CI119"/>
+      <c r="CJ119"/>
+    </row>
+    <row r="120" spans="1:88" s="9" customFormat="1" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="30"/>
+      <c r="B120" s="40"/>
+      <c r="C120" s="36"/>
+      <c r="D120" s="38"/>
+      <c r="E120" s="36"/>
+      <c r="F120" s="34"/>
+      <c r="G120" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H120" s="10"/>
+      <c r="I120" s="10"/>
+      <c r="J120" s="10"/>
+      <c r="K120" s="12">
+        <v>120</v>
+      </c>
+      <c r="L120" s="13">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="M120"/>
+      <c r="N120"/>
+      <c r="O120"/>
+      <c r="P120"/>
+      <c r="Q120"/>
+      <c r="R120"/>
+      <c r="S120"/>
+      <c r="T120"/>
+      <c r="U120"/>
+      <c r="V120"/>
+      <c r="W120"/>
+      <c r="X120"/>
+      <c r="Y120"/>
+      <c r="Z120"/>
+      <c r="AA120"/>
+      <c r="AB120"/>
+      <c r="AC120"/>
+      <c r="AD120"/>
+      <c r="AE120"/>
+      <c r="AF120"/>
+      <c r="AG120"/>
+      <c r="AH120"/>
+      <c r="AI120"/>
+      <c r="AJ120"/>
+      <c r="AK120"/>
+      <c r="AL120"/>
+      <c r="AM120"/>
+      <c r="AN120"/>
+      <c r="AO120"/>
+      <c r="AP120"/>
+      <c r="AQ120"/>
+      <c r="AR120"/>
+      <c r="AS120"/>
+      <c r="AT120"/>
+      <c r="AU120"/>
+      <c r="AV120"/>
+      <c r="AW120"/>
+      <c r="AX120"/>
+      <c r="AY120"/>
+      <c r="AZ120"/>
+      <c r="BA120"/>
+      <c r="BB120"/>
+      <c r="BC120"/>
+      <c r="BD120"/>
+      <c r="BE120"/>
+      <c r="BF120"/>
+      <c r="BG120"/>
+      <c r="BH120"/>
+      <c r="BI120"/>
+      <c r="BJ120"/>
+      <c r="BK120"/>
+      <c r="BL120"/>
+      <c r="BM120"/>
+      <c r="BN120"/>
+      <c r="BO120"/>
+      <c r="BP120"/>
+      <c r="BQ120"/>
+      <c r="BR120"/>
+      <c r="BS120"/>
+      <c r="BT120"/>
+      <c r="BU120"/>
+      <c r="BV120"/>
+      <c r="BW120"/>
+      <c r="BX120"/>
+      <c r="BY120"/>
+      <c r="BZ120"/>
+      <c r="CA120"/>
+      <c r="CB120"/>
+      <c r="CC120"/>
+      <c r="CD120"/>
+      <c r="CE120"/>
+      <c r="CF120"/>
+      <c r="CG120"/>
+      <c r="CH120"/>
+      <c r="CI120"/>
+      <c r="CJ120"/>
+    </row>
+    <row r="121" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="16">
+        <v>113</v>
+      </c>
+      <c r="B121" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C121" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D121" s="20">
+        <v>5</v>
+      </c>
+      <c r="E121" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="F121" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G121" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H121" s="10"/>
+      <c r="I121" s="10"/>
+      <c r="J121" s="10"/>
+      <c r="K121" s="12">
+        <v>193.5</v>
+      </c>
+      <c r="L121" s="13">
+        <v>5</v>
+      </c>
+      <c r="M121" s="11"/>
+      <c r="N121" s="11"/>
+      <c r="O121" s="11"/>
+      <c r="P121" s="11"/>
+      <c r="Q121" s="11"/>
+      <c r="R121" s="11"/>
+      <c r="S121" s="11"/>
+      <c r="T121" s="11"/>
+      <c r="U121" s="11"/>
+      <c r="V121" s="11"/>
+      <c r="W121" s="11"/>
+      <c r="X121" s="11"/>
+      <c r="Y121" s="11"/>
+      <c r="Z121" s="11"/>
+      <c r="AA121" s="11"/>
+      <c r="AB121" s="11"/>
+      <c r="AC121" s="11"/>
+      <c r="AD121" s="11"/>
+      <c r="AE121" s="11"/>
+      <c r="AF121" s="11"/>
+      <c r="AG121" s="11"/>
+      <c r="AH121" s="11"/>
+      <c r="AI121" s="11"/>
+      <c r="AJ121" s="11"/>
+      <c r="AK121" s="11"/>
+      <c r="AL121" s="11"/>
+      <c r="AM121" s="11"/>
+      <c r="AN121" s="11"/>
+      <c r="AO121" s="11"/>
+      <c r="AP121" s="11"/>
+      <c r="AQ121" s="11"/>
+      <c r="AR121" s="11"/>
+      <c r="AS121" s="11"/>
+      <c r="AT121" s="11"/>
+      <c r="AU121" s="11"/>
+      <c r="AV121" s="11"/>
+      <c r="AW121" s="11"/>
+      <c r="AX121" s="11"/>
+      <c r="AY121" s="11"/>
+      <c r="AZ121" s="11"/>
+      <c r="BA121" s="11"/>
+      <c r="BB121" s="11"/>
+      <c r="BC121" s="11"/>
+      <c r="BD121" s="11"/>
+      <c r="BE121" s="11"/>
+      <c r="BF121" s="11"/>
+      <c r="BG121" s="11"/>
+      <c r="BH121" s="11"/>
+      <c r="BI121" s="11"/>
+      <c r="BJ121" s="11"/>
+      <c r="BK121" s="11"/>
+      <c r="BL121" s="11"/>
+      <c r="BM121" s="11"/>
+      <c r="BN121" s="11"/>
+      <c r="BO121" s="11"/>
+      <c r="BP121" s="11"/>
+      <c r="BQ121" s="11"/>
+      <c r="BR121" s="11"/>
+      <c r="BS121" s="11"/>
+      <c r="BT121" s="11"/>
+      <c r="BU121" s="11"/>
+      <c r="BV121" s="11"/>
+      <c r="BW121" s="11"/>
+      <c r="BX121" s="11"/>
+      <c r="BY121" s="11"/>
+      <c r="BZ121" s="11"/>
+      <c r="CA121" s="11"/>
+      <c r="CB121" s="11"/>
+      <c r="CC121" s="11"/>
+      <c r="CD121" s="11"/>
+    </row>
+    <row r="122" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="16">
+        <v>114</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C122" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D122" s="20">
+        <v>5</v>
+      </c>
+      <c r="E122" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="F122" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G122" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H122" s="10"/>
+      <c r="I122" s="10"/>
+      <c r="J122" s="10"/>
+      <c r="K122" s="12">
+        <v>193.5</v>
+      </c>
+      <c r="L122" s="13">
+        <v>5</v>
+      </c>
+      <c r="M122" s="11"/>
+      <c r="N122" s="11"/>
+      <c r="O122" s="11"/>
+      <c r="P122" s="11"/>
+      <c r="Q122" s="11"/>
+      <c r="R122" s="11"/>
+      <c r="S122" s="11"/>
+      <c r="T122" s="11"/>
+      <c r="U122" s="11"/>
+      <c r="V122" s="11"/>
+      <c r="W122" s="11"/>
+      <c r="X122" s="11"/>
+      <c r="Y122" s="11"/>
+      <c r="Z122" s="11"/>
+      <c r="AA122" s="11"/>
+      <c r="AB122" s="11"/>
+      <c r="AC122" s="11"/>
+      <c r="AD122" s="11"/>
+      <c r="AE122" s="11"/>
+      <c r="AF122" s="11"/>
+      <c r="AG122" s="11"/>
+      <c r="AH122" s="11"/>
+      <c r="AI122" s="11"/>
+      <c r="AJ122" s="11"/>
+      <c r="AK122" s="11"/>
+      <c r="AL122" s="11"/>
+      <c r="AM122" s="11"/>
+      <c r="AN122" s="11"/>
+      <c r="AO122" s="11"/>
+      <c r="AP122" s="11"/>
+      <c r="AQ122" s="11"/>
+      <c r="AR122" s="11"/>
+      <c r="AS122" s="11"/>
+      <c r="AT122" s="11"/>
+      <c r="AU122" s="11"/>
+      <c r="AV122" s="11"/>
+      <c r="AW122" s="11"/>
+      <c r="AX122" s="11"/>
+      <c r="AY122" s="11"/>
+      <c r="AZ122" s="11"/>
+      <c r="BA122" s="11"/>
+      <c r="BB122" s="11"/>
+      <c r="BC122" s="11"/>
+      <c r="BD122" s="11"/>
+      <c r="BE122" s="11"/>
+      <c r="BF122" s="11"/>
+      <c r="BG122" s="11"/>
+      <c r="BH122" s="11"/>
+      <c r="BI122" s="11"/>
+      <c r="BJ122" s="11"/>
+      <c r="BK122" s="11"/>
+      <c r="BL122" s="11"/>
+      <c r="BM122" s="11"/>
+      <c r="BN122" s="11"/>
+      <c r="BO122" s="11"/>
+      <c r="BP122" s="11"/>
+      <c r="BQ122" s="11"/>
+      <c r="BR122" s="11"/>
+      <c r="BS122" s="11"/>
+      <c r="BT122" s="11"/>
+      <c r="BU122" s="11"/>
+      <c r="BV122" s="11"/>
+      <c r="BW122" s="11"/>
+      <c r="BX122" s="11"/>
+      <c r="BY122" s="11"/>
+      <c r="BZ122" s="11"/>
+      <c r="CA122" s="11"/>
+      <c r="CB122" s="11"/>
+      <c r="CC122" s="11"/>
+      <c r="CD122" s="11"/>
+    </row>
+    <row r="123" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="16">
+        <v>115</v>
+      </c>
+      <c r="B123" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C123" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D123" s="20">
+        <v>19</v>
+      </c>
+      <c r="E123" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="F123" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G123" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H123" s="10"/>
+      <c r="I123" s="10">
+        <v>327.71</v>
+      </c>
+      <c r="J123" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K123" s="12">
+        <v>426</v>
+      </c>
+      <c r="L123" s="13">
+        <v>19</v>
+      </c>
+      <c r="N123" s="11"/>
+      <c r="O123" s="11"/>
+      <c r="P123" s="11"/>
+      <c r="Q123" s="11"/>
+      <c r="R123" s="11"/>
+      <c r="S123" s="11"/>
+      <c r="T123" s="11"/>
+      <c r="U123" s="11"/>
+      <c r="V123" s="11"/>
+      <c r="W123" s="11"/>
+      <c r="X123" s="11"/>
+      <c r="Y123" s="11"/>
+      <c r="Z123" s="11"/>
+      <c r="AA123" s="11"/>
+      <c r="AB123" s="11"/>
+      <c r="AC123" s="11"/>
+      <c r="AD123" s="11"/>
+      <c r="AE123" s="11"/>
+      <c r="AF123" s="11"/>
+      <c r="AG123" s="11"/>
+      <c r="AH123" s="11"/>
+      <c r="AI123" s="11"/>
+      <c r="AJ123" s="11"/>
+      <c r="AK123" s="11"/>
+      <c r="AL123" s="11"/>
+      <c r="AM123" s="11"/>
+      <c r="AN123" s="11"/>
+      <c r="AO123" s="11"/>
+      <c r="AP123" s="11"/>
+      <c r="AQ123" s="11"/>
+      <c r="AR123" s="11"/>
+      <c r="AS123" s="11"/>
+      <c r="AT123" s="11"/>
+      <c r="AU123" s="11"/>
+      <c r="AV123" s="11"/>
+      <c r="AW123" s="11"/>
+      <c r="AX123" s="11"/>
+      <c r="AY123" s="11"/>
+      <c r="AZ123" s="11"/>
+      <c r="BA123" s="11"/>
+      <c r="BB123" s="11"/>
+      <c r="BC123" s="11"/>
+      <c r="BD123" s="11"/>
+      <c r="BE123" s="11"/>
+      <c r="BF123" s="11"/>
+      <c r="BG123" s="11"/>
+      <c r="BH123" s="11"/>
+      <c r="BI123" s="11"/>
+      <c r="BJ123" s="11"/>
+      <c r="BK123" s="11"/>
+      <c r="BL123" s="11"/>
+      <c r="BM123" s="11"/>
+      <c r="BN123" s="11"/>
+      <c r="BO123" s="11"/>
+      <c r="BP123" s="11"/>
+      <c r="BQ123" s="11"/>
+      <c r="BR123" s="11"/>
+      <c r="BS123" s="11"/>
+      <c r="BT123" s="11"/>
+      <c r="BU123" s="11"/>
+      <c r="BV123" s="11"/>
+      <c r="BW123" s="11"/>
+      <c r="BX123" s="11"/>
+      <c r="BY123" s="11"/>
+      <c r="BZ123" s="11"/>
+      <c r="CA123" s="11"/>
+      <c r="CB123" s="11"/>
+      <c r="CC123" s="11"/>
+      <c r="CD123" s="11"/>
+    </row>
+    <row r="124" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="16">
+        <v>116</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C124" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D124" s="20">
+        <v>3</v>
+      </c>
+      <c r="E124" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="F124" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H124" s="10"/>
+      <c r="I124" s="10"/>
+      <c r="J124" s="10"/>
+      <c r="K124" s="12">
+        <v>80.5</v>
+      </c>
+      <c r="L124" s="13">
+        <v>3</v>
+      </c>
+      <c r="M124" s="11"/>
+      <c r="N124" s="11"/>
+      <c r="O124" s="11"/>
+      <c r="P124" s="11"/>
+      <c r="Q124" s="11"/>
+      <c r="R124" s="11"/>
+      <c r="S124" s="11"/>
+      <c r="T124" s="11"/>
+      <c r="U124" s="11"/>
+      <c r="V124" s="11"/>
+      <c r="W124" s="11"/>
+      <c r="X124" s="11"/>
+      <c r="Y124" s="11"/>
+      <c r="Z124" s="11"/>
+      <c r="AA124" s="11"/>
+      <c r="AB124" s="11"/>
+      <c r="AC124" s="11"/>
+      <c r="AD124" s="11"/>
+      <c r="AE124" s="11"/>
+      <c r="AF124" s="11"/>
+      <c r="AG124" s="11"/>
+      <c r="AH124" s="11"/>
+      <c r="AI124" s="11"/>
+      <c r="AJ124" s="11"/>
+      <c r="AK124" s="11"/>
+      <c r="AL124" s="11"/>
+      <c r="AM124" s="11"/>
+      <c r="AN124" s="11"/>
+      <c r="AO124" s="11"/>
+      <c r="AP124" s="11"/>
+      <c r="AQ124" s="11"/>
+      <c r="AR124" s="11"/>
+      <c r="AS124" s="11"/>
+      <c r="AT124" s="11"/>
+      <c r="AU124" s="11"/>
+      <c r="AV124" s="11"/>
+      <c r="AW124" s="11"/>
+      <c r="AX124" s="11"/>
+      <c r="AY124" s="11"/>
+      <c r="AZ124" s="11"/>
+      <c r="BA124" s="11"/>
+      <c r="BB124" s="11"/>
+      <c r="BC124" s="11"/>
+      <c r="BD124" s="11"/>
+      <c r="BE124" s="11"/>
+      <c r="BF124" s="11"/>
+      <c r="BG124" s="11"/>
+      <c r="BH124" s="11"/>
+      <c r="BI124" s="11"/>
+      <c r="BJ124" s="11"/>
+      <c r="BK124" s="11"/>
+      <c r="BL124" s="11"/>
+      <c r="BM124" s="11"/>
+      <c r="BN124" s="11"/>
+      <c r="BO124" s="11"/>
+      <c r="BP124" s="11"/>
+      <c r="BQ124" s="11"/>
+      <c r="BR124" s="11"/>
+      <c r="BS124" s="11"/>
+      <c r="BT124" s="11"/>
+      <c r="BU124" s="11"/>
+      <c r="BV124" s="11"/>
+      <c r="BW124" s="11"/>
+      <c r="BX124" s="11"/>
+      <c r="BY124" s="11"/>
+      <c r="BZ124" s="11"/>
+      <c r="CA124" s="11"/>
+      <c r="CB124" s="11"/>
+      <c r="CC124" s="11"/>
+      <c r="CD124" s="11"/>
+    </row>
+    <row r="125" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="16">
+        <v>117</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C125" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D125" s="20">
+        <v>3</v>
+      </c>
+      <c r="E125" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="F125" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H125" s="10"/>
+      <c r="I125" s="10"/>
+      <c r="J125" s="10"/>
+      <c r="K125" s="12">
+        <v>80.5</v>
+      </c>
+      <c r="L125" s="13">
+        <v>3</v>
+      </c>
+      <c r="M125" s="11"/>
+      <c r="N125" s="11"/>
+      <c r="O125" s="11"/>
+      <c r="P125" s="11"/>
+      <c r="Q125" s="11"/>
+      <c r="R125" s="11"/>
+      <c r="S125" s="11"/>
+      <c r="T125" s="11"/>
+      <c r="U125" s="11"/>
+      <c r="V125" s="11"/>
+      <c r="W125" s="11"/>
+      <c r="X125" s="11"/>
+      <c r="Y125" s="11"/>
+      <c r="Z125" s="11"/>
+      <c r="AA125" s="11"/>
+      <c r="AB125" s="11"/>
+      <c r="AC125" s="11"/>
+      <c r="AD125" s="11"/>
+      <c r="AE125" s="11"/>
+      <c r="AF125" s="11"/>
+      <c r="AG125" s="11"/>
+      <c r="AH125" s="11"/>
+      <c r="AI125" s="11"/>
+      <c r="AJ125" s="11"/>
+      <c r="AK125" s="11"/>
+      <c r="AL125" s="11"/>
+      <c r="AM125" s="11"/>
+      <c r="AN125" s="11"/>
+      <c r="AO125" s="11"/>
+      <c r="AP125" s="11"/>
+      <c r="AQ125" s="11"/>
+      <c r="AR125" s="11"/>
+      <c r="AS125" s="11"/>
+      <c r="AT125" s="11"/>
+      <c r="AU125" s="11"/>
+      <c r="AV125" s="11"/>
+      <c r="AW125" s="11"/>
+      <c r="AX125" s="11"/>
+      <c r="AY125" s="11"/>
+      <c r="AZ125" s="11"/>
+      <c r="BA125" s="11"/>
+      <c r="BB125" s="11"/>
+      <c r="BC125" s="11"/>
+      <c r="BD125" s="11"/>
+      <c r="BE125" s="11"/>
+      <c r="BF125" s="11"/>
+      <c r="BG125" s="11"/>
+      <c r="BH125" s="11"/>
+      <c r="BI125" s="11"/>
+      <c r="BJ125" s="11"/>
+      <c r="BK125" s="11"/>
+      <c r="BL125" s="11"/>
+      <c r="BM125" s="11"/>
+      <c r="BN125" s="11"/>
+      <c r="BO125" s="11"/>
+      <c r="BP125" s="11"/>
+      <c r="BQ125" s="11"/>
+      <c r="BR125" s="11"/>
+      <c r="BS125" s="11"/>
+      <c r="BT125" s="11"/>
+      <c r="BU125" s="11"/>
+      <c r="BV125" s="11"/>
+      <c r="BW125" s="11"/>
+      <c r="BX125" s="11"/>
+      <c r="BY125" s="11"/>
+      <c r="BZ125" s="11"/>
+      <c r="CA125" s="11"/>
+      <c r="CB125" s="11"/>
+      <c r="CC125" s="11"/>
+      <c r="CD125" s="11"/>
+    </row>
+    <row r="126" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="16">
+        <v>118</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C126" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D126" s="20">
+        <v>3</v>
+      </c>
+      <c r="E126" s="21" t="s">
+        <v>86</v>
+      </c>
+      <c r="F126" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G126" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H126" s="10"/>
+      <c r="I126" s="10"/>
+      <c r="J126" s="10"/>
+      <c r="K126" s="12">
+        <v>149.5</v>
+      </c>
+      <c r="L126" s="13">
+        <v>57.58</v>
+      </c>
+      <c r="M126" s="11"/>
+      <c r="N126" s="11"/>
+      <c r="O126" s="11"/>
+      <c r="P126" s="11"/>
+      <c r="Q126" s="11"/>
+      <c r="R126" s="11"/>
+      <c r="S126" s="11"/>
+      <c r="T126" s="11"/>
+      <c r="U126" s="11"/>
+      <c r="V126" s="11"/>
+      <c r="W126" s="11"/>
+      <c r="X126" s="11"/>
+      <c r="Y126" s="11"/>
+      <c r="Z126" s="11"/>
+      <c r="AA126" s="11"/>
+      <c r="AB126" s="11"/>
+      <c r="AC126" s="11"/>
+      <c r="AD126" s="11"/>
+      <c r="AE126" s="11"/>
+      <c r="AF126" s="11"/>
+      <c r="AG126" s="11"/>
+      <c r="AH126" s="11"/>
+      <c r="AI126" s="11"/>
+      <c r="AJ126" s="11"/>
+      <c r="AK126" s="11"/>
+      <c r="AL126" s="11"/>
+      <c r="AM126" s="11"/>
+      <c r="AN126" s="11"/>
+      <c r="AO126" s="11"/>
+      <c r="AP126" s="11"/>
+      <c r="AQ126" s="11"/>
+      <c r="AR126" s="11"/>
+      <c r="AS126" s="11"/>
+      <c r="AT126" s="11"/>
+      <c r="AU126" s="11"/>
+      <c r="AV126" s="11"/>
+      <c r="AW126" s="11"/>
+      <c r="AX126" s="11"/>
+      <c r="AY126" s="11"/>
+      <c r="AZ126" s="11"/>
+      <c r="BA126" s="11"/>
+      <c r="BB126" s="11"/>
+      <c r="BC126" s="11"/>
+      <c r="BD126" s="11"/>
+      <c r="BE126" s="11"/>
+      <c r="BF126" s="11"/>
+      <c r="BG126" s="11"/>
+      <c r="BH126" s="11"/>
+      <c r="BI126" s="11"/>
+      <c r="BJ126" s="11"/>
+      <c r="BK126" s="11"/>
+      <c r="BL126" s="11"/>
+      <c r="BM126" s="11"/>
+      <c r="BN126" s="11"/>
+      <c r="BO126" s="11"/>
+      <c r="BP126" s="11"/>
+      <c r="BQ126" s="11"/>
+      <c r="BR126" s="11"/>
+      <c r="BS126" s="11"/>
+      <c r="BT126" s="11"/>
+      <c r="BU126" s="11"/>
+      <c r="BV126" s="11"/>
+      <c r="BW126" s="11"/>
+      <c r="BX126" s="11"/>
+      <c r="BY126" s="11"/>
+      <c r="BZ126" s="11"/>
+      <c r="CA126" s="11"/>
+      <c r="CB126" s="11"/>
+      <c r="CC126" s="11"/>
+      <c r="CD126" s="11"/>
+    </row>
+    <row r="127" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="16">
+        <v>119</v>
+      </c>
+      <c r="B127" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C127" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D127" s="20">
+        <v>3</v>
+      </c>
+      <c r="E127" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="F127" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G127" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H127" s="10"/>
+      <c r="I127" s="10"/>
+      <c r="J127" s="10"/>
+      <c r="K127" s="12">
+        <v>0</v>
+      </c>
+      <c r="L127" s="13">
+        <v>3</v>
+      </c>
+      <c r="M127" s="11"/>
+      <c r="N127" s="11"/>
+      <c r="O127" s="11"/>
+      <c r="P127" s="11"/>
+      <c r="Q127" s="11"/>
+      <c r="R127" s="11"/>
+      <c r="S127" s="11"/>
+      <c r="T127" s="11"/>
+      <c r="U127" s="11"/>
+      <c r="V127" s="11"/>
+      <c r="W127" s="11"/>
+      <c r="X127" s="11"/>
+      <c r="Y127" s="11"/>
+      <c r="Z127" s="11"/>
+      <c r="AA127" s="11"/>
+      <c r="AB127" s="11"/>
+      <c r="AC127" s="11"/>
+      <c r="AD127" s="11"/>
+      <c r="AE127" s="11"/>
+      <c r="AF127" s="11"/>
+      <c r="AG127" s="11"/>
+      <c r="AH127" s="11"/>
+      <c r="AI127" s="11"/>
+      <c r="AJ127" s="11"/>
+      <c r="AK127" s="11"/>
+      <c r="AL127" s="11"/>
+      <c r="AM127" s="11"/>
+      <c r="AN127" s="11"/>
+      <c r="AO127" s="11"/>
+      <c r="AP127" s="11"/>
+      <c r="AQ127" s="11"/>
+      <c r="AR127" s="11"/>
+      <c r="AS127" s="11"/>
+      <c r="AT127" s="11"/>
+      <c r="AU127" s="11"/>
+      <c r="AV127" s="11"/>
+      <c r="AW127" s="11"/>
+      <c r="AX127" s="11"/>
+      <c r="AY127" s="11"/>
+      <c r="AZ127" s="11"/>
+      <c r="BA127" s="11"/>
+      <c r="BB127" s="11"/>
+      <c r="BC127" s="11"/>
+      <c r="BD127" s="11"/>
+      <c r="BE127" s="11"/>
+      <c r="BF127" s="11"/>
+      <c r="BG127" s="11"/>
+      <c r="BH127" s="11"/>
+      <c r="BI127" s="11"/>
+      <c r="BJ127" s="11"/>
+      <c r="BK127" s="11"/>
+      <c r="BL127" s="11"/>
+      <c r="BM127" s="11"/>
+      <c r="BN127" s="11"/>
+      <c r="BO127" s="11"/>
+      <c r="BP127" s="11"/>
+      <c r="BQ127" s="11"/>
+      <c r="BR127" s="11"/>
+      <c r="BS127" s="11"/>
+      <c r="BT127" s="11"/>
+      <c r="BU127" s="11"/>
+      <c r="BV127" s="11"/>
+      <c r="BW127" s="11"/>
+      <c r="BX127" s="11"/>
+      <c r="BY127" s="11"/>
+      <c r="BZ127" s="11"/>
+      <c r="CA127" s="11"/>
+      <c r="CB127" s="11"/>
+      <c r="CC127" s="11"/>
+      <c r="CD127" s="11"/>
+    </row>
+    <row r="128" spans="1:88" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="16">
+        <v>120</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C128" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D128" s="20">
+        <v>2</v>
+      </c>
+      <c r="E128" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F128" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H128" s="10"/>
+      <c r="I128" s="10"/>
+      <c r="J128" s="10"/>
+      <c r="K128" s="12">
+        <v>120</v>
+      </c>
+      <c r="L128" s="13">
+        <v>29.7</v>
+      </c>
+      <c r="M128" s="11"/>
+      <c r="N128" s="11"/>
+      <c r="O128" s="11"/>
+      <c r="P128" s="11"/>
+      <c r="Q128" s="11"/>
+      <c r="R128" s="11"/>
+      <c r="S128" s="11"/>
+      <c r="T128" s="11"/>
+      <c r="U128" s="11"/>
+      <c r="V128" s="11"/>
+      <c r="W128" s="11"/>
+      <c r="X128" s="11"/>
+      <c r="Y128" s="11"/>
+      <c r="Z128" s="11"/>
+      <c r="AA128" s="11"/>
+      <c r="AB128" s="11"/>
+      <c r="AC128" s="11"/>
+      <c r="AD128" s="11"/>
+      <c r="AE128" s="11"/>
+      <c r="AF128" s="11"/>
+      <c r="AG128" s="11"/>
+      <c r="AH128" s="11"/>
+      <c r="AI128" s="11"/>
+      <c r="AJ128" s="11"/>
+      <c r="AK128" s="11"/>
+      <c r="AL128" s="11"/>
+      <c r="AM128" s="11"/>
+      <c r="AN128" s="11"/>
+      <c r="AO128" s="11"/>
+      <c r="AP128" s="11"/>
+      <c r="AQ128" s="11"/>
+      <c r="AR128" s="11"/>
+      <c r="AS128" s="11"/>
+      <c r="AT128" s="11"/>
+      <c r="AU128" s="11"/>
+      <c r="AV128" s="11"/>
+      <c r="AW128" s="11"/>
+      <c r="AX128" s="11"/>
+      <c r="AY128" s="11"/>
+      <c r="AZ128" s="11"/>
+      <c r="BA128" s="11"/>
+      <c r="BB128" s="11"/>
+      <c r="BC128" s="11"/>
+      <c r="BD128" s="11"/>
+      <c r="BE128" s="11"/>
+      <c r="BF128" s="11"/>
+      <c r="BG128" s="11"/>
+      <c r="BH128" s="11"/>
+      <c r="BI128" s="11"/>
+      <c r="BJ128" s="11"/>
+      <c r="BK128" s="11"/>
+      <c r="BL128" s="11"/>
+      <c r="BM128" s="11"/>
+      <c r="BN128" s="11"/>
+      <c r="BO128" s="11"/>
+      <c r="BP128" s="11"/>
+      <c r="BQ128" s="11"/>
+      <c r="BR128" s="11"/>
+      <c r="BS128" s="11"/>
+      <c r="BT128" s="11"/>
+      <c r="BU128" s="11"/>
+      <c r="BV128" s="11"/>
+      <c r="BW128" s="11"/>
+      <c r="BX128" s="11"/>
+      <c r="BY128" s="11"/>
+      <c r="BZ128" s="11"/>
+      <c r="CA128" s="11"/>
+      <c r="CB128" s="11"/>
+      <c r="CC128" s="11"/>
+      <c r="CD128" s="11"/>
+    </row>
+    <row r="129" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="16">
+        <v>121</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C129" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D129" s="20">
+        <v>3</v>
+      </c>
+      <c r="E129" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F129" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H129" s="10"/>
+      <c r="I129" s="10"/>
+      <c r="J129" s="10"/>
+      <c r="K129" s="12">
+        <v>180</v>
+      </c>
+      <c r="L129" s="13">
+        <v>13.9</v>
+      </c>
+      <c r="M129" s="11"/>
+      <c r="N129" s="11"/>
+      <c r="O129" s="11"/>
+      <c r="P129" s="11"/>
+      <c r="Q129" s="11"/>
+      <c r="R129" s="11"/>
+      <c r="S129" s="11"/>
+      <c r="T129" s="11"/>
+      <c r="U129" s="11"/>
+      <c r="V129" s="11"/>
+      <c r="W129" s="11"/>
+      <c r="X129" s="11"/>
+      <c r="Y129" s="11"/>
+      <c r="Z129" s="11"/>
+      <c r="AA129" s="11"/>
+      <c r="AB129" s="11"/>
+      <c r="AC129" s="11"/>
+      <c r="AD129" s="11"/>
+      <c r="AE129" s="11"/>
+      <c r="AF129" s="11"/>
+      <c r="AG129" s="11"/>
+      <c r="AH129" s="11"/>
+      <c r="AI129" s="11"/>
+      <c r="AJ129" s="11"/>
+      <c r="AK129" s="11"/>
+      <c r="AL129" s="11"/>
+      <c r="AM129" s="11"/>
+      <c r="AN129" s="11"/>
+      <c r="AO129" s="11"/>
+      <c r="AP129" s="11"/>
+      <c r="AQ129" s="11"/>
+      <c r="AR129" s="11"/>
+      <c r="AS129" s="11"/>
+      <c r="AT129" s="11"/>
+      <c r="AU129" s="11"/>
+      <c r="AV129" s="11"/>
+      <c r="AW129" s="11"/>
+      <c r="AX129" s="11"/>
+      <c r="AY129" s="11"/>
+      <c r="AZ129" s="11"/>
+      <c r="BA129" s="11"/>
+      <c r="BB129" s="11"/>
+      <c r="BC129" s="11"/>
+      <c r="BD129" s="11"/>
+      <c r="BE129" s="11"/>
+      <c r="BF129" s="11"/>
+      <c r="BG129" s="11"/>
+      <c r="BH129" s="11"/>
+      <c r="BI129" s="11"/>
+      <c r="BJ129" s="11"/>
+      <c r="BK129" s="11"/>
+      <c r="BL129" s="11"/>
+      <c r="BM129" s="11"/>
+      <c r="BN129" s="11"/>
+      <c r="BO129" s="11"/>
+      <c r="BP129" s="11"/>
+      <c r="BQ129" s="11"/>
+      <c r="BR129" s="11"/>
+      <c r="BS129" s="11"/>
+      <c r="BT129" s="11"/>
+      <c r="BU129" s="11"/>
+      <c r="BV129" s="11"/>
+      <c r="BW129" s="11"/>
+      <c r="BX129" s="11"/>
+      <c r="BY129" s="11"/>
+      <c r="BZ129" s="11"/>
+      <c r="CA129" s="11"/>
+      <c r="CB129" s="11"/>
+      <c r="CC129" s="11"/>
+      <c r="CD129" s="11"/>
+    </row>
+    <row r="130" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="16">
+        <v>122</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C130" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D130" s="20">
+        <v>2</v>
+      </c>
+      <c r="E130" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F130" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G130" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H130" s="12">
+        <v>133</v>
+      </c>
+      <c r="I130" s="10">
+        <v>225.95</v>
+      </c>
+      <c r="J130" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K130" s="12">
+        <v>120</v>
+      </c>
+      <c r="L130" s="13">
+        <v>99.99</v>
+      </c>
+      <c r="N130" s="11"/>
+      <c r="O130" s="11"/>
+      <c r="P130" s="11"/>
+      <c r="Q130" s="11"/>
+      <c r="R130" s="11"/>
+      <c r="S130" s="11"/>
+      <c r="T130" s="11"/>
+      <c r="U130" s="11"/>
+      <c r="V130" s="11"/>
+      <c r="W130" s="11"/>
+      <c r="X130" s="11"/>
+      <c r="Y130" s="11"/>
+      <c r="Z130" s="11"/>
+      <c r="AA130" s="11"/>
+      <c r="AB130" s="11"/>
+      <c r="AC130" s="11"/>
+      <c r="AD130" s="11"/>
+      <c r="AE130" s="11"/>
+      <c r="AF130" s="11"/>
+      <c r="AG130" s="11"/>
+      <c r="AH130" s="11"/>
+      <c r="AI130" s="11"/>
+      <c r="AJ130" s="11"/>
+      <c r="AK130" s="11"/>
+      <c r="AL130" s="11"/>
+      <c r="AM130" s="11"/>
+      <c r="AN130" s="11"/>
+      <c r="AO130" s="11"/>
+      <c r="AP130" s="11"/>
+      <c r="AQ130" s="11"/>
+      <c r="AR130" s="11"/>
+      <c r="AS130" s="11"/>
+      <c r="AT130" s="11"/>
+      <c r="AU130" s="11"/>
+      <c r="AV130" s="11"/>
+      <c r="AW130" s="11"/>
+      <c r="AX130" s="11"/>
+      <c r="AY130" s="11"/>
+      <c r="AZ130" s="11"/>
+      <c r="BA130" s="11"/>
+      <c r="BB130" s="11"/>
+      <c r="BC130" s="11"/>
+      <c r="BD130" s="11"/>
+      <c r="BE130" s="11"/>
+      <c r="BF130" s="11"/>
+      <c r="BG130" s="11"/>
+      <c r="BH130" s="11"/>
+      <c r="BI130" s="11"/>
+      <c r="BJ130" s="11"/>
+      <c r="BK130" s="11"/>
+      <c r="BL130" s="11"/>
+      <c r="BM130" s="11"/>
+      <c r="BN130" s="11"/>
+      <c r="BO130" s="11"/>
+      <c r="BP130" s="11"/>
+      <c r="BQ130" s="11"/>
+      <c r="BR130" s="11"/>
+      <c r="BS130" s="11"/>
+      <c r="BT130" s="11"/>
+      <c r="BU130" s="11"/>
+      <c r="BV130" s="11"/>
+      <c r="BW130" s="11"/>
+      <c r="BX130" s="11"/>
+      <c r="BY130" s="11"/>
+      <c r="BZ130" s="11"/>
+      <c r="CA130" s="11"/>
+      <c r="CB130" s="11"/>
+      <c r="CC130" s="11"/>
+      <c r="CD130" s="11"/>
+    </row>
+    <row r="131" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="16">
+        <v>123</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C131" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D131" s="20">
+        <v>5</v>
+      </c>
+      <c r="E131" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F131" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G131" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H131" s="10"/>
+      <c r="I131" s="10"/>
+      <c r="J131" s="10"/>
+      <c r="K131" s="12">
+        <v>250</v>
+      </c>
+      <c r="L131" s="13">
+        <v>5</v>
+      </c>
+      <c r="M131" s="11"/>
+      <c r="N131" s="11"/>
+      <c r="O131" s="11"/>
+      <c r="P131" s="11"/>
+      <c r="Q131" s="11"/>
+      <c r="R131" s="11"/>
+      <c r="S131" s="11"/>
+      <c r="T131" s="11"/>
+      <c r="U131" s="11"/>
+      <c r="V131" s="11"/>
+      <c r="W131" s="11"/>
+      <c r="X131" s="11"/>
+      <c r="Y131" s="11"/>
+      <c r="Z131" s="11"/>
+      <c r="AA131" s="11"/>
+      <c r="AB131" s="11"/>
+      <c r="AC131" s="11"/>
+      <c r="AD131" s="11"/>
+      <c r="AE131" s="11"/>
+      <c r="AF131" s="11"/>
+      <c r="AG131" s="11"/>
+      <c r="AH131" s="11"/>
+      <c r="AI131" s="11"/>
+      <c r="AJ131" s="11"/>
+      <c r="AK131" s="11"/>
+      <c r="AL131" s="11"/>
+      <c r="AM131" s="11"/>
+      <c r="AN131" s="11"/>
+      <c r="AO131" s="11"/>
+      <c r="AP131" s="11"/>
+      <c r="AQ131" s="11"/>
+      <c r="AR131" s="11"/>
+      <c r="AS131" s="11"/>
+      <c r="AT131" s="11"/>
+      <c r="AU131" s="11"/>
+      <c r="AV131" s="11"/>
+      <c r="AW131" s="11"/>
+      <c r="AX131" s="11"/>
+      <c r="AY131" s="11"/>
+      <c r="AZ131" s="11"/>
+      <c r="BA131" s="11"/>
+      <c r="BB131" s="11"/>
+      <c r="BC131" s="11"/>
+      <c r="BD131" s="11"/>
+      <c r="BE131" s="11"/>
+      <c r="BF131" s="11"/>
+      <c r="BG131" s="11"/>
+      <c r="BH131" s="11"/>
+      <c r="BI131" s="11"/>
+      <c r="BJ131" s="11"/>
+      <c r="BK131" s="11"/>
+      <c r="BL131" s="11"/>
+      <c r="BM131" s="11"/>
+      <c r="BN131" s="11"/>
+      <c r="BO131" s="11"/>
+      <c r="BP131" s="11"/>
+      <c r="BQ131" s="11"/>
+      <c r="BR131" s="11"/>
+      <c r="BS131" s="11"/>
+      <c r="BT131" s="11"/>
+      <c r="BU131" s="11"/>
+      <c r="BV131" s="11"/>
+      <c r="BW131" s="11"/>
+      <c r="BX131" s="11"/>
+      <c r="BY131" s="11"/>
+      <c r="BZ131" s="11"/>
+      <c r="CA131" s="11"/>
+      <c r="CB131" s="11"/>
+      <c r="CC131" s="11"/>
+      <c r="CD131" s="11"/>
+    </row>
+    <row r="132" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="16">
+        <v>124</v>
+      </c>
+      <c r="B132" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C132" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D132" s="20">
+        <v>5</v>
+      </c>
+      <c r="E132" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F132" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G132" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H132" s="10"/>
+      <c r="I132" s="10"/>
+      <c r="J132" s="10"/>
+      <c r="K132" s="12">
+        <v>250</v>
+      </c>
+      <c r="L132" s="13">
+        <v>5</v>
+      </c>
+      <c r="M132" s="11"/>
+      <c r="N132" s="11"/>
+      <c r="O132" s="11"/>
+      <c r="P132" s="11"/>
+      <c r="Q132" s="11"/>
+      <c r="R132" s="11"/>
+      <c r="S132" s="11"/>
+      <c r="T132" s="11"/>
+      <c r="U132" s="11"/>
+      <c r="V132" s="11"/>
+      <c r="W132" s="11"/>
+      <c r="X132" s="11"/>
+      <c r="Y132" s="11"/>
+      <c r="Z132" s="11"/>
+      <c r="AA132" s="11"/>
+      <c r="AB132" s="11"/>
+      <c r="AC132" s="11"/>
+      <c r="AD132" s="11"/>
+      <c r="AE132" s="11"/>
+      <c r="AF132" s="11"/>
+      <c r="AG132" s="11"/>
+      <c r="AH132" s="11"/>
+      <c r="AI132" s="11"/>
+      <c r="AJ132" s="11"/>
+      <c r="AK132" s="11"/>
+      <c r="AL132" s="11"/>
+      <c r="AM132" s="11"/>
+      <c r="AN132" s="11"/>
+      <c r="AO132" s="11"/>
+      <c r="AP132" s="11"/>
+      <c r="AQ132" s="11"/>
+      <c r="AR132" s="11"/>
+      <c r="AS132" s="11"/>
+      <c r="AT132" s="11"/>
+      <c r="AU132" s="11"/>
+      <c r="AV132" s="11"/>
+      <c r="AW132" s="11"/>
+      <c r="AX132" s="11"/>
+      <c r="AY132" s="11"/>
+      <c r="AZ132" s="11"/>
+      <c r="BA132" s="11"/>
+      <c r="BB132" s="11"/>
+      <c r="BC132" s="11"/>
+      <c r="BD132" s="11"/>
+      <c r="BE132" s="11"/>
+      <c r="BF132" s="11"/>
+      <c r="BG132" s="11"/>
+      <c r="BH132" s="11"/>
+      <c r="BI132" s="11"/>
+      <c r="BJ132" s="11"/>
+      <c r="BK132" s="11"/>
+      <c r="BL132" s="11"/>
+      <c r="BM132" s="11"/>
+      <c r="BN132" s="11"/>
+      <c r="BO132" s="11"/>
+      <c r="BP132" s="11"/>
+      <c r="BQ132" s="11"/>
+      <c r="BR132" s="11"/>
+      <c r="BS132" s="11"/>
+      <c r="BT132" s="11"/>
+      <c r="BU132" s="11"/>
+      <c r="BV132" s="11"/>
+      <c r="BW132" s="11"/>
+      <c r="BX132" s="11"/>
+      <c r="BY132" s="11"/>
+      <c r="BZ132" s="11"/>
+      <c r="CA132" s="11"/>
+      <c r="CB132" s="11"/>
+      <c r="CC132" s="11"/>
+      <c r="CD132" s="11"/>
+    </row>
+    <row r="133" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="16">
+        <v>125</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C133" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D133" s="20">
+        <v>1</v>
+      </c>
+      <c r="E133" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F133" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G133" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H133" s="10"/>
+      <c r="I133" s="10"/>
+      <c r="J133" s="10"/>
+      <c r="K133" s="12">
+        <v>30</v>
+      </c>
+      <c r="L133" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M133" s="11"/>
+      <c r="N133" s="11"/>
+      <c r="O133" s="11"/>
+      <c r="P133" s="11"/>
+      <c r="Q133" s="11"/>
+      <c r="R133" s="11"/>
+      <c r="S133" s="11"/>
+      <c r="T133" s="11"/>
+      <c r="U133" s="11"/>
+      <c r="V133" s="11"/>
+      <c r="W133" s="11"/>
+      <c r="X133" s="11"/>
+      <c r="Y133" s="11"/>
+      <c r="Z133" s="11"/>
+      <c r="AA133" s="11"/>
+      <c r="AB133" s="11"/>
+      <c r="AC133" s="11"/>
+      <c r="AD133" s="11"/>
+      <c r="AE133" s="11"/>
+      <c r="AF133" s="11"/>
+      <c r="AG133" s="11"/>
+      <c r="AH133" s="11"/>
+      <c r="AI133" s="11"/>
+      <c r="AJ133" s="11"/>
+      <c r="AK133" s="11"/>
+      <c r="AL133" s="11"/>
+      <c r="AM133" s="11"/>
+      <c r="AN133" s="11"/>
+      <c r="AO133" s="11"/>
+      <c r="AP133" s="11"/>
+      <c r="AQ133" s="11"/>
+      <c r="AR133" s="11"/>
+      <c r="AS133" s="11"/>
+      <c r="AT133" s="11"/>
+      <c r="AU133" s="11"/>
+      <c r="AV133" s="11"/>
+      <c r="AW133" s="11"/>
+      <c r="AX133" s="11"/>
+      <c r="AY133" s="11"/>
+      <c r="AZ133" s="11"/>
+      <c r="BA133" s="11"/>
+      <c r="BB133" s="11"/>
+      <c r="BC133" s="11"/>
+      <c r="BD133" s="11"/>
+      <c r="BE133" s="11"/>
+      <c r="BF133" s="11"/>
+      <c r="BG133" s="11"/>
+      <c r="BH133" s="11"/>
+      <c r="BI133" s="11"/>
+      <c r="BJ133" s="11"/>
+      <c r="BK133" s="11"/>
+      <c r="BL133" s="11"/>
+      <c r="BM133" s="11"/>
+      <c r="BN133" s="11"/>
+      <c r="BO133" s="11"/>
+      <c r="BP133" s="11"/>
+      <c r="BQ133" s="11"/>
+      <c r="BR133" s="11"/>
+      <c r="BS133" s="11"/>
+      <c r="BT133" s="11"/>
+      <c r="BU133" s="11"/>
+      <c r="BV133" s="11"/>
+      <c r="BW133" s="11"/>
+      <c r="BX133" s="11"/>
+      <c r="BY133" s="11"/>
+      <c r="BZ133" s="11"/>
+      <c r="CA133" s="11"/>
+      <c r="CB133" s="11"/>
+      <c r="CC133" s="11"/>
+      <c r="CD133" s="11"/>
+    </row>
+    <row r="134" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="16">
+        <v>126</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C134" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D134" s="20">
+        <v>1</v>
+      </c>
+      <c r="E134" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F134" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G134" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H134" s="10"/>
+      <c r="I134" s="10"/>
+      <c r="J134" s="10"/>
+      <c r="K134" s="12">
+        <v>30</v>
+      </c>
+      <c r="L134" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M134" s="11"/>
+      <c r="N134" s="11"/>
+      <c r="O134" s="11"/>
+      <c r="P134" s="11"/>
+      <c r="Q134" s="11"/>
+      <c r="R134" s="11"/>
+      <c r="S134" s="11"/>
+      <c r="T134" s="11"/>
+      <c r="U134" s="11"/>
+      <c r="V134" s="11"/>
+      <c r="W134" s="11"/>
+      <c r="X134" s="11"/>
+      <c r="Y134" s="11"/>
+      <c r="Z134" s="11"/>
+      <c r="AA134" s="11"/>
+      <c r="AB134" s="11"/>
+      <c r="AC134" s="11"/>
+      <c r="AD134" s="11"/>
+      <c r="AE134" s="11"/>
+      <c r="AF134" s="11"/>
+      <c r="AG134" s="11"/>
+      <c r="AH134" s="11"/>
+      <c r="AI134" s="11"/>
+      <c r="AJ134" s="11"/>
+      <c r="AK134" s="11"/>
+      <c r="AL134" s="11"/>
+      <c r="AM134" s="11"/>
+      <c r="AN134" s="11"/>
+      <c r="AO134" s="11"/>
+      <c r="AP134" s="11"/>
+      <c r="AQ134" s="11"/>
+      <c r="AR134" s="11"/>
+      <c r="AS134" s="11"/>
+      <c r="AT134" s="11"/>
+      <c r="AU134" s="11"/>
+      <c r="AV134" s="11"/>
+      <c r="AW134" s="11"/>
+      <c r="AX134" s="11"/>
+      <c r="AY134" s="11"/>
+      <c r="AZ134" s="11"/>
+      <c r="BA134" s="11"/>
+      <c r="BB134" s="11"/>
+      <c r="BC134" s="11"/>
+      <c r="BD134" s="11"/>
+      <c r="BE134" s="11"/>
+      <c r="BF134" s="11"/>
+      <c r="BG134" s="11"/>
+      <c r="BH134" s="11"/>
+      <c r="BI134" s="11"/>
+      <c r="BJ134" s="11"/>
+      <c r="BK134" s="11"/>
+      <c r="BL134" s="11"/>
+      <c r="BM134" s="11"/>
+      <c r="BN134" s="11"/>
+      <c r="BO134" s="11"/>
+      <c r="BP134" s="11"/>
+      <c r="BQ134" s="11"/>
+      <c r="BR134" s="11"/>
+      <c r="BS134" s="11"/>
+      <c r="BT134" s="11"/>
+      <c r="BU134" s="11"/>
+      <c r="BV134" s="11"/>
+      <c r="BW134" s="11"/>
+      <c r="BX134" s="11"/>
+      <c r="BY134" s="11"/>
+      <c r="BZ134" s="11"/>
+      <c r="CA134" s="11"/>
+      <c r="CB134" s="11"/>
+      <c r="CC134" s="11"/>
+      <c r="CD134" s="11"/>
+    </row>
+    <row r="135" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="16">
+        <v>127</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C135" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D135" s="20">
+        <v>1</v>
+      </c>
+      <c r="E135" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F135" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G135" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H135" s="10"/>
+      <c r="I135" s="10"/>
+      <c r="J135" s="10"/>
+      <c r="K135" s="12">
+        <v>30</v>
+      </c>
+      <c r="L135" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M135" s="11"/>
+      <c r="N135" s="11"/>
+      <c r="O135" s="11"/>
+      <c r="P135" s="11"/>
+      <c r="Q135" s="11"/>
+      <c r="R135" s="11"/>
+      <c r="S135" s="11"/>
+      <c r="T135" s="11"/>
+      <c r="U135" s="11"/>
+      <c r="V135" s="11"/>
+      <c r="W135" s="11"/>
+      <c r="X135" s="11"/>
+      <c r="Y135" s="11"/>
+      <c r="Z135" s="11"/>
+      <c r="AA135" s="11"/>
+      <c r="AB135" s="11"/>
+      <c r="AC135" s="11"/>
+      <c r="AD135" s="11"/>
+      <c r="AE135" s="11"/>
+      <c r="AF135" s="11"/>
+      <c r="AG135" s="11"/>
+      <c r="AH135" s="11"/>
+      <c r="AI135" s="11"/>
+      <c r="AJ135" s="11"/>
+      <c r="AK135" s="11"/>
+      <c r="AL135" s="11"/>
+      <c r="AM135" s="11"/>
+      <c r="AN135" s="11"/>
+      <c r="AO135" s="11"/>
+      <c r="AP135" s="11"/>
+      <c r="AQ135" s="11"/>
+      <c r="AR135" s="11"/>
+      <c r="AS135" s="11"/>
+      <c r="AT135" s="11"/>
+      <c r="AU135" s="11"/>
+      <c r="AV135" s="11"/>
+      <c r="AW135" s="11"/>
+      <c r="AX135" s="11"/>
+      <c r="AY135" s="11"/>
+      <c r="AZ135" s="11"/>
+      <c r="BA135" s="11"/>
+      <c r="BB135" s="11"/>
+      <c r="BC135" s="11"/>
+      <c r="BD135" s="11"/>
+      <c r="BE135" s="11"/>
+      <c r="BF135" s="11"/>
+      <c r="BG135" s="11"/>
+      <c r="BH135" s="11"/>
+      <c r="BI135" s="11"/>
+      <c r="BJ135" s="11"/>
+      <c r="BK135" s="11"/>
+      <c r="BL135" s="11"/>
+      <c r="BM135" s="11"/>
+      <c r="BN135" s="11"/>
+      <c r="BO135" s="11"/>
+      <c r="BP135" s="11"/>
+      <c r="BQ135" s="11"/>
+      <c r="BR135" s="11"/>
+      <c r="BS135" s="11"/>
+      <c r="BT135" s="11"/>
+      <c r="BU135" s="11"/>
+      <c r="BV135" s="11"/>
+      <c r="BW135" s="11"/>
+      <c r="BX135" s="11"/>
+      <c r="BY135" s="11"/>
+      <c r="BZ135" s="11"/>
+      <c r="CA135" s="11"/>
+      <c r="CB135" s="11"/>
+      <c r="CC135" s="11"/>
+      <c r="CD135" s="11"/>
+    </row>
+    <row r="136" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="16">
+        <v>128</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C136" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D136" s="20">
+        <v>1</v>
+      </c>
+      <c r="E136" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F136" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G136" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H136" s="10"/>
+      <c r="I136" s="10"/>
+      <c r="J136" s="10"/>
+      <c r="K136" s="12">
+        <v>30</v>
+      </c>
+      <c r="L136" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M136" s="11"/>
+      <c r="N136" s="11"/>
+      <c r="O136" s="11"/>
+      <c r="P136" s="11"/>
+      <c r="Q136" s="11"/>
+      <c r="R136" s="11"/>
+      <c r="S136" s="11"/>
+      <c r="T136" s="11"/>
+      <c r="U136" s="11"/>
+      <c r="V136" s="11"/>
+      <c r="W136" s="11"/>
+      <c r="X136" s="11"/>
+      <c r="Y136" s="11"/>
+      <c r="Z136" s="11"/>
+      <c r="AA136" s="11"/>
+      <c r="AB136" s="11"/>
+      <c r="AC136" s="11"/>
+      <c r="AD136" s="11"/>
+      <c r="AE136" s="11"/>
+      <c r="AF136" s="11"/>
+      <c r="AG136" s="11"/>
+      <c r="AH136" s="11"/>
+      <c r="AI136" s="11"/>
+      <c r="AJ136" s="11"/>
+      <c r="AK136" s="11"/>
+      <c r="AL136" s="11"/>
+      <c r="AM136" s="11"/>
+      <c r="AN136" s="11"/>
+      <c r="AO136" s="11"/>
+      <c r="AP136" s="11"/>
+      <c r="AQ136" s="11"/>
+      <c r="AR136" s="11"/>
+      <c r="AS136" s="11"/>
+      <c r="AT136" s="11"/>
+      <c r="AU136" s="11"/>
+      <c r="AV136" s="11"/>
+      <c r="AW136" s="11"/>
+      <c r="AX136" s="11"/>
+      <c r="AY136" s="11"/>
+      <c r="AZ136" s="11"/>
+      <c r="BA136" s="11"/>
+      <c r="BB136" s="11"/>
+      <c r="BC136" s="11"/>
+      <c r="BD136" s="11"/>
+      <c r="BE136" s="11"/>
+      <c r="BF136" s="11"/>
+      <c r="BG136" s="11"/>
+      <c r="BH136" s="11"/>
+      <c r="BI136" s="11"/>
+      <c r="BJ136" s="11"/>
+      <c r="BK136" s="11"/>
+      <c r="BL136" s="11"/>
+      <c r="BM136" s="11"/>
+      <c r="BN136" s="11"/>
+      <c r="BO136" s="11"/>
+      <c r="BP136" s="11"/>
+      <c r="BQ136" s="11"/>
+      <c r="BR136" s="11"/>
+      <c r="BS136" s="11"/>
+      <c r="BT136" s="11"/>
+      <c r="BU136" s="11"/>
+      <c r="BV136" s="11"/>
+      <c r="BW136" s="11"/>
+      <c r="BX136" s="11"/>
+      <c r="BY136" s="11"/>
+      <c r="BZ136" s="11"/>
+      <c r="CA136" s="11"/>
+      <c r="CB136" s="11"/>
+      <c r="CC136" s="11"/>
+      <c r="CD136" s="11"/>
+    </row>
+    <row r="137" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="16">
+        <v>129</v>
+      </c>
+      <c r="B137" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C137" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D137" s="20">
+        <v>1</v>
+      </c>
+      <c r="E137" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F137" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G137" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H137" s="10"/>
+      <c r="I137" s="10"/>
+      <c r="J137" s="10"/>
+      <c r="K137" s="12">
+        <v>30</v>
+      </c>
+      <c r="L137" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M137" s="11"/>
+      <c r="N137" s="11"/>
+      <c r="O137" s="11"/>
+      <c r="P137" s="11"/>
+      <c r="Q137" s="11"/>
+      <c r="R137" s="11"/>
+      <c r="S137" s="11"/>
+      <c r="T137" s="11"/>
+      <c r="U137" s="11"/>
+      <c r="V137" s="11"/>
+      <c r="W137" s="11"/>
+      <c r="X137" s="11"/>
+      <c r="Y137" s="11"/>
+      <c r="Z137" s="11"/>
+      <c r="AA137" s="11"/>
+      <c r="AB137" s="11"/>
+      <c r="AC137" s="11"/>
+      <c r="AD137" s="11"/>
+      <c r="AE137" s="11"/>
+      <c r="AF137" s="11"/>
+      <c r="AG137" s="11"/>
+      <c r="AH137" s="11"/>
+      <c r="AI137" s="11"/>
+      <c r="AJ137" s="11"/>
+      <c r="AK137" s="11"/>
+      <c r="AL137" s="11"/>
+      <c r="AM137" s="11"/>
+      <c r="AN137" s="11"/>
+      <c r="AO137" s="11"/>
+      <c r="AP137" s="11"/>
+      <c r="AQ137" s="11"/>
+      <c r="AR137" s="11"/>
+      <c r="AS137" s="11"/>
+      <c r="AT137" s="11"/>
+      <c r="AU137" s="11"/>
+      <c r="AV137" s="11"/>
+      <c r="AW137" s="11"/>
+      <c r="AX137" s="11"/>
+      <c r="AY137" s="11"/>
+      <c r="AZ137" s="11"/>
+      <c r="BA137" s="11"/>
+      <c r="BB137" s="11"/>
+      <c r="BC137" s="11"/>
+      <c r="BD137" s="11"/>
+      <c r="BE137" s="11"/>
+      <c r="BF137" s="11"/>
+      <c r="BG137" s="11"/>
+      <c r="BH137" s="11"/>
+      <c r="BI137" s="11"/>
+      <c r="BJ137" s="11"/>
+      <c r="BK137" s="11"/>
+      <c r="BL137" s="11"/>
+      <c r="BM137" s="11"/>
+      <c r="BN137" s="11"/>
+      <c r="BO137" s="11"/>
+      <c r="BP137" s="11"/>
+      <c r="BQ137" s="11"/>
+      <c r="BR137" s="11"/>
+      <c r="BS137" s="11"/>
+      <c r="BT137" s="11"/>
+      <c r="BU137" s="11"/>
+      <c r="BV137" s="11"/>
+      <c r="BW137" s="11"/>
+      <c r="BX137" s="11"/>
+      <c r="BY137" s="11"/>
+      <c r="BZ137" s="11"/>
+      <c r="CA137" s="11"/>
+      <c r="CB137" s="11"/>
+      <c r="CC137" s="11"/>
+      <c r="CD137" s="11"/>
+    </row>
+    <row r="138" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="16">
+        <v>130</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C138" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D138" s="20">
+        <v>1</v>
+      </c>
+      <c r="E138" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F138" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G138" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H138" s="10"/>
+      <c r="I138" s="10"/>
+      <c r="J138" s="10"/>
+      <c r="K138" s="12">
+        <v>30</v>
+      </c>
+      <c r="L138" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M138" s="11"/>
+      <c r="N138" s="11"/>
+      <c r="O138" s="11"/>
+      <c r="P138" s="11"/>
+      <c r="Q138" s="11"/>
+      <c r="R138" s="11"/>
+      <c r="S138" s="11"/>
+      <c r="T138" s="11"/>
+      <c r="U138" s="11"/>
+      <c r="V138" s="11"/>
+      <c r="W138" s="11"/>
+      <c r="X138" s="11"/>
+      <c r="Y138" s="11"/>
+      <c r="Z138" s="11"/>
+      <c r="AA138" s="11"/>
+      <c r="AB138" s="11"/>
+      <c r="AC138" s="11"/>
+      <c r="AD138" s="11"/>
+      <c r="AE138" s="11"/>
+      <c r="AF138" s="11"/>
+      <c r="AG138" s="11"/>
+      <c r="AH138" s="11"/>
+      <c r="AI138" s="11"/>
+      <c r="AJ138" s="11"/>
+      <c r="AK138" s="11"/>
+      <c r="AL138" s="11"/>
+      <c r="AM138" s="11"/>
+      <c r="AN138" s="11"/>
+      <c r="AO138" s="11"/>
+      <c r="AP138" s="11"/>
+      <c r="AQ138" s="11"/>
+      <c r="AR138" s="11"/>
+      <c r="AS138" s="11"/>
+      <c r="AT138" s="11"/>
+      <c r="AU138" s="11"/>
+      <c r="AV138" s="11"/>
+      <c r="AW138" s="11"/>
+      <c r="AX138" s="11"/>
+      <c r="AY138" s="11"/>
+      <c r="AZ138" s="11"/>
+      <c r="BA138" s="11"/>
+      <c r="BB138" s="11"/>
+      <c r="BC138" s="11"/>
+      <c r="BD138" s="11"/>
+      <c r="BE138" s="11"/>
+      <c r="BF138" s="11"/>
+      <c r="BG138" s="11"/>
+      <c r="BH138" s="11"/>
+      <c r="BI138" s="11"/>
+      <c r="BJ138" s="11"/>
+      <c r="BK138" s="11"/>
+      <c r="BL138" s="11"/>
+      <c r="BM138" s="11"/>
+      <c r="BN138" s="11"/>
+      <c r="BO138" s="11"/>
+      <c r="BP138" s="11"/>
+      <c r="BQ138" s="11"/>
+      <c r="BR138" s="11"/>
+      <c r="BS138" s="11"/>
+      <c r="BT138" s="11"/>
+      <c r="BU138" s="11"/>
+      <c r="BV138" s="11"/>
+      <c r="BW138" s="11"/>
+      <c r="BX138" s="11"/>
+      <c r="BY138" s="11"/>
+      <c r="BZ138" s="11"/>
+      <c r="CA138" s="11"/>
+      <c r="CB138" s="11"/>
+      <c r="CC138" s="11"/>
+      <c r="CD138" s="11"/>
+    </row>
+    <row r="139" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="16">
+        <v>131</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C139" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D139" s="20">
+        <v>1</v>
+      </c>
+      <c r="E139" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F139" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G139" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H139" s="10"/>
+      <c r="I139" s="10"/>
+      <c r="J139" s="10"/>
+      <c r="K139" s="12">
+        <v>30</v>
+      </c>
+      <c r="L139" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M139" s="11"/>
+      <c r="N139" s="11"/>
+      <c r="O139" s="11"/>
+      <c r="P139" s="11"/>
+      <c r="Q139" s="11"/>
+      <c r="R139" s="11"/>
+      <c r="S139" s="11"/>
+      <c r="T139" s="11"/>
+      <c r="U139" s="11"/>
+      <c r="V139" s="11"/>
+      <c r="W139" s="11"/>
+      <c r="X139" s="11"/>
+      <c r="Y139" s="11"/>
+      <c r="Z139" s="11"/>
+      <c r="AA139" s="11"/>
+      <c r="AB139" s="11"/>
+      <c r="AC139" s="11"/>
+      <c r="AD139" s="11"/>
+      <c r="AE139" s="11"/>
+      <c r="AF139" s="11"/>
+      <c r="AG139" s="11"/>
+      <c r="AH139" s="11"/>
+      <c r="AI139" s="11"/>
+      <c r="AJ139" s="11"/>
+      <c r="AK139" s="11"/>
+      <c r="AL139" s="11"/>
+      <c r="AM139" s="11"/>
+      <c r="AN139" s="11"/>
+      <c r="AO139" s="11"/>
+      <c r="AP139" s="11"/>
+      <c r="AQ139" s="11"/>
+      <c r="AR139" s="11"/>
+      <c r="AS139" s="11"/>
+      <c r="AT139" s="11"/>
+      <c r="AU139" s="11"/>
+      <c r="AV139" s="11"/>
+      <c r="AW139" s="11"/>
+      <c r="AX139" s="11"/>
+      <c r="AY139" s="11"/>
+      <c r="AZ139" s="11"/>
+      <c r="BA139" s="11"/>
+      <c r="BB139" s="11"/>
+      <c r="BC139" s="11"/>
+      <c r="BD139" s="11"/>
+      <c r="BE139" s="11"/>
+      <c r="BF139" s="11"/>
+      <c r="BG139" s="11"/>
+      <c r="BH139" s="11"/>
+      <c r="BI139" s="11"/>
+      <c r="BJ139" s="11"/>
+      <c r="BK139" s="11"/>
+      <c r="BL139" s="11"/>
+      <c r="BM139" s="11"/>
+      <c r="BN139" s="11"/>
+      <c r="BO139" s="11"/>
+      <c r="BP139" s="11"/>
+      <c r="BQ139" s="11"/>
+      <c r="BR139" s="11"/>
+      <c r="BS139" s="11"/>
+      <c r="BT139" s="11"/>
+      <c r="BU139" s="11"/>
+      <c r="BV139" s="11"/>
+      <c r="BW139" s="11"/>
+      <c r="BX139" s="11"/>
+      <c r="BY139" s="11"/>
+      <c r="BZ139" s="11"/>
+      <c r="CA139" s="11"/>
+      <c r="CB139" s="11"/>
+      <c r="CC139" s="11"/>
+      <c r="CD139" s="11"/>
+    </row>
+    <row r="140" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="16">
+        <v>132</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C140" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D140" s="20">
+        <v>2</v>
+      </c>
+      <c r="E140" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F140" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G140" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H140" s="12">
+        <v>105</v>
+      </c>
+      <c r="I140" s="10"/>
+      <c r="J140" s="10"/>
+      <c r="K140" s="12">
+        <v>80</v>
+      </c>
+      <c r="L140" s="13">
+        <v>26.4</v>
+      </c>
+      <c r="M140" s="11"/>
+      <c r="N140" s="11"/>
+      <c r="O140" s="11"/>
+      <c r="P140" s="11"/>
+      <c r="Q140" s="11"/>
+      <c r="R140" s="11"/>
+      <c r="S140" s="11"/>
+      <c r="T140" s="11"/>
+      <c r="U140" s="11"/>
+      <c r="V140" s="11"/>
+      <c r="W140" s="11"/>
+      <c r="X140" s="11"/>
+      <c r="Y140" s="11"/>
+      <c r="Z140" s="11"/>
+      <c r="AA140" s="11"/>
+      <c r="AB140" s="11"/>
+      <c r="AC140" s="11"/>
+      <c r="AD140" s="11"/>
+      <c r="AE140" s="11"/>
+      <c r="AF140" s="11"/>
+      <c r="AG140" s="11"/>
+      <c r="AH140" s="11"/>
+      <c r="AI140" s="11"/>
+      <c r="AJ140" s="11"/>
+      <c r="AK140" s="11"/>
+      <c r="AL140" s="11"/>
+      <c r="AM140" s="11"/>
+      <c r="AN140" s="11"/>
+      <c r="AO140" s="11"/>
+      <c r="AP140" s="11"/>
+      <c r="AQ140" s="11"/>
+      <c r="AR140" s="11"/>
+      <c r="AS140" s="11"/>
+      <c r="AT140" s="11"/>
+      <c r="AU140" s="11"/>
+      <c r="AV140" s="11"/>
+      <c r="AW140" s="11"/>
+      <c r="AX140" s="11"/>
+      <c r="AY140" s="11"/>
+      <c r="AZ140" s="11"/>
+      <c r="BA140" s="11"/>
+      <c r="BB140" s="11"/>
+      <c r="BC140" s="11"/>
+      <c r="BD140" s="11"/>
+      <c r="BE140" s="11"/>
+      <c r="BF140" s="11"/>
+      <c r="BG140" s="11"/>
+      <c r="BH140" s="11"/>
+      <c r="BI140" s="11"/>
+      <c r="BJ140" s="11"/>
+      <c r="BK140" s="11"/>
+      <c r="BL140" s="11"/>
+      <c r="BM140" s="11"/>
+      <c r="BN140" s="11"/>
+      <c r="BO140" s="11"/>
+      <c r="BP140" s="11"/>
+      <c r="BQ140" s="11"/>
+      <c r="BR140" s="11"/>
+      <c r="BS140" s="11"/>
+      <c r="BT140" s="11"/>
+      <c r="BU140" s="11"/>
+      <c r="BV140" s="11"/>
+      <c r="BW140" s="11"/>
+      <c r="BX140" s="11"/>
+      <c r="BY140" s="11"/>
+      <c r="BZ140" s="11"/>
+      <c r="CA140" s="11"/>
+      <c r="CB140" s="11"/>
+      <c r="CC140" s="11"/>
+      <c r="CD140" s="11"/>
+    </row>
+    <row r="141" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="16">
+        <v>133</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C141" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D141" s="20">
+        <v>2</v>
+      </c>
+      <c r="E141" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F141" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G141" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H141" s="12">
+        <v>105</v>
+      </c>
+      <c r="I141" s="10"/>
+      <c r="J141" s="10"/>
+      <c r="K141" s="12">
+        <v>80</v>
+      </c>
+      <c r="L141" s="13">
+        <v>1.4</v>
+      </c>
+      <c r="M141" s="11"/>
+      <c r="N141" s="11"/>
+      <c r="O141" s="11"/>
+      <c r="P141" s="11"/>
+      <c r="Q141" s="11"/>
+      <c r="R141" s="11"/>
+      <c r="S141" s="11"/>
+      <c r="T141" s="11"/>
+      <c r="U141" s="11"/>
+      <c r="V141" s="11"/>
+      <c r="W141" s="11"/>
+      <c r="X141" s="11"/>
+      <c r="Y141" s="11"/>
+      <c r="Z141" s="11"/>
+      <c r="AA141" s="11"/>
+      <c r="AB141" s="11"/>
+      <c r="AC141" s="11"/>
+      <c r="AD141" s="11"/>
+      <c r="AE141" s="11"/>
+      <c r="AF141" s="11"/>
+      <c r="AG141" s="11"/>
+      <c r="AH141" s="11"/>
+      <c r="AI141" s="11"/>
+      <c r="AJ141" s="11"/>
+      <c r="AK141" s="11"/>
+      <c r="AL141" s="11"/>
+      <c r="AM141" s="11"/>
+      <c r="AN141" s="11"/>
+      <c r="AO141" s="11"/>
+      <c r="AP141" s="11"/>
+      <c r="AQ141" s="11"/>
+      <c r="AR141" s="11"/>
+      <c r="AS141" s="11"/>
+      <c r="AT141" s="11"/>
+      <c r="AU141" s="11"/>
+      <c r="AV141" s="11"/>
+      <c r="AW141" s="11"/>
+      <c r="AX141" s="11"/>
+      <c r="AY141" s="11"/>
+      <c r="AZ141" s="11"/>
+      <c r="BA141" s="11"/>
+      <c r="BB141" s="11"/>
+      <c r="BC141" s="11"/>
+      <c r="BD141" s="11"/>
+      <c r="BE141" s="11"/>
+      <c r="BF141" s="11"/>
+      <c r="BG141" s="11"/>
+      <c r="BH141" s="11"/>
+      <c r="BI141" s="11"/>
+      <c r="BJ141" s="11"/>
+      <c r="BK141" s="11"/>
+      <c r="BL141" s="11"/>
+      <c r="BM141" s="11"/>
+      <c r="BN141" s="11"/>
+      <c r="BO141" s="11"/>
+      <c r="BP141" s="11"/>
+      <c r="BQ141" s="11"/>
+      <c r="BR141" s="11"/>
+      <c r="BS141" s="11"/>
+      <c r="BT141" s="11"/>
+      <c r="BU141" s="11"/>
+      <c r="BV141" s="11"/>
+      <c r="BW141" s="11"/>
+      <c r="BX141" s="11"/>
+      <c r="BY141" s="11"/>
+      <c r="BZ141" s="11"/>
+      <c r="CA141" s="11"/>
+      <c r="CB141" s="11"/>
+      <c r="CC141" s="11"/>
+      <c r="CD141" s="11"/>
+    </row>
+    <row r="142" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="16">
+        <v>134</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C142" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D142" s="20">
+        <v>3</v>
+      </c>
+      <c r="E142" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F142" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G142" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H142" s="12">
+        <v>270</v>
+      </c>
+      <c r="I142" s="10">
+        <v>177.96</v>
+      </c>
+      <c r="J142" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K142" s="12">
+        <v>138</v>
+      </c>
+      <c r="L142" s="13">
+        <v>32.39</v>
+      </c>
+      <c r="N142" s="11"/>
+      <c r="O142" s="11"/>
+      <c r="P142" s="11"/>
+      <c r="Q142" s="11"/>
+      <c r="R142" s="11"/>
+      <c r="S142" s="11"/>
+      <c r="T142" s="11"/>
+      <c r="U142" s="11"/>
+      <c r="V142" s="11"/>
+      <c r="W142" s="11"/>
+      <c r="X142" s="11"/>
+      <c r="Y142" s="11"/>
+      <c r="Z142" s="11"/>
+      <c r="AA142" s="11"/>
+      <c r="AB142" s="11"/>
+      <c r="AC142" s="11"/>
+      <c r="AD142" s="11"/>
+      <c r="AE142" s="11"/>
+      <c r="AF142" s="11"/>
+      <c r="AG142" s="11"/>
+      <c r="AH142" s="11"/>
+      <c r="AI142" s="11"/>
+      <c r="AJ142" s="11"/>
+      <c r="AK142" s="11"/>
+      <c r="AL142" s="11"/>
+      <c r="AM142" s="11"/>
+      <c r="AN142" s="11"/>
+      <c r="AO142" s="11"/>
+      <c r="AP142" s="11"/>
+      <c r="AQ142" s="11"/>
+      <c r="AR142" s="11"/>
+      <c r="AS142" s="11"/>
+      <c r="AT142" s="11"/>
+      <c r="AU142" s="11"/>
+      <c r="AV142" s="11"/>
+      <c r="AW142" s="11"/>
+      <c r="AX142" s="11"/>
+      <c r="AY142" s="11"/>
+      <c r="AZ142" s="11"/>
+      <c r="BA142" s="11"/>
+      <c r="BB142" s="11"/>
+      <c r="BC142" s="11"/>
+      <c r="BD142" s="11"/>
+      <c r="BE142" s="11"/>
+      <c r="BF142" s="11"/>
+      <c r="BG142" s="11"/>
+      <c r="BH142" s="11"/>
+      <c r="BI142" s="11"/>
+      <c r="BJ142" s="11"/>
+      <c r="BK142" s="11"/>
+      <c r="BL142" s="11"/>
+      <c r="BM142" s="11"/>
+      <c r="BN142" s="11"/>
+      <c r="BO142" s="11"/>
+      <c r="BP142" s="11"/>
+      <c r="BQ142" s="11"/>
+      <c r="BR142" s="11"/>
+      <c r="BS142" s="11"/>
+      <c r="BT142" s="11"/>
+      <c r="BU142" s="11"/>
+      <c r="BV142" s="11"/>
+      <c r="BW142" s="11"/>
+      <c r="BX142" s="11"/>
+      <c r="BY142" s="11"/>
+      <c r="BZ142" s="11"/>
+      <c r="CA142" s="11"/>
+      <c r="CB142" s="11"/>
+      <c r="CC142" s="11"/>
+      <c r="CD142" s="11"/>
+    </row>
+    <row r="143" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="16">
+        <v>135</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C143" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D143" s="20">
+        <v>5</v>
+      </c>
+      <c r="E143" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F143" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G143" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H143" s="10"/>
+      <c r="I143" s="10"/>
+      <c r="J143" s="10"/>
+      <c r="K143" s="12">
+        <v>101.5</v>
+      </c>
+      <c r="L143" s="13">
+        <v>293.27</v>
+      </c>
+      <c r="N143" s="11"/>
+      <c r="O143" s="11"/>
+      <c r="P143" s="11"/>
+      <c r="Q143" s="11"/>
+      <c r="R143" s="11"/>
+      <c r="S143" s="11"/>
+      <c r="T143" s="11"/>
+      <c r="U143" s="11"/>
+      <c r="V143" s="11"/>
+      <c r="W143" s="11"/>
+      <c r="X143" s="11"/>
+      <c r="Y143" s="11"/>
+      <c r="Z143" s="11"/>
+      <c r="AA143" s="11"/>
+      <c r="AB143" s="11"/>
+      <c r="AC143" s="11"/>
+      <c r="AD143" s="11"/>
+      <c r="AE143" s="11"/>
+      <c r="AF143" s="11"/>
+      <c r="AG143" s="11"/>
+      <c r="AH143" s="11"/>
+      <c r="AI143" s="11"/>
+      <c r="AJ143" s="11"/>
+      <c r="AK143" s="11"/>
+      <c r="AL143" s="11"/>
+      <c r="AM143" s="11"/>
+      <c r="AN143" s="11"/>
+      <c r="AO143" s="11"/>
+      <c r="AP143" s="11"/>
+      <c r="AQ143" s="11"/>
+      <c r="AR143" s="11"/>
+      <c r="AS143" s="11"/>
+      <c r="AT143" s="11"/>
+      <c r="AU143" s="11"/>
+      <c r="AV143" s="11"/>
+      <c r="AW143" s="11"/>
+      <c r="AX143" s="11"/>
+      <c r="AY143" s="11"/>
+      <c r="AZ143" s="11"/>
+      <c r="BA143" s="11"/>
+      <c r="BB143" s="11"/>
+      <c r="BC143" s="11"/>
+      <c r="BD143" s="11"/>
+      <c r="BE143" s="11"/>
+      <c r="BF143" s="11"/>
+      <c r="BG143" s="11"/>
+      <c r="BH143" s="11"/>
+      <c r="BI143" s="11"/>
+      <c r="BJ143" s="11"/>
+      <c r="BK143" s="11"/>
+      <c r="BL143" s="11"/>
+      <c r="BM143" s="11"/>
+      <c r="BN143" s="11"/>
+      <c r="BO143" s="11"/>
+      <c r="BP143" s="11"/>
+      <c r="BQ143" s="11"/>
+      <c r="BR143" s="11"/>
+      <c r="BS143" s="11"/>
+      <c r="BT143" s="11"/>
+      <c r="BU143" s="11"/>
+      <c r="BV143" s="11"/>
+      <c r="BW143" s="11"/>
+      <c r="BX143" s="11"/>
+      <c r="BY143" s="11"/>
+      <c r="BZ143" s="11"/>
+      <c r="CA143" s="11"/>
+      <c r="CB143" s="11"/>
+      <c r="CC143" s="11"/>
+      <c r="CD143" s="11"/>
+    </row>
+    <row r="144" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="16">
+        <v>136</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C144" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D144" s="20">
+        <v>5</v>
+      </c>
+      <c r="E144" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F144" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G144" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H144" s="10"/>
+      <c r="I144" s="10"/>
+      <c r="J144" s="10"/>
+      <c r="K144" s="12">
+        <v>101.5</v>
+      </c>
+      <c r="L144" s="13">
+        <v>5</v>
+      </c>
+      <c r="N144" s="11"/>
+      <c r="O144" s="11"/>
+      <c r="P144" s="11"/>
+      <c r="Q144" s="11"/>
+      <c r="R144" s="11"/>
+      <c r="S144" s="11"/>
+      <c r="T144" s="11"/>
+      <c r="U144" s="11"/>
+      <c r="V144" s="11"/>
+      <c r="W144" s="11"/>
+      <c r="X144" s="11"/>
+      <c r="Y144" s="11"/>
+      <c r="Z144" s="11"/>
+      <c r="AA144" s="11"/>
+      <c r="AB144" s="11"/>
+      <c r="AC144" s="11"/>
+      <c r="AD144" s="11"/>
+      <c r="AE144" s="11"/>
+      <c r="AF144" s="11"/>
+      <c r="AG144" s="11"/>
+      <c r="AH144" s="11"/>
+      <c r="AI144" s="11"/>
+      <c r="AJ144" s="11"/>
+      <c r="AK144" s="11"/>
+      <c r="AL144" s="11"/>
+      <c r="AM144" s="11"/>
+      <c r="AN144" s="11"/>
+      <c r="AO144" s="11"/>
+      <c r="AP144" s="11"/>
+      <c r="AQ144" s="11"/>
+      <c r="AR144" s="11"/>
+      <c r="AS144" s="11"/>
+      <c r="AT144" s="11"/>
+      <c r="AU144" s="11"/>
+      <c r="AV144" s="11"/>
+      <c r="AW144" s="11"/>
+      <c r="AX144" s="11"/>
+      <c r="AY144" s="11"/>
+      <c r="AZ144" s="11"/>
+      <c r="BA144" s="11"/>
+      <c r="BB144" s="11"/>
+      <c r="BC144" s="11"/>
+      <c r="BD144" s="11"/>
+      <c r="BE144" s="11"/>
+      <c r="BF144" s="11"/>
+      <c r="BG144" s="11"/>
+      <c r="BH144" s="11"/>
+      <c r="BI144" s="11"/>
+      <c r="BJ144" s="11"/>
+      <c r="BK144" s="11"/>
+      <c r="BL144" s="11"/>
+      <c r="BM144" s="11"/>
+      <c r="BN144" s="11"/>
+      <c r="BO144" s="11"/>
+      <c r="BP144" s="11"/>
+      <c r="BQ144" s="11"/>
+      <c r="BR144" s="11"/>
+      <c r="BS144" s="11"/>
+      <c r="BT144" s="11"/>
+      <c r="BU144" s="11"/>
+      <c r="BV144" s="11"/>
+      <c r="BW144" s="11"/>
+      <c r="BX144" s="11"/>
+      <c r="BY144" s="11"/>
+      <c r="BZ144" s="11"/>
+      <c r="CA144" s="11"/>
+      <c r="CB144" s="11"/>
+      <c r="CC144" s="11"/>
+      <c r="CD144" s="11"/>
+    </row>
+    <row r="145" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="16">
+        <v>137</v>
+      </c>
+      <c r="B145" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C145" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D145" s="20">
+        <v>5</v>
+      </c>
+      <c r="E145" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F145" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G145" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H145" s="10"/>
+      <c r="I145" s="10"/>
+      <c r="J145" s="10"/>
+      <c r="K145" s="12">
+        <v>101.5</v>
+      </c>
+      <c r="L145" s="13">
+        <v>5</v>
+      </c>
+      <c r="N145" s="11"/>
+      <c r="O145" s="11"/>
+      <c r="P145" s="11"/>
+      <c r="Q145" s="11"/>
+      <c r="R145" s="11"/>
+      <c r="S145" s="11"/>
+      <c r="T145" s="11"/>
+      <c r="U145" s="11"/>
+      <c r="V145" s="11"/>
+      <c r="W145" s="11"/>
+      <c r="X145" s="11"/>
+      <c r="Y145" s="11"/>
+      <c r="Z145" s="11"/>
+      <c r="AA145" s="11"/>
+      <c r="AB145" s="11"/>
+      <c r="AC145" s="11"/>
+      <c r="AD145" s="11"/>
+      <c r="AE145" s="11"/>
+      <c r="AF145" s="11"/>
+      <c r="AG145" s="11"/>
+      <c r="AH145" s="11"/>
+      <c r="AI145" s="11"/>
+      <c r="AJ145" s="11"/>
+      <c r="AK145" s="11"/>
+      <c r="AL145" s="11"/>
+      <c r="AM145" s="11"/>
+      <c r="AN145" s="11"/>
+      <c r="AO145" s="11"/>
+      <c r="AP145" s="11"/>
+      <c r="AQ145" s="11"/>
+      <c r="AR145" s="11"/>
+      <c r="AS145" s="11"/>
+      <c r="AT145" s="11"/>
+      <c r="AU145" s="11"/>
+      <c r="AV145" s="11"/>
+      <c r="AW145" s="11"/>
+      <c r="AX145" s="11"/>
+      <c r="AY145" s="11"/>
+      <c r="AZ145" s="11"/>
+      <c r="BA145" s="11"/>
+      <c r="BB145" s="11"/>
+      <c r="BC145" s="11"/>
+      <c r="BD145" s="11"/>
+      <c r="BE145" s="11"/>
+      <c r="BF145" s="11"/>
+      <c r="BG145" s="11"/>
+      <c r="BH145" s="11"/>
+      <c r="BI145" s="11"/>
+      <c r="BJ145" s="11"/>
+      <c r="BK145" s="11"/>
+      <c r="BL145" s="11"/>
+      <c r="BM145" s="11"/>
+      <c r="BN145" s="11"/>
+      <c r="BO145" s="11"/>
+      <c r="BP145" s="11"/>
+      <c r="BQ145" s="11"/>
+      <c r="BR145" s="11"/>
+      <c r="BS145" s="11"/>
+      <c r="BT145" s="11"/>
+      <c r="BU145" s="11"/>
+      <c r="BV145" s="11"/>
+      <c r="BW145" s="11"/>
+      <c r="BX145" s="11"/>
+      <c r="BY145" s="11"/>
+      <c r="BZ145" s="11"/>
+      <c r="CA145" s="11"/>
+      <c r="CB145" s="11"/>
+      <c r="CC145" s="11"/>
+      <c r="CD145" s="11"/>
+    </row>
+    <row r="146" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="16">
+        <v>138</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C146" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D146" s="20">
+        <v>5</v>
+      </c>
+      <c r="E146" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F146" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G146" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H146" s="10"/>
+      <c r="I146" s="10"/>
+      <c r="J146" s="10"/>
+      <c r="K146" s="12">
+        <v>101.5</v>
+      </c>
+      <c r="L146" s="13">
+        <v>5</v>
+      </c>
+      <c r="N146" s="11"/>
+      <c r="O146" s="11"/>
+      <c r="P146" s="11"/>
+      <c r="Q146" s="11"/>
+      <c r="R146" s="11"/>
+      <c r="S146" s="11"/>
+      <c r="T146" s="11"/>
+      <c r="U146" s="11"/>
+      <c r="V146" s="11"/>
+      <c r="W146" s="11"/>
+      <c r="X146" s="11"/>
+      <c r="Y146" s="11"/>
+      <c r="Z146" s="11"/>
+      <c r="AA146" s="11"/>
+      <c r="AB146" s="11"/>
+      <c r="AC146" s="11"/>
+      <c r="AD146" s="11"/>
+      <c r="AE146" s="11"/>
+      <c r="AF146" s="11"/>
+      <c r="AG146" s="11"/>
+      <c r="AH146" s="11"/>
+      <c r="AI146" s="11"/>
+      <c r="AJ146" s="11"/>
+      <c r="AK146" s="11"/>
+      <c r="AL146" s="11"/>
+      <c r="AM146" s="11"/>
+      <c r="AN146" s="11"/>
+      <c r="AO146" s="11"/>
+      <c r="AP146" s="11"/>
+      <c r="AQ146" s="11"/>
+      <c r="AR146" s="11"/>
+      <c r="AS146" s="11"/>
+      <c r="AT146" s="11"/>
+      <c r="AU146" s="11"/>
+      <c r="AV146" s="11"/>
+      <c r="AW146" s="11"/>
+      <c r="AX146" s="11"/>
+      <c r="AY146" s="11"/>
+      <c r="AZ146" s="11"/>
+      <c r="BA146" s="11"/>
+      <c r="BB146" s="11"/>
+      <c r="BC146" s="11"/>
+      <c r="BD146" s="11"/>
+      <c r="BE146" s="11"/>
+      <c r="BF146" s="11"/>
+      <c r="BG146" s="11"/>
+      <c r="BH146" s="11"/>
+      <c r="BI146" s="11"/>
+      <c r="BJ146" s="11"/>
+      <c r="BK146" s="11"/>
+      <c r="BL146" s="11"/>
+      <c r="BM146" s="11"/>
+      <c r="BN146" s="11"/>
+      <c r="BO146" s="11"/>
+      <c r="BP146" s="11"/>
+      <c r="BQ146" s="11"/>
+      <c r="BR146" s="11"/>
+      <c r="BS146" s="11"/>
+      <c r="BT146" s="11"/>
+      <c r="BU146" s="11"/>
+      <c r="BV146" s="11"/>
+      <c r="BW146" s="11"/>
+      <c r="BX146" s="11"/>
+      <c r="BY146" s="11"/>
+      <c r="BZ146" s="11"/>
+      <c r="CA146" s="11"/>
+      <c r="CB146" s="11"/>
+      <c r="CC146" s="11"/>
+      <c r="CD146" s="11"/>
+    </row>
+    <row r="147" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="16">
+        <v>139</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C147" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D147" s="20">
+        <v>5</v>
+      </c>
+      <c r="E147" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F147" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G147" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H147" s="10"/>
+      <c r="I147" s="10"/>
+      <c r="J147" s="10"/>
+      <c r="K147" s="12">
+        <v>101.5</v>
+      </c>
+      <c r="L147" s="13">
+        <v>5</v>
+      </c>
+      <c r="N147" s="11"/>
+      <c r="O147" s="11"/>
+      <c r="P147" s="11"/>
+      <c r="Q147" s="11"/>
+      <c r="R147" s="11"/>
+      <c r="S147" s="11"/>
+      <c r="T147" s="11"/>
+      <c r="U147" s="11"/>
+      <c r="V147" s="11"/>
+      <c r="W147" s="11"/>
+      <c r="X147" s="11"/>
+      <c r="Y147" s="11"/>
+      <c r="Z147" s="11"/>
+      <c r="AA147" s="11"/>
+      <c r="AB147" s="11"/>
+      <c r="AC147" s="11"/>
+      <c r="AD147" s="11"/>
+      <c r="AE147" s="11"/>
+      <c r="AF147" s="11"/>
+      <c r="AG147" s="11"/>
+      <c r="AH147" s="11"/>
+      <c r="AI147" s="11"/>
+      <c r="AJ147" s="11"/>
+      <c r="AK147" s="11"/>
+      <c r="AL147" s="11"/>
+      <c r="AM147" s="11"/>
+      <c r="AN147" s="11"/>
+      <c r="AO147" s="11"/>
+      <c r="AP147" s="11"/>
+      <c r="AQ147" s="11"/>
+      <c r="AR147" s="11"/>
+      <c r="AS147" s="11"/>
+      <c r="AT147" s="11"/>
+      <c r="AU147" s="11"/>
+      <c r="AV147" s="11"/>
+      <c r="AW147" s="11"/>
+      <c r="AX147" s="11"/>
+      <c r="AY147" s="11"/>
+      <c r="AZ147" s="11"/>
+      <c r="BA147" s="11"/>
+      <c r="BB147" s="11"/>
+      <c r="BC147" s="11"/>
+      <c r="BD147" s="11"/>
+      <c r="BE147" s="11"/>
+      <c r="BF147" s="11"/>
+      <c r="BG147" s="11"/>
+      <c r="BH147" s="11"/>
+      <c r="BI147" s="11"/>
+      <c r="BJ147" s="11"/>
+      <c r="BK147" s="11"/>
+      <c r="BL147" s="11"/>
+      <c r="BM147" s="11"/>
+      <c r="BN147" s="11"/>
+      <c r="BO147" s="11"/>
+      <c r="BP147" s="11"/>
+      <c r="BQ147" s="11"/>
+      <c r="BR147" s="11"/>
+      <c r="BS147" s="11"/>
+      <c r="BT147" s="11"/>
+      <c r="BU147" s="11"/>
+      <c r="BV147" s="11"/>
+      <c r="BW147" s="11"/>
+      <c r="BX147" s="11"/>
+      <c r="BY147" s="11"/>
+      <c r="BZ147" s="11"/>
+      <c r="CA147" s="11"/>
+      <c r="CB147" s="11"/>
+      <c r="CC147" s="11"/>
+      <c r="CD147" s="11"/>
+    </row>
+    <row r="148" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="16">
+        <v>140</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C148" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D148" s="20">
+        <v>5</v>
+      </c>
+      <c r="E148" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F148" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G148" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H148" s="10"/>
+      <c r="I148" s="10"/>
+      <c r="J148" s="10"/>
+      <c r="K148" s="12">
+        <v>101.5</v>
+      </c>
+      <c r="L148" s="13">
+        <v>5</v>
+      </c>
+      <c r="N148" s="11"/>
+      <c r="O148" s="11"/>
+      <c r="P148" s="11"/>
+      <c r="Q148" s="11"/>
+      <c r="R148" s="11"/>
+      <c r="S148" s="11"/>
+      <c r="T148" s="11"/>
+      <c r="U148" s="11"/>
+      <c r="V148" s="11"/>
+      <c r="W148" s="11"/>
+      <c r="X148" s="11"/>
+      <c r="Y148" s="11"/>
+      <c r="Z148" s="11"/>
+      <c r="AA148" s="11"/>
+      <c r="AB148" s="11"/>
+      <c r="AC148" s="11"/>
+      <c r="AD148" s="11"/>
+      <c r="AE148" s="11"/>
+      <c r="AF148" s="11"/>
+      <c r="AG148" s="11"/>
+      <c r="AH148" s="11"/>
+      <c r="AI148" s="11"/>
+      <c r="AJ148" s="11"/>
+      <c r="AK148" s="11"/>
+      <c r="AL148" s="11"/>
+      <c r="AM148" s="11"/>
+      <c r="AN148" s="11"/>
+      <c r="AO148" s="11"/>
+      <c r="AP148" s="11"/>
+      <c r="AQ148" s="11"/>
+      <c r="AR148" s="11"/>
+      <c r="AS148" s="11"/>
+      <c r="AT148" s="11"/>
+      <c r="AU148" s="11"/>
+      <c r="AV148" s="11"/>
+      <c r="AW148" s="11"/>
+      <c r="AX148" s="11"/>
+      <c r="AY148" s="11"/>
+      <c r="AZ148" s="11"/>
+      <c r="BA148" s="11"/>
+      <c r="BB148" s="11"/>
+      <c r="BC148" s="11"/>
+      <c r="BD148" s="11"/>
+      <c r="BE148" s="11"/>
+      <c r="BF148" s="11"/>
+      <c r="BG148" s="11"/>
+      <c r="BH148" s="11"/>
+      <c r="BI148" s="11"/>
+      <c r="BJ148" s="11"/>
+      <c r="BK148" s="11"/>
+      <c r="BL148" s="11"/>
+      <c r="BM148" s="11"/>
+      <c r="BN148" s="11"/>
+      <c r="BO148" s="11"/>
+      <c r="BP148" s="11"/>
+      <c r="BQ148" s="11"/>
+      <c r="BR148" s="11"/>
+      <c r="BS148" s="11"/>
+      <c r="BT148" s="11"/>
+      <c r="BU148" s="11"/>
+      <c r="BV148" s="11"/>
+      <c r="BW148" s="11"/>
+      <c r="BX148" s="11"/>
+      <c r="BY148" s="11"/>
+      <c r="BZ148" s="11"/>
+      <c r="CA148" s="11"/>
+      <c r="CB148" s="11"/>
+      <c r="CC148" s="11"/>
+      <c r="CD148" s="11"/>
+    </row>
+    <row r="149" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="16">
+        <v>141</v>
+      </c>
+      <c r="B149" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C149" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D149" s="20">
+        <v>5</v>
+      </c>
+      <c r="E149" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F149" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G149" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H149" s="10"/>
+      <c r="I149" s="10"/>
+      <c r="J149" s="10"/>
+      <c r="K149" s="12">
+        <v>101.5</v>
+      </c>
+      <c r="L149" s="13">
+        <v>5</v>
+      </c>
+      <c r="N149" s="11"/>
+      <c r="O149" s="11"/>
+      <c r="P149" s="11"/>
+      <c r="Q149" s="11"/>
+      <c r="R149" s="11"/>
+      <c r="S149" s="11"/>
+      <c r="T149" s="11"/>
+      <c r="U149" s="11"/>
+      <c r="V149" s="11"/>
+      <c r="W149" s="11"/>
+      <c r="X149" s="11"/>
+      <c r="Y149" s="11"/>
+      <c r="Z149" s="11"/>
+      <c r="AA149" s="11"/>
+      <c r="AB149" s="11"/>
+      <c r="AC149" s="11"/>
+      <c r="AD149" s="11"/>
+      <c r="AE149" s="11"/>
+      <c r="AF149" s="11"/>
+      <c r="AG149" s="11"/>
+      <c r="AH149" s="11"/>
+      <c r="AI149" s="11"/>
+      <c r="AJ149" s="11"/>
+      <c r="AK149" s="11"/>
+      <c r="AL149" s="11"/>
+      <c r="AM149" s="11"/>
+      <c r="AN149" s="11"/>
+      <c r="AO149" s="11"/>
+      <c r="AP149" s="11"/>
+      <c r="AQ149" s="11"/>
+      <c r="AR149" s="11"/>
+      <c r="AS149" s="11"/>
+      <c r="AT149" s="11"/>
+      <c r="AU149" s="11"/>
+      <c r="AV149" s="11"/>
+      <c r="AW149" s="11"/>
+      <c r="AX149" s="11"/>
+      <c r="AY149" s="11"/>
+      <c r="AZ149" s="11"/>
+      <c r="BA149" s="11"/>
+      <c r="BB149" s="11"/>
+      <c r="BC149" s="11"/>
+      <c r="BD149" s="11"/>
+      <c r="BE149" s="11"/>
+      <c r="BF149" s="11"/>
+      <c r="BG149" s="11"/>
+      <c r="BH149" s="11"/>
+      <c r="BI149" s="11"/>
+      <c r="BJ149" s="11"/>
+      <c r="BK149" s="11"/>
+      <c r="BL149" s="11"/>
+      <c r="BM149" s="11"/>
+      <c r="BN149" s="11"/>
+      <c r="BO149" s="11"/>
+      <c r="BP149" s="11"/>
+      <c r="BQ149" s="11"/>
+      <c r="BR149" s="11"/>
+      <c r="BS149" s="11"/>
+      <c r="BT149" s="11"/>
+      <c r="BU149" s="11"/>
+      <c r="BV149" s="11"/>
+      <c r="BW149" s="11"/>
+      <c r="BX149" s="11"/>
+      <c r="BY149" s="11"/>
+      <c r="BZ149" s="11"/>
+      <c r="CA149" s="11"/>
+      <c r="CB149" s="11"/>
+      <c r="CC149" s="11"/>
+      <c r="CD149" s="11"/>
+    </row>
+    <row r="150" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="16">
+        <v>142</v>
+      </c>
+      <c r="B150" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C150" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D150" s="20">
+        <v>6</v>
+      </c>
+      <c r="E150" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F150" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G150" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H150" s="10"/>
+      <c r="I150" s="10"/>
+      <c r="J150" s="10"/>
+      <c r="K150" s="12">
+        <v>318</v>
+      </c>
+      <c r="L150" s="13">
+        <v>20</v>
+      </c>
+      <c r="M150" s="11"/>
+      <c r="N150" s="11"/>
+      <c r="O150" s="11"/>
+      <c r="P150" s="11"/>
+      <c r="Q150" s="11"/>
+      <c r="R150" s="11"/>
+      <c r="S150" s="11"/>
+      <c r="T150" s="11"/>
+      <c r="U150" s="11"/>
+      <c r="V150" s="11"/>
+      <c r="W150" s="11"/>
+      <c r="X150" s="11"/>
+      <c r="Y150" s="11"/>
+      <c r="Z150" s="11"/>
+      <c r="AA150" s="11"/>
+      <c r="AB150" s="11"/>
+      <c r="AC150" s="11"/>
+      <c r="AD150" s="11"/>
+      <c r="AE150" s="11"/>
+      <c r="AF150" s="11"/>
+      <c r="AG150" s="11"/>
+      <c r="AH150" s="11"/>
+      <c r="AI150" s="11"/>
+      <c r="AJ150" s="11"/>
+      <c r="AK150" s="11"/>
+      <c r="AL150" s="11"/>
+      <c r="AM150" s="11"/>
+      <c r="AN150" s="11"/>
+      <c r="AO150" s="11"/>
+      <c r="AP150" s="11"/>
+      <c r="AQ150" s="11"/>
+      <c r="AR150" s="11"/>
+      <c r="AS150" s="11"/>
+      <c r="AT150" s="11"/>
+      <c r="AU150" s="11"/>
+      <c r="AV150" s="11"/>
+      <c r="AW150" s="11"/>
+      <c r="AX150" s="11"/>
+      <c r="AY150" s="11"/>
+      <c r="AZ150" s="11"/>
+      <c r="BA150" s="11"/>
+      <c r="BB150" s="11"/>
+      <c r="BC150" s="11"/>
+      <c r="BD150" s="11"/>
+      <c r="BE150" s="11"/>
+      <c r="BF150" s="11"/>
+      <c r="BG150" s="11"/>
+      <c r="BH150" s="11"/>
+      <c r="BI150" s="11"/>
+      <c r="BJ150" s="11"/>
+      <c r="BK150" s="11"/>
+      <c r="BL150" s="11"/>
+      <c r="BM150" s="11"/>
+      <c r="BN150" s="11"/>
+      <c r="BO150" s="11"/>
+      <c r="BP150" s="11"/>
+      <c r="BQ150" s="11"/>
+      <c r="BR150" s="11"/>
+      <c r="BS150" s="11"/>
+      <c r="BT150" s="11"/>
+      <c r="BU150" s="11"/>
+      <c r="BV150" s="11"/>
+      <c r="BW150" s="11"/>
+      <c r="BX150" s="11"/>
+      <c r="BY150" s="11"/>
+      <c r="BZ150" s="11"/>
+      <c r="CA150" s="11"/>
+      <c r="CB150" s="11"/>
+      <c r="CC150" s="11"/>
+      <c r="CD150" s="11"/>
+    </row>
+    <row r="151" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="16">
+        <v>143</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C151" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D151" s="20">
+        <v>3</v>
+      </c>
+      <c r="E151" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F151" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="G151" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H151" s="12">
+        <v>292</v>
+      </c>
+      <c r="I151" s="10">
+        <v>146.97</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K151" s="12">
+        <v>180</v>
+      </c>
+      <c r="L151" s="13">
+        <v>16.25</v>
+      </c>
+      <c r="M151" s="11"/>
+      <c r="N151" s="11"/>
+      <c r="O151" s="11"/>
+      <c r="P151" s="11"/>
+      <c r="Q151" s="11"/>
+      <c r="R151" s="11"/>
+      <c r="S151" s="11"/>
+      <c r="T151" s="11"/>
+      <c r="U151" s="11"/>
+      <c r="V151" s="11"/>
+      <c r="W151" s="11"/>
+      <c r="X151" s="11"/>
+      <c r="Y151" s="11"/>
+      <c r="Z151" s="11"/>
+      <c r="AA151" s="11"/>
+      <c r="AB151" s="11"/>
+      <c r="AC151" s="11"/>
+      <c r="AD151" s="11"/>
+      <c r="AE151" s="11"/>
+      <c r="AF151" s="11"/>
+      <c r="AG151" s="11"/>
+      <c r="AH151" s="11"/>
+      <c r="AI151" s="11"/>
+      <c r="AJ151" s="11"/>
+      <c r="AK151" s="11"/>
+      <c r="AL151" s="11"/>
+      <c r="AM151" s="11"/>
+      <c r="AN151" s="11"/>
+      <c r="AO151" s="11"/>
+      <c r="AP151" s="11"/>
+      <c r="AQ151" s="11"/>
+      <c r="AR151" s="11"/>
+      <c r="AS151" s="11"/>
+      <c r="AT151" s="11"/>
+      <c r="AU151" s="11"/>
+      <c r="AV151" s="11"/>
+      <c r="AW151" s="11"/>
+      <c r="AX151" s="11"/>
+      <c r="AY151" s="11"/>
+      <c r="AZ151" s="11"/>
+      <c r="BA151" s="11"/>
+      <c r="BB151" s="11"/>
+      <c r="BC151" s="11"/>
+      <c r="BD151" s="11"/>
+      <c r="BE151" s="11"/>
+      <c r="BF151" s="11"/>
+      <c r="BG151" s="11"/>
+      <c r="BH151" s="11"/>
+      <c r="BI151" s="11"/>
+      <c r="BJ151" s="11"/>
+      <c r="BK151" s="11"/>
+      <c r="BL151" s="11"/>
+      <c r="BM151" s="11"/>
+      <c r="BN151" s="11"/>
+      <c r="BO151" s="11"/>
+      <c r="BP151" s="11"/>
+      <c r="BQ151" s="11"/>
+      <c r="BR151" s="11"/>
+      <c r="BS151" s="11"/>
+      <c r="BT151" s="11"/>
+      <c r="BU151" s="11"/>
+      <c r="BV151" s="11"/>
+      <c r="BW151" s="11"/>
+      <c r="BX151" s="11"/>
+      <c r="BY151" s="11"/>
+      <c r="BZ151" s="11"/>
+      <c r="CA151" s="11"/>
+      <c r="CB151" s="11"/>
+      <c r="CC151" s="11"/>
+      <c r="CD151" s="11"/>
+    </row>
+    <row r="152" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="16">
+        <v>144</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C152" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D152" s="20">
+        <v>4</v>
+      </c>
+      <c r="E152" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F152" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G152" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H152" s="12">
+        <v>420</v>
+      </c>
+      <c r="I152" s="10"/>
+      <c r="J152" s="10"/>
+      <c r="K152" s="12">
+        <v>240</v>
+      </c>
+      <c r="L152" s="13">
+        <v>39.71</v>
+      </c>
+      <c r="M152" s="11"/>
+      <c r="N152" s="11"/>
+      <c r="O152" s="11"/>
+      <c r="P152" s="11"/>
+      <c r="Q152" s="11"/>
+      <c r="R152" s="11"/>
+      <c r="S152" s="11"/>
+      <c r="T152" s="11"/>
+      <c r="U152" s="11"/>
+      <c r="V152" s="11"/>
+      <c r="W152" s="11"/>
+      <c r="X152" s="11"/>
+      <c r="Y152" s="11"/>
+      <c r="Z152" s="11"/>
+      <c r="AA152" s="11"/>
+      <c r="AB152" s="11"/>
+      <c r="AC152" s="11"/>
+      <c r="AD152" s="11"/>
+      <c r="AE152" s="11"/>
+      <c r="AF152" s="11"/>
+      <c r="AG152" s="11"/>
+      <c r="AH152" s="11"/>
+      <c r="AI152" s="11"/>
+      <c r="AJ152" s="11"/>
+      <c r="AK152" s="11"/>
+      <c r="AL152" s="11"/>
+      <c r="AM152" s="11"/>
+      <c r="AN152" s="11"/>
+      <c r="AO152" s="11"/>
+      <c r="AP152" s="11"/>
+      <c r="AQ152" s="11"/>
+      <c r="AR152" s="11"/>
+      <c r="AS152" s="11"/>
+      <c r="AT152" s="11"/>
+      <c r="AU152" s="11"/>
+      <c r="AV152" s="11"/>
+      <c r="AW152" s="11"/>
+      <c r="AX152" s="11"/>
+      <c r="AY152" s="11"/>
+      <c r="AZ152" s="11"/>
+      <c r="BA152" s="11"/>
+      <c r="BB152" s="11"/>
+      <c r="BC152" s="11"/>
+      <c r="BD152" s="11"/>
+      <c r="BE152" s="11"/>
+      <c r="BF152" s="11"/>
+      <c r="BG152" s="11"/>
+      <c r="BH152" s="11"/>
+      <c r="BI152" s="11"/>
+      <c r="BJ152" s="11"/>
+      <c r="BK152" s="11"/>
+      <c r="BL152" s="11"/>
+      <c r="BM152" s="11"/>
+      <c r="BN152" s="11"/>
+      <c r="BO152" s="11"/>
+      <c r="BP152" s="11"/>
+      <c r="BQ152" s="11"/>
+      <c r="BR152" s="11"/>
+      <c r="BS152" s="11"/>
+      <c r="BT152" s="11"/>
+      <c r="BU152" s="11"/>
+      <c r="BV152" s="11"/>
+      <c r="BW152" s="11"/>
+      <c r="BX152" s="11"/>
+      <c r="BY152" s="11"/>
+      <c r="BZ152" s="11"/>
+      <c r="CA152" s="11"/>
+      <c r="CB152" s="11"/>
+      <c r="CC152" s="11"/>
+      <c r="CD152" s="11"/>
+    </row>
+    <row r="153" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="16">
+        <v>145</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="C153" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D153" s="20">
+        <v>4</v>
+      </c>
+      <c r="E153" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F153" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G153" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H153" s="10"/>
+      <c r="I153" s="10"/>
+      <c r="J153" s="10"/>
+      <c r="K153" s="12">
+        <v>240</v>
+      </c>
+      <c r="L153" s="13">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="M153" s="11"/>
+      <c r="N153" s="11"/>
+      <c r="O153" s="11"/>
+      <c r="P153" s="11"/>
+      <c r="Q153" s="11"/>
+      <c r="R153" s="11"/>
+      <c r="S153" s="11"/>
+      <c r="T153" s="11"/>
+      <c r="U153" s="11"/>
+      <c r="V153" s="11"/>
+      <c r="W153" s="11"/>
+      <c r="X153" s="11"/>
+      <c r="Y153" s="11"/>
+      <c r="Z153" s="11"/>
+      <c r="AA153" s="11"/>
+      <c r="AB153" s="11"/>
+      <c r="AC153" s="11"/>
+      <c r="AD153" s="11"/>
+      <c r="AE153" s="11"/>
+      <c r="AF153" s="11"/>
+      <c r="AG153" s="11"/>
+      <c r="AH153" s="11"/>
+      <c r="AI153" s="11"/>
+      <c r="AJ153" s="11"/>
+      <c r="AK153" s="11"/>
+      <c r="AL153" s="11"/>
+      <c r="AM153" s="11"/>
+      <c r="AN153" s="11"/>
+      <c r="AO153" s="11"/>
+      <c r="AP153" s="11"/>
+      <c r="AQ153" s="11"/>
+      <c r="AR153" s="11"/>
+      <c r="AS153" s="11"/>
+      <c r="AT153" s="11"/>
+      <c r="AU153" s="11"/>
+      <c r="AV153" s="11"/>
+      <c r="AW153" s="11"/>
+      <c r="AX153" s="11"/>
+      <c r="AY153" s="11"/>
+      <c r="AZ153" s="11"/>
+      <c r="BA153" s="11"/>
+      <c r="BB153" s="11"/>
+      <c r="BC153" s="11"/>
+      <c r="BD153" s="11"/>
+      <c r="BE153" s="11"/>
+      <c r="BF153" s="11"/>
+      <c r="BG153" s="11"/>
+      <c r="BH153" s="11"/>
+      <c r="BI153" s="11"/>
+      <c r="BJ153" s="11"/>
+      <c r="BK153" s="11"/>
+      <c r="BL153" s="11"/>
+      <c r="BM153" s="11"/>
+      <c r="BN153" s="11"/>
+      <c r="BO153" s="11"/>
+      <c r="BP153" s="11"/>
+      <c r="BQ153" s="11"/>
+      <c r="BR153" s="11"/>
+      <c r="BS153" s="11"/>
+      <c r="BT153" s="11"/>
+      <c r="BU153" s="11"/>
+      <c r="BV153" s="11"/>
+      <c r="BW153" s="11"/>
+      <c r="BX153" s="11"/>
+      <c r="BY153" s="11"/>
+      <c r="BZ153" s="11"/>
+      <c r="CA153" s="11"/>
+      <c r="CB153" s="11"/>
+      <c r="CC153" s="11"/>
+      <c r="CD153" s="11"/>
+    </row>
+    <row r="154" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="16">
+        <v>146</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C154" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D154" s="20">
+        <v>4</v>
+      </c>
+      <c r="E154" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F154" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G154" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H154" s="10"/>
+      <c r="I154" s="10"/>
+      <c r="J154" s="10"/>
+      <c r="K154" s="12">
+        <v>240</v>
+      </c>
+      <c r="L154" s="13">
+        <v>26</v>
+      </c>
+      <c r="M154" s="11"/>
+      <c r="N154" s="11"/>
+      <c r="O154" s="11"/>
+      <c r="P154" s="11"/>
+      <c r="Q154" s="11"/>
+      <c r="R154" s="11"/>
+      <c r="S154" s="11"/>
+      <c r="T154" s="11"/>
+      <c r="U154" s="11"/>
+      <c r="V154" s="11"/>
+      <c r="W154" s="11"/>
+      <c r="X154" s="11"/>
+      <c r="Y154" s="11"/>
+      <c r="Z154" s="11"/>
+      <c r="AA154" s="11"/>
+      <c r="AB154" s="11"/>
+      <c r="AC154" s="11"/>
+      <c r="AD154" s="11"/>
+      <c r="AE154" s="11"/>
+      <c r="AF154" s="11"/>
+      <c r="AG154" s="11"/>
+      <c r="AH154" s="11"/>
+      <c r="AI154" s="11"/>
+      <c r="AJ154" s="11"/>
+      <c r="AK154" s="11"/>
+      <c r="AL154" s="11"/>
+      <c r="AM154" s="11"/>
+      <c r="AN154" s="11"/>
+      <c r="AO154" s="11"/>
+      <c r="AP154" s="11"/>
+      <c r="AQ154" s="11"/>
+      <c r="AR154" s="11"/>
+      <c r="AS154" s="11"/>
+      <c r="AT154" s="11"/>
+      <c r="AU154" s="11"/>
+      <c r="AV154" s="11"/>
+      <c r="AW154" s="11"/>
+      <c r="AX154" s="11"/>
+      <c r="AY154" s="11"/>
+      <c r="AZ154" s="11"/>
+      <c r="BA154" s="11"/>
+      <c r="BB154" s="11"/>
+      <c r="BC154" s="11"/>
+      <c r="BD154" s="11"/>
+      <c r="BE154" s="11"/>
+      <c r="BF154" s="11"/>
+      <c r="BG154" s="11"/>
+      <c r="BH154" s="11"/>
+      <c r="BI154" s="11"/>
+      <c r="BJ154" s="11"/>
+      <c r="BK154" s="11"/>
+      <c r="BL154" s="11"/>
+      <c r="BM154" s="11"/>
+      <c r="BN154" s="11"/>
+      <c r="BO154" s="11"/>
+      <c r="BP154" s="11"/>
+      <c r="BQ154" s="11"/>
+      <c r="BR154" s="11"/>
+      <c r="BS154" s="11"/>
+      <c r="BT154" s="11"/>
+      <c r="BU154" s="11"/>
+      <c r="BV154" s="11"/>
+      <c r="BW154" s="11"/>
+      <c r="BX154" s="11"/>
+      <c r="BY154" s="11"/>
+      <c r="BZ154" s="11"/>
+      <c r="CA154" s="11"/>
+      <c r="CB154" s="11"/>
+      <c r="CC154" s="11"/>
+      <c r="CD154" s="11"/>
+    </row>
+    <row r="155" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="16">
+        <v>147</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C155" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D155" s="20">
+        <v>5</v>
+      </c>
+      <c r="E155" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F155" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G155" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H155" s="12">
+        <v>432</v>
+      </c>
+      <c r="I155" s="10">
+        <v>433.65</v>
+      </c>
+      <c r="J155" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K155" s="12">
+        <v>300</v>
+      </c>
+      <c r="L155" s="13">
+        <v>69.400000000000006</v>
+      </c>
+      <c r="M155" s="11"/>
+      <c r="N155" s="11"/>
+      <c r="O155" s="11"/>
+      <c r="P155" s="11"/>
+      <c r="Q155" s="11"/>
+      <c r="R155" s="11"/>
+      <c r="S155" s="11"/>
+      <c r="T155" s="11"/>
+      <c r="U155" s="11"/>
+      <c r="V155" s="11"/>
+      <c r="W155" s="11"/>
+      <c r="X155" s="11"/>
+      <c r="Y155" s="11"/>
+      <c r="Z155" s="11"/>
+      <c r="AA155" s="11"/>
+      <c r="AB155" s="11"/>
+      <c r="AC155" s="11"/>
+      <c r="AD155" s="11"/>
+      <c r="AE155" s="11"/>
+      <c r="AF155" s="11"/>
+      <c r="AG155" s="11"/>
+      <c r="AH155" s="11"/>
+      <c r="AI155" s="11"/>
+      <c r="AJ155" s="11"/>
+      <c r="AK155" s="11"/>
+      <c r="AL155" s="11"/>
+      <c r="AM155" s="11"/>
+      <c r="AN155" s="11"/>
+      <c r="AO155" s="11"/>
+      <c r="AP155" s="11"/>
+      <c r="AQ155" s="11"/>
+      <c r="AR155" s="11"/>
+      <c r="AS155" s="11"/>
+      <c r="AT155" s="11"/>
+      <c r="AU155" s="11"/>
+      <c r="AV155" s="11"/>
+      <c r="AW155" s="11"/>
+      <c r="AX155" s="11"/>
+      <c r="AY155" s="11"/>
+      <c r="AZ155" s="11"/>
+      <c r="BA155" s="11"/>
+      <c r="BB155" s="11"/>
+      <c r="BC155" s="11"/>
+      <c r="BD155" s="11"/>
+      <c r="BE155" s="11"/>
+      <c r="BF155" s="11"/>
+      <c r="BG155" s="11"/>
+      <c r="BH155" s="11"/>
+      <c r="BI155" s="11"/>
+      <c r="BJ155" s="11"/>
+      <c r="BK155" s="11"/>
+      <c r="BL155" s="11"/>
+      <c r="BM155" s="11"/>
+      <c r="BN155" s="11"/>
+      <c r="BO155" s="11"/>
+      <c r="BP155" s="11"/>
+      <c r="BQ155" s="11"/>
+      <c r="BR155" s="11"/>
+      <c r="BS155" s="11"/>
+      <c r="BT155" s="11"/>
+      <c r="BU155" s="11"/>
+      <c r="BV155" s="11"/>
+      <c r="BW155" s="11"/>
+      <c r="BX155" s="11"/>
+      <c r="BY155" s="11"/>
+      <c r="BZ155" s="11"/>
+      <c r="CA155" s="11"/>
+      <c r="CB155" s="11"/>
+      <c r="CC155" s="11"/>
+      <c r="CD155" s="11"/>
+    </row>
+    <row r="156" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="16">
+        <v>148</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C156" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D156" s="20">
+        <v>3</v>
+      </c>
+      <c r="E156" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F156" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G156" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H156" s="12">
+        <v>176</v>
+      </c>
+      <c r="I156" s="10"/>
+      <c r="J156" s="10"/>
+      <c r="K156" s="12">
+        <v>105</v>
+      </c>
+      <c r="L156" s="13">
+        <v>3.14</v>
+      </c>
+      <c r="M156" s="11"/>
+      <c r="N156" s="11"/>
+      <c r="O156" s="11"/>
+      <c r="P156" s="11"/>
+      <c r="Q156" s="11"/>
+      <c r="R156" s="11"/>
+      <c r="S156" s="11"/>
+      <c r="T156" s="11"/>
+      <c r="U156" s="11"/>
+      <c r="V156" s="11"/>
+      <c r="W156" s="11"/>
+      <c r="X156" s="11"/>
+      <c r="Y156" s="11"/>
+      <c r="Z156" s="11"/>
+      <c r="AA156" s="11"/>
+      <c r="AB156" s="11"/>
+      <c r="AC156" s="11"/>
+      <c r="AD156" s="11"/>
+      <c r="AE156" s="11"/>
+      <c r="AF156" s="11"/>
+      <c r="AG156" s="11"/>
+      <c r="AH156" s="11"/>
+      <c r="AI156" s="11"/>
+      <c r="AJ156" s="11"/>
+      <c r="AK156" s="11"/>
+      <c r="AL156" s="11"/>
+      <c r="AM156" s="11"/>
+      <c r="AN156" s="11"/>
+      <c r="AO156" s="11"/>
+      <c r="AP156" s="11"/>
+      <c r="AQ156" s="11"/>
+      <c r="AR156" s="11"/>
+      <c r="AS156" s="11"/>
+      <c r="AT156" s="11"/>
+      <c r="AU156" s="11"/>
+      <c r="AV156" s="11"/>
+      <c r="AW156" s="11"/>
+      <c r="AX156" s="11"/>
+      <c r="AY156" s="11"/>
+      <c r="AZ156" s="11"/>
+      <c r="BA156" s="11"/>
+      <c r="BB156" s="11"/>
+      <c r="BC156" s="11"/>
+      <c r="BD156" s="11"/>
+      <c r="BE156" s="11"/>
+      <c r="BF156" s="11"/>
+      <c r="BG156" s="11"/>
+      <c r="BH156" s="11"/>
+      <c r="BI156" s="11"/>
+      <c r="BJ156" s="11"/>
+      <c r="BK156" s="11"/>
+      <c r="BL156" s="11"/>
+      <c r="BM156" s="11"/>
+      <c r="BN156" s="11"/>
+      <c r="BO156" s="11"/>
+      <c r="BP156" s="11"/>
+      <c r="BQ156" s="11"/>
+      <c r="BR156" s="11"/>
+      <c r="BS156" s="11"/>
+      <c r="BT156" s="11"/>
+      <c r="BU156" s="11"/>
+      <c r="BV156" s="11"/>
+      <c r="BW156" s="11"/>
+      <c r="BX156" s="11"/>
+      <c r="BY156" s="11"/>
+      <c r="BZ156" s="11"/>
+      <c r="CA156" s="11"/>
+      <c r="CB156" s="11"/>
+      <c r="CC156" s="11"/>
+      <c r="CD156" s="11"/>
+    </row>
+    <row r="157" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="16">
+        <v>149</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C157" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D157" s="20">
+        <v>3</v>
+      </c>
+      <c r="E157" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F157" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G157" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H157" s="12">
+        <v>176</v>
+      </c>
+      <c r="I157" s="10"/>
+      <c r="J157" s="10"/>
+      <c r="K157" s="12">
+        <v>105</v>
+      </c>
+      <c r="L157" s="13">
+        <v>3.14</v>
+      </c>
+      <c r="M157" s="11"/>
+      <c r="N157" s="11"/>
+      <c r="O157" s="11"/>
+      <c r="P157" s="11"/>
+      <c r="Q157" s="11"/>
+      <c r="R157" s="11"/>
+      <c r="S157" s="11"/>
+      <c r="T157" s="11"/>
+      <c r="U157" s="11"/>
+      <c r="V157" s="11"/>
+      <c r="W157" s="11"/>
+      <c r="X157" s="11"/>
+      <c r="Y157" s="11"/>
+      <c r="Z157" s="11"/>
+      <c r="AA157" s="11"/>
+      <c r="AB157" s="11"/>
+      <c r="AC157" s="11"/>
+      <c r="AD157" s="11"/>
+      <c r="AE157" s="11"/>
+      <c r="AF157" s="11"/>
+      <c r="AG157" s="11"/>
+      <c r="AH157" s="11"/>
+      <c r="AI157" s="11"/>
+      <c r="AJ157" s="11"/>
+      <c r="AK157" s="11"/>
+      <c r="AL157" s="11"/>
+      <c r="AM157" s="11"/>
+      <c r="AN157" s="11"/>
+      <c r="AO157" s="11"/>
+      <c r="AP157" s="11"/>
+      <c r="AQ157" s="11"/>
+      <c r="AR157" s="11"/>
+      <c r="AS157" s="11"/>
+      <c r="AT157" s="11"/>
+      <c r="AU157" s="11"/>
+      <c r="AV157" s="11"/>
+      <c r="AW157" s="11"/>
+      <c r="AX157" s="11"/>
+      <c r="AY157" s="11"/>
+      <c r="AZ157" s="11"/>
+      <c r="BA157" s="11"/>
+      <c r="BB157" s="11"/>
+      <c r="BC157" s="11"/>
+      <c r="BD157" s="11"/>
+      <c r="BE157" s="11"/>
+      <c r="BF157" s="11"/>
+      <c r="BG157" s="11"/>
+      <c r="BH157" s="11"/>
+      <c r="BI157" s="11"/>
+      <c r="BJ157" s="11"/>
+      <c r="BK157" s="11"/>
+      <c r="BL157" s="11"/>
+      <c r="BM157" s="11"/>
+      <c r="BN157" s="11"/>
+      <c r="BO157" s="11"/>
+      <c r="BP157" s="11"/>
+      <c r="BQ157" s="11"/>
+      <c r="BR157" s="11"/>
+      <c r="BS157" s="11"/>
+      <c r="BT157" s="11"/>
+      <c r="BU157" s="11"/>
+      <c r="BV157" s="11"/>
+      <c r="BW157" s="11"/>
+      <c r="BX157" s="11"/>
+      <c r="BY157" s="11"/>
+      <c r="BZ157" s="11"/>
+      <c r="CA157" s="11"/>
+      <c r="CB157" s="11"/>
+      <c r="CC157" s="11"/>
+      <c r="CD157" s="11"/>
+    </row>
+    <row r="158" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="16">
+        <v>150</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C158" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D158" s="20">
+        <v>3</v>
+      </c>
+      <c r="E158" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F158" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G158" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H158" s="12">
+        <v>176</v>
+      </c>
+      <c r="I158" s="10"/>
+      <c r="J158" s="10"/>
+      <c r="K158" s="12">
+        <v>105</v>
+      </c>
+      <c r="L158" s="13">
+        <v>33.08</v>
+      </c>
+      <c r="M158" s="11"/>
+      <c r="N158" s="11"/>
+      <c r="O158" s="11"/>
+      <c r="P158" s="11"/>
+      <c r="Q158" s="11"/>
+      <c r="R158" s="11"/>
+      <c r="S158" s="11"/>
+      <c r="T158" s="11"/>
+      <c r="U158" s="11"/>
+      <c r="V158" s="11"/>
+      <c r="W158" s="11"/>
+      <c r="X158" s="11"/>
+      <c r="Y158" s="11"/>
+      <c r="Z158" s="11"/>
+      <c r="AA158" s="11"/>
+      <c r="AB158" s="11"/>
+      <c r="AC158" s="11"/>
+      <c r="AD158" s="11"/>
+      <c r="AE158" s="11"/>
+      <c r="AF158" s="11"/>
+      <c r="AG158" s="11"/>
+      <c r="AH158" s="11"/>
+      <c r="AI158" s="11"/>
+      <c r="AJ158" s="11"/>
+      <c r="AK158" s="11"/>
+      <c r="AL158" s="11"/>
+      <c r="AM158" s="11"/>
+      <c r="AN158" s="11"/>
+      <c r="AO158" s="11"/>
+      <c r="AP158" s="11"/>
+      <c r="AQ158" s="11"/>
+      <c r="AR158" s="11"/>
+      <c r="AS158" s="11"/>
+      <c r="AT158" s="11"/>
+      <c r="AU158" s="11"/>
+      <c r="AV158" s="11"/>
+      <c r="AW158" s="11"/>
+      <c r="AX158" s="11"/>
+      <c r="AY158" s="11"/>
+      <c r="AZ158" s="11"/>
+      <c r="BA158" s="11"/>
+      <c r="BB158" s="11"/>
+      <c r="BC158" s="11"/>
+      <c r="BD158" s="11"/>
+      <c r="BE158" s="11"/>
+      <c r="BF158" s="11"/>
+      <c r="BG158" s="11"/>
+      <c r="BH158" s="11"/>
+      <c r="BI158" s="11"/>
+      <c r="BJ158" s="11"/>
+      <c r="BK158" s="11"/>
+      <c r="BL158" s="11"/>
+      <c r="BM158" s="11"/>
+      <c r="BN158" s="11"/>
+      <c r="BO158" s="11"/>
+      <c r="BP158" s="11"/>
+      <c r="BQ158" s="11"/>
+      <c r="BR158" s="11"/>
+      <c r="BS158" s="11"/>
+      <c r="BT158" s="11"/>
+      <c r="BU158" s="11"/>
+      <c r="BV158" s="11"/>
+      <c r="BW158" s="11"/>
+      <c r="BX158" s="11"/>
+      <c r="BY158" s="11"/>
+      <c r="BZ158" s="11"/>
+      <c r="CA158" s="11"/>
+      <c r="CB158" s="11"/>
+      <c r="CC158" s="11"/>
+      <c r="CD158" s="11"/>
+    </row>
+    <row r="159" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="16">
+        <v>151</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="C159" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D159" s="20">
+        <v>3</v>
+      </c>
+      <c r="E159" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F159" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G159" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H159" s="12">
+        <v>176</v>
+      </c>
+      <c r="I159" s="10"/>
+      <c r="J159" s="10"/>
+      <c r="K159" s="12">
+        <v>105</v>
+      </c>
+      <c r="L159" s="13">
+        <v>139.83000000000001</v>
+      </c>
+      <c r="M159" s="11"/>
+      <c r="N159" s="11"/>
+      <c r="O159" s="11"/>
+      <c r="P159" s="11"/>
+      <c r="Q159" s="11"/>
+      <c r="R159" s="11"/>
+      <c r="S159" s="11"/>
+      <c r="T159" s="11"/>
+      <c r="U159" s="11"/>
+      <c r="V159" s="11"/>
+      <c r="W159" s="11"/>
+      <c r="X159" s="11"/>
+      <c r="Y159" s="11"/>
+      <c r="Z159" s="11"/>
+      <c r="AA159" s="11"/>
+      <c r="AB159" s="11"/>
+      <c r="AC159" s="11"/>
+      <c r="AD159" s="11"/>
+      <c r="AE159" s="11"/>
+      <c r="AF159" s="11"/>
+      <c r="AG159" s="11"/>
+      <c r="AH159" s="11"/>
+      <c r="AI159" s="11"/>
+      <c r="AJ159" s="11"/>
+      <c r="AK159" s="11"/>
+      <c r="AL159" s="11"/>
+      <c r="AM159" s="11"/>
+      <c r="AN159" s="11"/>
+      <c r="AO159" s="11"/>
+      <c r="AP159" s="11"/>
+      <c r="AQ159" s="11"/>
+      <c r="AR159" s="11"/>
+      <c r="AS159" s="11"/>
+      <c r="AT159" s="11"/>
+      <c r="AU159" s="11"/>
+      <c r="AV159" s="11"/>
+      <c r="AW159" s="11"/>
+      <c r="AX159" s="11"/>
+      <c r="AY159" s="11"/>
+      <c r="AZ159" s="11"/>
+      <c r="BA159" s="11"/>
+      <c r="BB159" s="11"/>
+      <c r="BC159" s="11"/>
+      <c r="BD159" s="11"/>
+      <c r="BE159" s="11"/>
+      <c r="BF159" s="11"/>
+      <c r="BG159" s="11"/>
+      <c r="BH159" s="11"/>
+      <c r="BI159" s="11"/>
+      <c r="BJ159" s="11"/>
+      <c r="BK159" s="11"/>
+      <c r="BL159" s="11"/>
+      <c r="BM159" s="11"/>
+      <c r="BN159" s="11"/>
+      <c r="BO159" s="11"/>
+      <c r="BP159" s="11"/>
+      <c r="BQ159" s="11"/>
+      <c r="BR159" s="11"/>
+      <c r="BS159" s="11"/>
+      <c r="BT159" s="11"/>
+      <c r="BU159" s="11"/>
+      <c r="BV159" s="11"/>
+      <c r="BW159" s="11"/>
+      <c r="BX159" s="11"/>
+      <c r="BY159" s="11"/>
+      <c r="BZ159" s="11"/>
+      <c r="CA159" s="11"/>
+      <c r="CB159" s="11"/>
+      <c r="CC159" s="11"/>
+      <c r="CD159" s="11"/>
+    </row>
+    <row r="160" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="16">
+        <v>152</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="C160" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D160" s="20">
+        <v>1</v>
+      </c>
+      <c r="E160" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F160" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G160" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H160" s="10"/>
+      <c r="I160" s="10"/>
+      <c r="J160" s="10"/>
+      <c r="K160" s="12">
+        <v>40</v>
+      </c>
+      <c r="L160" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M160" s="11"/>
+      <c r="N160" s="11"/>
+      <c r="O160" s="11"/>
+      <c r="P160" s="11"/>
+      <c r="Q160" s="11"/>
+      <c r="R160" s="11"/>
+      <c r="S160" s="11"/>
+      <c r="T160" s="11"/>
+      <c r="U160" s="11"/>
+      <c r="V160" s="11"/>
+      <c r="W160" s="11"/>
+      <c r="X160" s="11"/>
+      <c r="Y160" s="11"/>
+      <c r="Z160" s="11"/>
+      <c r="AA160" s="11"/>
+      <c r="AB160" s="11"/>
+      <c r="AC160" s="11"/>
+      <c r="AD160" s="11"/>
+      <c r="AE160" s="11"/>
+      <c r="AF160" s="11"/>
+      <c r="AG160" s="11"/>
+      <c r="AH160" s="11"/>
+      <c r="AI160" s="11"/>
+      <c r="AJ160" s="11"/>
+      <c r="AK160" s="11"/>
+      <c r="AL160" s="11"/>
+      <c r="AM160" s="11"/>
+      <c r="AN160" s="11"/>
+      <c r="AO160" s="11"/>
+      <c r="AP160" s="11"/>
+      <c r="AQ160" s="11"/>
+      <c r="AR160" s="11"/>
+      <c r="AS160" s="11"/>
+      <c r="AT160" s="11"/>
+      <c r="AU160" s="11"/>
+      <c r="AV160" s="11"/>
+      <c r="AW160" s="11"/>
+      <c r="AX160" s="11"/>
+      <c r="AY160" s="11"/>
+      <c r="AZ160" s="11"/>
+      <c r="BA160" s="11"/>
+      <c r="BB160" s="11"/>
+      <c r="BC160" s="11"/>
+      <c r="BD160" s="11"/>
+      <c r="BE160" s="11"/>
+      <c r="BF160" s="11"/>
+      <c r="BG160" s="11"/>
+      <c r="BH160" s="11"/>
+      <c r="BI160" s="11"/>
+      <c r="BJ160" s="11"/>
+      <c r="BK160" s="11"/>
+      <c r="BL160" s="11"/>
+      <c r="BM160" s="11"/>
+      <c r="BN160" s="11"/>
+      <c r="BO160" s="11"/>
+      <c r="BP160" s="11"/>
+      <c r="BQ160" s="11"/>
+      <c r="BR160" s="11"/>
+      <c r="BS160" s="11"/>
+      <c r="BT160" s="11"/>
+      <c r="BU160" s="11"/>
+      <c r="BV160" s="11"/>
+      <c r="BW160" s="11"/>
+      <c r="BX160" s="11"/>
+      <c r="BY160" s="11"/>
+      <c r="BZ160" s="11"/>
+      <c r="CA160" s="11"/>
+      <c r="CB160" s="11"/>
+      <c r="CC160" s="11"/>
+      <c r="CD160" s="11"/>
+    </row>
+    <row r="161" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="16">
+        <v>153</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C161" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D161" s="20">
+        <v>1</v>
+      </c>
+      <c r="E161" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F161" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G161" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H161" s="10"/>
+      <c r="I161" s="10"/>
+      <c r="J161" s="10"/>
+      <c r="K161" s="12">
+        <v>40</v>
+      </c>
+      <c r="L161" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M161" s="11"/>
+      <c r="N161" s="11"/>
+      <c r="O161" s="11"/>
+      <c r="P161" s="11"/>
+      <c r="Q161" s="11"/>
+      <c r="R161" s="11"/>
+      <c r="S161" s="11"/>
+      <c r="T161" s="11"/>
+      <c r="U161" s="11"/>
+      <c r="V161" s="11"/>
+      <c r="W161" s="11"/>
+      <c r="X161" s="11"/>
+      <c r="Y161" s="11"/>
+      <c r="Z161" s="11"/>
+      <c r="AA161" s="11"/>
+      <c r="AB161" s="11"/>
+      <c r="AC161" s="11"/>
+      <c r="AD161" s="11"/>
+      <c r="AE161" s="11"/>
+      <c r="AF161" s="11"/>
+      <c r="AG161" s="11"/>
+      <c r="AH161" s="11"/>
+      <c r="AI161" s="11"/>
+      <c r="AJ161" s="11"/>
+      <c r="AK161" s="11"/>
+      <c r="AL161" s="11"/>
+      <c r="AM161" s="11"/>
+      <c r="AN161" s="11"/>
+      <c r="AO161" s="11"/>
+      <c r="AP161" s="11"/>
+      <c r="AQ161" s="11"/>
+      <c r="AR161" s="11"/>
+      <c r="AS161" s="11"/>
+      <c r="AT161" s="11"/>
+      <c r="AU161" s="11"/>
+      <c r="AV161" s="11"/>
+      <c r="AW161" s="11"/>
+      <c r="AX161" s="11"/>
+      <c r="AY161" s="11"/>
+      <c r="AZ161" s="11"/>
+      <c r="BA161" s="11"/>
+      <c r="BB161" s="11"/>
+      <c r="BC161" s="11"/>
+      <c r="BD161" s="11"/>
+      <c r="BE161" s="11"/>
+      <c r="BF161" s="11"/>
+      <c r="BG161" s="11"/>
+      <c r="BH161" s="11"/>
+      <c r="BI161" s="11"/>
+      <c r="BJ161" s="11"/>
+      <c r="BK161" s="11"/>
+      <c r="BL161" s="11"/>
+      <c r="BM161" s="11"/>
+      <c r="BN161" s="11"/>
+      <c r="BO161" s="11"/>
+      <c r="BP161" s="11"/>
+      <c r="BQ161" s="11"/>
+      <c r="BR161" s="11"/>
+      <c r="BS161" s="11"/>
+      <c r="BT161" s="11"/>
+      <c r="BU161" s="11"/>
+      <c r="BV161" s="11"/>
+      <c r="BW161" s="11"/>
+      <c r="BX161" s="11"/>
+      <c r="BY161" s="11"/>
+      <c r="BZ161" s="11"/>
+      <c r="CA161" s="11"/>
+      <c r="CB161" s="11"/>
+      <c r="CC161" s="11"/>
+      <c r="CD161" s="11"/>
+    </row>
+    <row r="162" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="16">
+        <v>154</v>
+      </c>
+      <c r="B162" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C162" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D162" s="20">
+        <v>1</v>
+      </c>
+      <c r="E162" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F162" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G162" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H162" s="10"/>
+      <c r="I162" s="10"/>
+      <c r="J162" s="10"/>
+      <c r="K162" s="12">
+        <v>40</v>
+      </c>
+      <c r="L162" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M162" s="11"/>
+      <c r="N162" s="11"/>
+      <c r="O162" s="11"/>
+      <c r="P162" s="11"/>
+      <c r="Q162" s="11"/>
+      <c r="R162" s="11"/>
+      <c r="S162" s="11"/>
+      <c r="T162" s="11"/>
+      <c r="U162" s="11"/>
+      <c r="V162" s="11"/>
+      <c r="W162" s="11"/>
+      <c r="X162" s="11"/>
+      <c r="Y162" s="11"/>
+      <c r="Z162" s="11"/>
+      <c r="AA162" s="11"/>
+      <c r="AB162" s="11"/>
+      <c r="AC162" s="11"/>
+      <c r="AD162" s="11"/>
+      <c r="AE162" s="11"/>
+      <c r="AF162" s="11"/>
+      <c r="AG162" s="11"/>
+      <c r="AH162" s="11"/>
+      <c r="AI162" s="11"/>
+      <c r="AJ162" s="11"/>
+      <c r="AK162" s="11"/>
+      <c r="AL162" s="11"/>
+      <c r="AM162" s="11"/>
+      <c r="AN162" s="11"/>
+      <c r="AO162" s="11"/>
+      <c r="AP162" s="11"/>
+      <c r="AQ162" s="11"/>
+      <c r="AR162" s="11"/>
+      <c r="AS162" s="11"/>
+      <c r="AT162" s="11"/>
+      <c r="AU162" s="11"/>
+      <c r="AV162" s="11"/>
+      <c r="AW162" s="11"/>
+      <c r="AX162" s="11"/>
+      <c r="AY162" s="11"/>
+      <c r="AZ162" s="11"/>
+      <c r="BA162" s="11"/>
+      <c r="BB162" s="11"/>
+      <c r="BC162" s="11"/>
+      <c r="BD162" s="11"/>
+      <c r="BE162" s="11"/>
+      <c r="BF162" s="11"/>
+      <c r="BG162" s="11"/>
+      <c r="BH162" s="11"/>
+      <c r="BI162" s="11"/>
+      <c r="BJ162" s="11"/>
+      <c r="BK162" s="11"/>
+      <c r="BL162" s="11"/>
+      <c r="BM162" s="11"/>
+      <c r="BN162" s="11"/>
+      <c r="BO162" s="11"/>
+      <c r="BP162" s="11"/>
+      <c r="BQ162" s="11"/>
+      <c r="BR162" s="11"/>
+      <c r="BS162" s="11"/>
+      <c r="BT162" s="11"/>
+      <c r="BU162" s="11"/>
+      <c r="BV162" s="11"/>
+      <c r="BW162" s="11"/>
+      <c r="BX162" s="11"/>
+      <c r="BY162" s="11"/>
+      <c r="BZ162" s="11"/>
+      <c r="CA162" s="11"/>
+      <c r="CB162" s="11"/>
+      <c r="CC162" s="11"/>
+      <c r="CD162" s="11"/>
+    </row>
+    <row r="163" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="16">
+        <v>155</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C163" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D163" s="20">
+        <v>1</v>
+      </c>
+      <c r="E163" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F163" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G163" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H163" s="10"/>
+      <c r="I163" s="10"/>
+      <c r="J163" s="10"/>
+      <c r="K163" s="12">
+        <v>40</v>
+      </c>
+      <c r="L163" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="M163" s="11"/>
+      <c r="N163" s="11"/>
+      <c r="O163" s="11"/>
+      <c r="P163" s="11"/>
+      <c r="Q163" s="11"/>
+      <c r="R163" s="11"/>
+      <c r="S163" s="11"/>
+      <c r="T163" s="11"/>
+      <c r="U163" s="11"/>
+      <c r="V163" s="11"/>
+      <c r="W163" s="11"/>
+      <c r="X163" s="11"/>
+      <c r="Y163" s="11"/>
+      <c r="Z163" s="11"/>
+      <c r="AA163" s="11"/>
+      <c r="AB163" s="11"/>
+      <c r="AC163" s="11"/>
+      <c r="AD163" s="11"/>
+      <c r="AE163" s="11"/>
+      <c r="AF163" s="11"/>
+      <c r="AG163" s="11"/>
+      <c r="AH163" s="11"/>
+      <c r="AI163" s="11"/>
+      <c r="AJ163" s="11"/>
+      <c r="AK163" s="11"/>
+      <c r="AL163" s="11"/>
+      <c r="AM163" s="11"/>
+      <c r="AN163" s="11"/>
+      <c r="AO163" s="11"/>
+      <c r="AP163" s="11"/>
+      <c r="AQ163" s="11"/>
+      <c r="AR163" s="11"/>
+      <c r="AS163" s="11"/>
+      <c r="AT163" s="11"/>
+      <c r="AU163" s="11"/>
+      <c r="AV163" s="11"/>
+      <c r="AW163" s="11"/>
+      <c r="AX163" s="11"/>
+      <c r="AY163" s="11"/>
+      <c r="AZ163" s="11"/>
+      <c r="BA163" s="11"/>
+      <c r="BB163" s="11"/>
+      <c r="BC163" s="11"/>
+      <c r="BD163" s="11"/>
+      <c r="BE163" s="11"/>
+      <c r="BF163" s="11"/>
+      <c r="BG163" s="11"/>
+      <c r="BH163" s="11"/>
+      <c r="BI163" s="11"/>
+      <c r="BJ163" s="11"/>
+      <c r="BK163" s="11"/>
+      <c r="BL163" s="11"/>
+      <c r="BM163" s="11"/>
+      <c r="BN163" s="11"/>
+      <c r="BO163" s="11"/>
+      <c r="BP163" s="11"/>
+      <c r="BQ163" s="11"/>
+      <c r="BR163" s="11"/>
+      <c r="BS163" s="11"/>
+      <c r="BT163" s="11"/>
+      <c r="BU163" s="11"/>
+      <c r="BV163" s="11"/>
+      <c r="BW163" s="11"/>
+      <c r="BX163" s="11"/>
+      <c r="BY163" s="11"/>
+      <c r="BZ163" s="11"/>
+      <c r="CA163" s="11"/>
+      <c r="CB163" s="11"/>
+      <c r="CC163" s="11"/>
+      <c r="CD163" s="11"/>
+    </row>
+    <row r="164" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="16">
+        <v>156</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C164" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D164" s="20">
+        <v>2</v>
+      </c>
+      <c r="E164" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="F164" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G164" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H164" s="12">
+        <v>164</v>
+      </c>
+      <c r="I164" s="10">
+        <v>228.92</v>
+      </c>
+      <c r="J164" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K164" s="12">
+        <v>110</v>
+      </c>
+      <c r="L164" s="13">
+        <v>5.28</v>
+      </c>
+      <c r="M164" s="11"/>
+      <c r="N164" s="11"/>
+      <c r="O164" s="11"/>
+      <c r="P164" s="11"/>
+      <c r="Q164" s="11"/>
+      <c r="R164" s="11"/>
+      <c r="S164" s="11"/>
+      <c r="T164" s="11"/>
+      <c r="U164" s="11"/>
+      <c r="V164" s="11"/>
+      <c r="W164" s="11"/>
+      <c r="X164" s="11"/>
+      <c r="Y164" s="11"/>
+      <c r="Z164" s="11"/>
+      <c r="AA164" s="11"/>
+      <c r="AB164" s="11"/>
+      <c r="AC164" s="11"/>
+      <c r="AD164" s="11"/>
+      <c r="AE164" s="11"/>
+      <c r="AF164" s="11"/>
+      <c r="AG164" s="11"/>
+      <c r="AH164" s="11"/>
+      <c r="AI164" s="11"/>
+      <c r="AJ164" s="11"/>
+      <c r="AK164" s="11"/>
+      <c r="AL164" s="11"/>
+      <c r="AM164" s="11"/>
+      <c r="AN164" s="11"/>
+      <c r="AO164" s="11"/>
+      <c r="AP164" s="11"/>
+      <c r="AQ164" s="11"/>
+      <c r="AR164" s="11"/>
+      <c r="AS164" s="11"/>
+      <c r="AT164" s="11"/>
+      <c r="AU164" s="11"/>
+      <c r="AV164" s="11"/>
+      <c r="AW164" s="11"/>
+      <c r="AX164" s="11"/>
+      <c r="AY164" s="11"/>
+      <c r="AZ164" s="11"/>
+      <c r="BA164" s="11"/>
+      <c r="BB164" s="11"/>
+      <c r="BC164" s="11"/>
+      <c r="BD164" s="11"/>
+      <c r="BE164" s="11"/>
+      <c r="BF164" s="11"/>
+      <c r="BG164" s="11"/>
+      <c r="BH164" s="11"/>
+      <c r="BI164" s="11"/>
+      <c r="BJ164" s="11"/>
+      <c r="BK164" s="11"/>
+      <c r="BL164" s="11"/>
+      <c r="BM164" s="11"/>
+      <c r="BN164" s="11"/>
+      <c r="BO164" s="11"/>
+      <c r="BP164" s="11"/>
+      <c r="BQ164" s="11"/>
+      <c r="BR164" s="11"/>
+      <c r="BS164" s="11"/>
+      <c r="BT164" s="11"/>
+      <c r="BU164" s="11"/>
+      <c r="BV164" s="11"/>
+      <c r="BW164" s="11"/>
+      <c r="BX164" s="11"/>
+      <c r="BY164" s="11"/>
+      <c r="BZ164" s="11"/>
+      <c r="CA164" s="11"/>
+      <c r="CB164" s="11"/>
+      <c r="CC164" s="11"/>
+      <c r="CD164" s="11"/>
+    </row>
+    <row r="165" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="16">
+        <v>157</v>
+      </c>
+      <c r="B165" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C165" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D165" s="20">
+        <v>2</v>
+      </c>
+      <c r="E165" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="F165" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G165" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H165" s="12">
+        <v>168</v>
+      </c>
+      <c r="I165" s="10"/>
+      <c r="J165" s="10"/>
+      <c r="K165" s="12">
+        <v>120</v>
+      </c>
+      <c r="L165" s="13">
+        <v>35.619999999999997</v>
+      </c>
+      <c r="M165" s="11"/>
+      <c r="N165" s="11"/>
+      <c r="O165" s="11"/>
+      <c r="P165" s="11"/>
+      <c r="Q165" s="11"/>
+      <c r="R165" s="11"/>
+      <c r="S165" s="11"/>
+      <c r="T165" s="11"/>
+      <c r="U165" s="11"/>
+      <c r="V165" s="11"/>
+      <c r="W165" s="11"/>
+      <c r="X165" s="11"/>
+      <c r="Y165" s="11"/>
+      <c r="Z165" s="11"/>
+      <c r="AA165" s="11"/>
+      <c r="AB165" s="11"/>
+      <c r="AC165" s="11"/>
+      <c r="AD165" s="11"/>
+      <c r="AE165" s="11"/>
+      <c r="AF165" s="11"/>
+      <c r="AG165" s="11"/>
+      <c r="AH165" s="11"/>
+      <c r="AI165" s="11"/>
+      <c r="AJ165" s="11"/>
+      <c r="AK165" s="11"/>
+      <c r="AL165" s="11"/>
+      <c r="AM165" s="11"/>
+      <c r="AN165" s="11"/>
+      <c r="AO165" s="11"/>
+      <c r="AP165" s="11"/>
+      <c r="AQ165" s="11"/>
+      <c r="AR165" s="11"/>
+      <c r="AS165" s="11"/>
+      <c r="AT165" s="11"/>
+      <c r="AU165" s="11"/>
+      <c r="AV165" s="11"/>
+      <c r="AW165" s="11"/>
+      <c r="AX165" s="11"/>
+      <c r="AY165" s="11"/>
+      <c r="AZ165" s="11"/>
+      <c r="BA165" s="11"/>
+      <c r="BB165" s="11"/>
+      <c r="BC165" s="11"/>
+      <c r="BD165" s="11"/>
+      <c r="BE165" s="11"/>
+      <c r="BF165" s="11"/>
+      <c r="BG165" s="11"/>
+      <c r="BH165" s="11"/>
+      <c r="BI165" s="11"/>
+      <c r="BJ165" s="11"/>
+      <c r="BK165" s="11"/>
+      <c r="BL165" s="11"/>
+      <c r="BM165" s="11"/>
+      <c r="BN165" s="11"/>
+      <c r="BO165" s="11"/>
+      <c r="BP165" s="11"/>
+      <c r="BQ165" s="11"/>
+      <c r="BR165" s="11"/>
+      <c r="BS165" s="11"/>
+      <c r="BT165" s="11"/>
+      <c r="BU165" s="11"/>
+      <c r="BV165" s="11"/>
+      <c r="BW165" s="11"/>
+      <c r="BX165" s="11"/>
+      <c r="BY165" s="11"/>
+      <c r="BZ165" s="11"/>
+      <c r="CA165" s="11"/>
+      <c r="CB165" s="11"/>
+      <c r="CC165" s="11"/>
+      <c r="CD165" s="11"/>
+    </row>
+    <row r="166" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="16">
+        <v>158</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C166" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D166" s="20">
+        <v>2</v>
+      </c>
+      <c r="E166" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="F166" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G166" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H166" s="10"/>
+      <c r="I166" s="10"/>
+      <c r="J166" s="10"/>
+      <c r="K166" s="12">
+        <v>60</v>
+      </c>
+      <c r="L166" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="167" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="16">
+        <v>159</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C167" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D167" s="20">
+        <v>2</v>
+      </c>
+      <c r="E167" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="F167" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G167" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H167" s="10"/>
+      <c r="I167" s="10"/>
+      <c r="J167" s="10"/>
+      <c r="K167" s="12">
+        <v>60</v>
+      </c>
+      <c r="L167" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="168" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A168" s="16">
+        <v>160</v>
+      </c>
+      <c r="B168" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C168" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D168" s="20">
+        <v>2</v>
+      </c>
+      <c r="E168" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="F168" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G168" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H168" s="10"/>
+      <c r="I168" s="10"/>
+      <c r="J168" s="10"/>
+      <c r="K168" s="12">
+        <v>60</v>
+      </c>
+      <c r="L168" s="13">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="169" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A169" s="16">
+        <v>161</v>
+      </c>
+      <c r="B169" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C169" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D169" s="20">
+        <v>2</v>
+      </c>
+      <c r="E169" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="F169" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G169" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H169" s="12">
+        <v>164</v>
+      </c>
+      <c r="I169" s="12">
+        <v>337</v>
+      </c>
+      <c r="J169" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K169" s="12">
+        <v>110</v>
+      </c>
+      <c r="L169" s="13">
+        <v>5.28</v>
+      </c>
+    </row>
+    <row r="170" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A170" s="16">
+        <v>162</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C170" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D170" s="20">
+        <v>3</v>
+      </c>
+      <c r="E170" s="21" t="s">
+        <v>123</v>
+      </c>
+      <c r="F170" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G170" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H170" s="10"/>
+      <c r="I170" s="10"/>
+      <c r="J170" s="10"/>
+      <c r="K170" s="12">
+        <v>138</v>
+      </c>
+      <c r="L170" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A171" s="16">
+        <v>163</v>
+      </c>
+      <c r="B171" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="C171" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D171" s="20">
+        <v>2</v>
+      </c>
+      <c r="E171" s="21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F171" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G171" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H171" s="10"/>
+      <c r="I171" s="10"/>
+      <c r="J171" s="10"/>
+      <c r="K171" s="12">
+        <v>80</v>
+      </c>
+      <c r="L171" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="172" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="16">
+        <v>164</v>
+      </c>
+      <c r="B172" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="C172" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D172" s="20">
+        <v>2</v>
+      </c>
+      <c r="E172" s="21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F172" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G172" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H172" s="10"/>
+      <c r="I172" s="10"/>
+      <c r="J172" s="10"/>
+      <c r="K172" s="12">
+        <v>80</v>
+      </c>
+      <c r="L172" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="173" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="29">
+        <v>165</v>
+      </c>
+      <c r="B173" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="C173" s="35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D173" s="37">
+        <v>2</v>
+      </c>
+      <c r="E173" s="35" t="s">
+        <v>60</v>
+      </c>
+      <c r="F173" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G173" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H173" s="12">
+        <v>122</v>
+      </c>
+      <c r="I173" s="10">
+        <v>347.82</v>
+      </c>
+      <c r="J173" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K173" s="12"/>
+      <c r="L173" s="13"/>
+    </row>
+    <row r="174" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="30"/>
+      <c r="B174" s="40"/>
+      <c r="C174" s="36"/>
+      <c r="D174" s="38"/>
+      <c r="E174" s="36"/>
+      <c r="F174" s="34"/>
+      <c r="G174" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H174" s="12"/>
+      <c r="I174" s="10"/>
+      <c r="J174" s="10"/>
+      <c r="K174" s="12">
+        <v>120</v>
+      </c>
+      <c r="L174" s="13">
+        <v>14.44</v>
+      </c>
+    </row>
+    <row r="175" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A175" s="29">
+        <v>166</v>
+      </c>
+      <c r="B175" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="C175" s="35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D175" s="37">
+        <v>2</v>
+      </c>
+      <c r="E175" s="35" t="s">
+        <v>60</v>
+      </c>
+      <c r="F175" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G175" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H175" s="12">
+        <v>122</v>
+      </c>
+      <c r="I175" s="12">
+        <v>456.85</v>
+      </c>
+      <c r="J175" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K175" s="12"/>
+      <c r="L175" s="13"/>
+    </row>
+    <row r="176" spans="1:82" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A176" s="30"/>
+      <c r="B176" s="40"/>
+      <c r="C176" s="36"/>
+      <c r="D176" s="38"/>
+      <c r="E176" s="36"/>
+      <c r="F176" s="34"/>
+      <c r="G176" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H176" s="12"/>
+      <c r="I176" s="12"/>
+      <c r="J176" s="10"/>
+      <c r="K176" s="12">
+        <v>120</v>
+      </c>
+      <c r="L176" s="13">
+        <v>14.64</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="16">
+        <v>167</v>
+      </c>
+      <c r="B177" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="C177" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D177" s="20">
+        <v>6</v>
+      </c>
+      <c r="E177" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="F177" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G177" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H177" s="10"/>
+      <c r="I177" s="10"/>
+      <c r="J177" s="10"/>
+      <c r="K177" s="12">
+        <v>161</v>
+      </c>
+      <c r="L177" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A178" s="16">
+        <v>168</v>
+      </c>
+      <c r="B178" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C178" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D178" s="20">
+        <v>7</v>
+      </c>
+      <c r="E178" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="F178" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G178" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H178" s="10"/>
+      <c r="I178" s="10">
+        <v>1076.03</v>
+      </c>
+      <c r="J178" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K178" s="12">
+        <v>350</v>
+      </c>
+      <c r="L178" s="13">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A179" s="16">
+        <v>169</v>
+      </c>
+      <c r="B179" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C179" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D179" s="20">
+        <v>7</v>
+      </c>
+      <c r="E179" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="F179" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G179" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H179" s="10"/>
+      <c r="I179" s="10"/>
+      <c r="J179" s="10"/>
+      <c r="K179" s="12">
+        <v>122.5</v>
+      </c>
+      <c r="L179" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A180" s="16">
+        <v>170</v>
+      </c>
+      <c r="B180" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C180" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D180" s="20">
         <v>13</v>
       </c>
-      <c r="C5" s="7" t="s">
-[...257 lines deleted...]
-      <c r="E8" s="9" t="s">
+      <c r="E180" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="F180" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F8" s="25" t="s">
-[...519 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="G180" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="C22" s="7" t="s">
-[...9766 lines deleted...]
-      </c>
+      <c r="H180" s="10"/>
       <c r="I180" s="10"/>
       <c r="J180" s="10"/>
-      <c r="K180" s="10">
-[...16 lines deleted...]
-      <c r="D181" s="18">
+      <c r="K180" s="12">
+        <v>212</v>
+      </c>
+      <c r="L180" s="13">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A181" s="16">
+        <v>171</v>
+      </c>
+      <c r="B181" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C181" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D181" s="20">
         <v>2</v>
       </c>
-      <c r="E181" s="17" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E181" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F181" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="G181" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H181" s="10"/>
       <c r="I181" s="10"/>
       <c r="J181" s="10"/>
-      <c r="K181" s="10">
-[...26 lines deleted...]
-        <v>30</v>
+      <c r="K181" s="12">
+        <v>120</v>
+      </c>
+      <c r="L181" s="13">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A182" s="16">
+        <v>172</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C182" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D182" s="20">
+        <v>3</v>
+      </c>
+      <c r="E182" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="F182" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G182" s="10" t="s">
+        <v>38</v>
       </c>
       <c r="H182" s="10">
-        <v>66</v>
+        <v>258.07</v>
       </c>
       <c r="I182" s="10"/>
       <c r="J182" s="10"/>
-      <c r="K182" s="10">
-[...30 lines deleted...]
-      </c>
+      <c r="K182" s="12">
+        <v>80.5</v>
+      </c>
+      <c r="L182" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="16">
+        <v>173</v>
+      </c>
+      <c r="B183" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C183" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D183" s="20">
+        <v>3</v>
+      </c>
+      <c r="E183" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="F183" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G183" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H183" s="10"/>
       <c r="I183" s="10"/>
       <c r="J183" s="10"/>
-      <c r="K183" s="10">
-[...30 lines deleted...]
-      </c>
+      <c r="K183" s="12">
+        <v>80.5</v>
+      </c>
+      <c r="L183" s="13">
+        <v>16.54</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="16">
+        <v>174</v>
+      </c>
+      <c r="B184" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C184" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D184" s="20">
+        <v>3</v>
+      </c>
+      <c r="E184" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="F184" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G184" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H184" s="10"/>
       <c r="I184" s="10"/>
       <c r="J184" s="10"/>
-      <c r="K184" s="10">
+      <c r="K184" s="12">
+        <v>180</v>
+      </c>
+      <c r="L184" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A185" s="16">
+        <v>175</v>
+      </c>
+      <c r="B185" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C185" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D185" s="20">
+        <v>3</v>
+      </c>
+      <c r="E185" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="F185" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G185" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H185" s="10"/>
+      <c r="I185" s="10"/>
+      <c r="J185" s="10"/>
+      <c r="K185" s="12">
+        <v>180</v>
+      </c>
+      <c r="L185" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A186" s="29">
+        <v>176</v>
+      </c>
+      <c r="B186" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="C186" s="35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D186" s="37">
+        <v>3</v>
+      </c>
+      <c r="E186" s="35" t="s">
+        <v>128</v>
+      </c>
+      <c r="F186" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="G186" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H186" s="10"/>
+      <c r="I186" s="12">
+        <v>350</v>
+      </c>
+      <c r="J186" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K186" s="12"/>
+      <c r="L186" s="13"/>
+    </row>
+    <row r="187" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A187" s="30"/>
+      <c r="B187" s="40"/>
+      <c r="C187" s="36"/>
+      <c r="D187" s="38"/>
+      <c r="E187" s="36"/>
+      <c r="F187" s="34"/>
+      <c r="G187" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H187" s="10"/>
+      <c r="I187" s="10">
+        <v>81.78</v>
+      </c>
+      <c r="J187" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K187" s="12">
+        <v>126.5</v>
+      </c>
+      <c r="L187" s="13">
+        <v>3.45</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A188" s="16">
+        <v>177</v>
+      </c>
+      <c r="B188" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C188" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D188" s="20">
+        <v>3</v>
+      </c>
+      <c r="E188" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="F188" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G188" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H188" s="12">
+        <v>340</v>
+      </c>
+      <c r="I188" s="10">
+        <v>568.32000000000005</v>
+      </c>
+      <c r="J188" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K188" s="12">
+        <v>135</v>
+      </c>
+      <c r="L188" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A189" s="16">
+        <v>178</v>
+      </c>
+      <c r="B189" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C189" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D189" s="20">
+        <v>3</v>
+      </c>
+      <c r="E189" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F189" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G189" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H189" s="10"/>
+      <c r="I189" s="10"/>
+      <c r="J189" s="10"/>
+      <c r="K189" s="12">
+        <v>150</v>
+      </c>
+      <c r="L189" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A190" s="16">
+        <v>179</v>
+      </c>
+      <c r="B190" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C190" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D190" s="20">
+        <v>3</v>
+      </c>
+      <c r="E190" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F190" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G190" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H190" s="10"/>
+      <c r="I190" s="10"/>
+      <c r="J190" s="10"/>
+      <c r="K190" s="12">
+        <v>180</v>
+      </c>
+      <c r="L190" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A191" s="16">
+        <v>180</v>
+      </c>
+      <c r="B191" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C191" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D191" s="20">
+        <v>3</v>
+      </c>
+      <c r="E191" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F191" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G191" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H191" s="10">
+        <v>297.52</v>
+      </c>
+      <c r="I191" s="10"/>
+      <c r="J191" s="10"/>
+      <c r="K191" s="12">
+        <v>69</v>
+      </c>
+      <c r="L191" s="13">
+        <v>34.31</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A192" s="16">
+        <v>181</v>
+      </c>
+      <c r="B192" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="C192" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D192" s="20">
+        <v>3</v>
+      </c>
+      <c r="E192" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F192" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G192" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H192" s="10">
+        <v>297.52</v>
+      </c>
+      <c r="I192" s="10"/>
+      <c r="J192" s="10"/>
+      <c r="K192" s="12">
+        <v>69</v>
+      </c>
+      <c r="L192" s="13">
+        <v>34.31</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A193" s="16">
+        <v>182</v>
+      </c>
+      <c r="B193" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="C193" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D193" s="20">
+        <v>4</v>
+      </c>
+      <c r="E193" s="21" t="s">
         <v>60</v>
       </c>
-      <c r="L184" s="11">
-[...13 lines deleted...]
-      <c r="D185" s="18">
+      <c r="F193" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H193" s="10"/>
+      <c r="I193" s="10"/>
+      <c r="J193" s="10"/>
+      <c r="K193" s="12">
+        <v>240</v>
+      </c>
+      <c r="L193" s="13">
+        <v>40.4</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="16">
+        <v>183</v>
+      </c>
+      <c r="B194" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C194" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D194" s="20">
+        <v>1</v>
+      </c>
+      <c r="E194" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="F194" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G194" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H194" s="10"/>
+      <c r="I194" s="10"/>
+      <c r="J194" s="10"/>
+      <c r="K194" s="12">
+        <v>30</v>
+      </c>
+      <c r="L194" s="13">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="16">
+        <v>184</v>
+      </c>
+      <c r="B195" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C195" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D195" s="20">
+        <v>1</v>
+      </c>
+      <c r="E195" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="F195" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G195" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H195" s="10"/>
+      <c r="I195" s="10"/>
+      <c r="J195" s="10"/>
+      <c r="K195" s="12">
+        <v>30</v>
+      </c>
+      <c r="L195" s="13">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="16">
+        <v>185</v>
+      </c>
+      <c r="B196" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C196" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D196" s="20">
+        <v>2</v>
+      </c>
+      <c r="E196" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F196" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G196" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H196" s="10"/>
+      <c r="I196" s="10"/>
+      <c r="J196" s="10"/>
+      <c r="K196" s="12">
+        <v>80</v>
+      </c>
+      <c r="L196" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="16">
+        <v>186</v>
+      </c>
+      <c r="B197" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C197" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D197" s="20">
+        <v>2</v>
+      </c>
+      <c r="E197" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F197" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G197" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H197" s="10"/>
+      <c r="I197" s="10"/>
+      <c r="J197" s="10"/>
+      <c r="K197" s="12">
+        <v>80</v>
+      </c>
+      <c r="L197" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="16">
+        <v>187</v>
+      </c>
+      <c r="B198" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C198" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D198" s="20">
+        <v>7</v>
+      </c>
+      <c r="E198" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="F198" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G198" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H198" s="12">
+        <v>972</v>
+      </c>
+      <c r="I198" s="10">
+        <v>298.39</v>
+      </c>
+      <c r="J198" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K198" s="12">
+        <v>280</v>
+      </c>
+      <c r="L198" s="13">
+        <v>17.55</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="16">
+        <v>188</v>
+      </c>
+      <c r="B199" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C199" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D199" s="20">
+        <v>7</v>
+      </c>
+      <c r="E199" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="F199" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G199" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H199" s="12">
+        <v>972</v>
+      </c>
+      <c r="I199" s="10">
+        <v>298.39</v>
+      </c>
+      <c r="J199" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K199" s="12">
+        <v>280</v>
+      </c>
+      <c r="L199" s="13">
+        <v>17.55</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="16">
+        <v>189</v>
+      </c>
+      <c r="B200" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C200" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D200" s="20">
+        <v>7</v>
+      </c>
+      <c r="E200" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="F200" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G200" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H200" s="12">
+        <v>972</v>
+      </c>
+      <c r="I200" s="10">
+        <v>292.89</v>
+      </c>
+      <c r="J200" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K200" s="12">
+        <v>280</v>
+      </c>
+      <c r="L200" s="13">
+        <v>17.55</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="16">
+        <v>190</v>
+      </c>
+      <c r="B201" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="C201" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D201" s="20">
+        <v>7</v>
+      </c>
+      <c r="E201" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="F201" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G201" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H201" s="12">
+        <v>972</v>
+      </c>
+      <c r="I201" s="10">
+        <v>298.39</v>
+      </c>
+      <c r="J201" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K201" s="12">
+        <v>280</v>
+      </c>
+      <c r="L201" s="13">
+        <v>17.55</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A202" s="16">
+        <v>191</v>
+      </c>
+      <c r="B202" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C202" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D202" s="20">
+        <v>7</v>
+      </c>
+      <c r="E202" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="F202" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G202" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H202" s="12">
+        <v>972</v>
+      </c>
+      <c r="I202" s="10">
+        <v>400.28</v>
+      </c>
+      <c r="J202" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K202" s="12">
+        <v>280</v>
+      </c>
+      <c r="L202" s="13">
+        <v>17.55</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A203" s="16">
+        <v>192</v>
+      </c>
+      <c r="B203" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C203" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D203" s="20">
         <v>3</v>
       </c>
-      <c r="E185" s="17" t="s">
+      <c r="E203" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F203" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G203" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H203" s="10"/>
+      <c r="I203" s="10"/>
+      <c r="J203" s="10"/>
+      <c r="K203" s="12">
+        <v>90</v>
+      </c>
+      <c r="L203" s="13">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="16">
+        <v>193</v>
+      </c>
+      <c r="B204" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="C204" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D204" s="20">
+        <v>5</v>
+      </c>
+      <c r="E204" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="F204" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G204" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H204" s="10"/>
+      <c r="I204" s="10"/>
+      <c r="J204" s="10"/>
+      <c r="K204" s="12">
+        <v>258</v>
+      </c>
+      <c r="L204" s="13">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="16">
+        <v>194</v>
+      </c>
+      <c r="B205" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C205" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D205" s="20">
+        <v>5</v>
+      </c>
+      <c r="E205" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="F205" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G205" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H205" s="10"/>
+      <c r="I205" s="10"/>
+      <c r="J205" s="10"/>
+      <c r="K205" s="12">
+        <v>150.5</v>
+      </c>
+      <c r="L205" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="16">
+        <v>195</v>
+      </c>
+      <c r="B206" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C206" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D206" s="20">
+        <v>3</v>
+      </c>
+      <c r="E206" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F206" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G206" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H206" s="10"/>
+      <c r="I206" s="10"/>
+      <c r="J206" s="10"/>
+      <c r="K206" s="12">
+        <v>180</v>
+      </c>
+      <c r="L206" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="16">
+        <v>196</v>
+      </c>
+      <c r="B207" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C207" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D207" s="20">
+        <v>3</v>
+      </c>
+      <c r="E207" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F207" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G207" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H207" s="10"/>
+      <c r="I207" s="10"/>
+      <c r="J207" s="10"/>
+      <c r="K207" s="12">
+        <v>180</v>
+      </c>
+      <c r="L207" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="16">
+        <v>197</v>
+      </c>
+      <c r="B208" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C208" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D208" s="20">
+        <v>3</v>
+      </c>
+      <c r="E208" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F208" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G208" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H208" s="10"/>
+      <c r="I208" s="10"/>
+      <c r="J208" s="10"/>
+      <c r="K208" s="12">
+        <v>180</v>
+      </c>
+      <c r="L208" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="16">
+        <v>198</v>
+      </c>
+      <c r="B209" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C209" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D209" s="20">
+        <v>3</v>
+      </c>
+      <c r="E209" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F209" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G209" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H209" s="10"/>
+      <c r="I209" s="10"/>
+      <c r="J209" s="10"/>
+      <c r="K209" s="12">
+        <v>180</v>
+      </c>
+      <c r="L209" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="16">
+        <v>199</v>
+      </c>
+      <c r="B210" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C210" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D210" s="20">
+        <v>3</v>
+      </c>
+      <c r="E210" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F210" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G210" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H210" s="10"/>
+      <c r="I210" s="10"/>
+      <c r="J210" s="10"/>
+      <c r="K210" s="12">
+        <v>180</v>
+      </c>
+      <c r="L210" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="16">
+        <v>200</v>
+      </c>
+      <c r="B211" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C211" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D211" s="20">
+        <v>3</v>
+      </c>
+      <c r="E211" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F211" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G211" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H211" s="10"/>
+      <c r="I211" s="10"/>
+      <c r="J211" s="10"/>
+      <c r="K211" s="12">
+        <v>180</v>
+      </c>
+      <c r="L211" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="16">
+        <v>201</v>
+      </c>
+      <c r="B212" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C212" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D212" s="20">
+        <v>3</v>
+      </c>
+      <c r="E212" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F212" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G212" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H212" s="10"/>
+      <c r="I212" s="10"/>
+      <c r="J212" s="10"/>
+      <c r="K212" s="12">
+        <v>180</v>
+      </c>
+      <c r="L212" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="16">
+        <v>202</v>
+      </c>
+      <c r="B213" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C213" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D213" s="20">
+        <v>3</v>
+      </c>
+      <c r="E213" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F213" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G213" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H213" s="10"/>
+      <c r="I213" s="10"/>
+      <c r="J213" s="10"/>
+      <c r="K213" s="12">
+        <v>180</v>
+      </c>
+      <c r="L213" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="16">
+        <v>203</v>
+      </c>
+      <c r="B214" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C214" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D214" s="20">
+        <v>3</v>
+      </c>
+      <c r="E214" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F214" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G214" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H214" s="10"/>
+      <c r="I214" s="10"/>
+      <c r="J214" s="10"/>
+      <c r="K214" s="12">
+        <v>90</v>
+      </c>
+      <c r="L214" s="13">
+        <v>1.99</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="16">
+        <v>204</v>
+      </c>
+      <c r="B215" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C215" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D215" s="20">
+        <v>3</v>
+      </c>
+      <c r="E215" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F215" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G215" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H215" s="10"/>
+      <c r="I215" s="10"/>
+      <c r="J215" s="10"/>
+      <c r="K215" s="12">
+        <v>90</v>
+      </c>
+      <c r="L215" s="13">
+        <v>5.99</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="16">
+        <v>205</v>
+      </c>
+      <c r="B216" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C216" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D216" s="20">
+        <v>3</v>
+      </c>
+      <c r="E216" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F216" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G216" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H216" s="10"/>
+      <c r="I216" s="10"/>
+      <c r="J216" s="10"/>
+      <c r="K216" s="12">
+        <v>90</v>
+      </c>
+      <c r="L216" s="13">
         <v>36</v>
       </c>
-      <c r="F185" s="25" t="s">
-[...10 lines deleted...]
-      <c r="K185" s="10">
+    </row>
+    <row r="217" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="16">
+        <v>206</v>
+      </c>
+      <c r="B217" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C217" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D217" s="20">
+        <v>3</v>
+      </c>
+      <c r="E217" s="21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F217" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G217" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H217" s="10"/>
+      <c r="I217" s="10"/>
+      <c r="J217" s="10"/>
+      <c r="K217" s="12">
+        <v>90</v>
+      </c>
+      <c r="L217" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="16">
+        <v>207</v>
+      </c>
+      <c r="B218" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C218" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D218" s="20">
+        <v>3</v>
+      </c>
+      <c r="E218" s="21" t="s">
+        <v>135</v>
+      </c>
+      <c r="F218" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G218" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H218" s="10"/>
+      <c r="I218" s="10"/>
+      <c r="J218" s="10"/>
+      <c r="K218" s="12">
+        <v>0</v>
+      </c>
+      <c r="L218" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A219" s="16">
+        <v>208</v>
+      </c>
+      <c r="B219" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C219" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D219" s="20">
+        <v>2</v>
+      </c>
+      <c r="E219" s="21" t="s">
+        <v>136</v>
+      </c>
+      <c r="F219" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G219" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H219" s="10"/>
+      <c r="I219" s="10"/>
+      <c r="J219" s="10"/>
+      <c r="K219" s="12">
+        <v>80</v>
+      </c>
+      <c r="L219" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A220" s="16">
+        <v>209</v>
+      </c>
+      <c r="B220" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C220" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D220" s="20">
+        <v>2</v>
+      </c>
+      <c r="E220" s="21" t="s">
+        <v>136</v>
+      </c>
+      <c r="F220" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="G220" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H220" s="10"/>
+      <c r="I220" s="10"/>
+      <c r="J220" s="10"/>
+      <c r="K220" s="12">
+        <v>80</v>
+      </c>
+      <c r="L220" s="13">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A221" s="16">
+        <v>210</v>
+      </c>
+      <c r="B221" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C221" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D221" s="20">
+        <v>3</v>
+      </c>
+      <c r="E221" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F221" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G221" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H221" s="10"/>
+      <c r="I221" s="10"/>
+      <c r="J221" s="10"/>
+      <c r="K221" s="12">
         <v>180</v>
       </c>
-      <c r="L185" s="13">
-[...7 lines deleted...]
-      <c r="B186" s="16" t="s">
+      <c r="L221" s="13">
+        <v>26.8</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A222" s="16">
+        <v>211</v>
+      </c>
+      <c r="B222" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C222" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D222" s="20">
+        <v>3</v>
+      </c>
+      <c r="E222" s="21" t="s">
+        <v>137</v>
+      </c>
+      <c r="F222" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G222" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H222" s="10"/>
+      <c r="I222" s="10"/>
+      <c r="J222" s="10"/>
+      <c r="K222" s="12">
+        <v>105</v>
+      </c>
+      <c r="L222" s="13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A223" s="29">
+        <v>212</v>
+      </c>
+      <c r="B223" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="C223" s="35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D223" s="37">
+        <v>3</v>
+      </c>
+      <c r="E223" s="35" t="s">
+        <v>60</v>
+      </c>
+      <c r="F223" s="33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G223" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H223" s="12">
+        <v>345</v>
+      </c>
+      <c r="I223" s="10">
+        <v>297.33999999999997</v>
+      </c>
+      <c r="J223" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K223" s="12"/>
+      <c r="L223" s="13"/>
+    </row>
+    <row r="224" spans="1:12" ht="40.049999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A224" s="30"/>
+      <c r="B224" s="40"/>
+      <c r="C224" s="36"/>
+      <c r="D224" s="38"/>
+      <c r="E224" s="36"/>
+      <c r="F224" s="34"/>
+      <c r="G224" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H224" s="12"/>
+      <c r="I224" s="10"/>
+      <c r="J224" s="10"/>
+      <c r="K224" s="12">
+        <v>180</v>
+      </c>
+      <c r="L224" s="13">
+        <v>19.88</v>
+      </c>
+    </row>
+    <row r="225" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A225" s="16">
+        <v>213</v>
+      </c>
+      <c r="B225" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C225" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D225" s="17">
+        <v>4</v>
+      </c>
+      <c r="E225" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F225" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G225" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H225" s="12"/>
+      <c r="I225" s="12"/>
+      <c r="J225" s="10"/>
+      <c r="K225" s="12">
+        <v>240</v>
+      </c>
+      <c r="L225" s="13">
+        <v>25.79</v>
+      </c>
+    </row>
+    <row r="226" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A226" s="16">
+        <v>214</v>
+      </c>
+      <c r="B226" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C226" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D226" s="17">
+        <v>4</v>
+      </c>
+      <c r="E226" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F226" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G226" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H226" s="12"/>
+      <c r="I226" s="12"/>
+      <c r="J226" s="10"/>
+      <c r="K226" s="12">
+        <v>104</v>
+      </c>
+      <c r="L226" s="13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="227" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="16">
+        <v>215</v>
+      </c>
+      <c r="B227" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C227" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D227" s="17">
+        <v>4</v>
+      </c>
+      <c r="E227" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F227" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G227" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H227" s="12"/>
+      <c r="I227" s="12"/>
+      <c r="J227" s="10"/>
+      <c r="K227" s="12">
+        <v>104</v>
+      </c>
+      <c r="L227" s="13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="228" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A228" s="16">
+        <v>216</v>
+      </c>
+      <c r="B228" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="C228" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D228" s="17">
+        <v>4</v>
+      </c>
+      <c r="E228" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F228" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G228" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H228" s="12"/>
+      <c r="I228" s="12"/>
+      <c r="J228" s="10"/>
+      <c r="K228" s="12">
+        <v>104</v>
+      </c>
+      <c r="L228" s="13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="229" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A229" s="16">
+        <v>217</v>
+      </c>
+      <c r="B229" s="14" t="s">
+        <v>149</v>
+      </c>
+      <c r="C229" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D229" s="17">
+        <v>4</v>
+      </c>
+      <c r="E229" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F229" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G229" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H229" s="12"/>
+      <c r="I229" s="12"/>
+      <c r="J229" s="10"/>
+      <c r="K229" s="12">
+        <v>104</v>
+      </c>
+      <c r="L229" s="13">
+        <v>24.8</v>
+      </c>
+    </row>
+    <row r="230" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="16">
+        <v>218</v>
+      </c>
+      <c r="B230" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C230" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D230" s="17">
+        <v>3</v>
+      </c>
+      <c r="E230" s="19" t="s">
+        <v>139</v>
+      </c>
+      <c r="F230" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G230" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H230" s="12"/>
+      <c r="I230" s="12"/>
+      <c r="J230" s="10"/>
+      <c r="K230" s="12">
+        <v>115</v>
+      </c>
+      <c r="L230" s="13">
+        <v>29.77</v>
+      </c>
+    </row>
+    <row r="231" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="16">
+        <v>219</v>
+      </c>
+      <c r="B231" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C231" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D231" s="17">
+        <v>3</v>
+      </c>
+      <c r="E231" s="19" t="s">
+        <v>139</v>
+      </c>
+      <c r="F231" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G231" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H231" s="12"/>
+      <c r="I231" s="12"/>
+      <c r="J231" s="10"/>
+      <c r="K231" s="12">
+        <v>115</v>
+      </c>
+      <c r="L231" s="13">
+        <v>52.47</v>
+      </c>
+    </row>
+    <row r="232" spans="1:88" s="9" customFormat="1" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="16">
+        <v>220</v>
+      </c>
+      <c r="B232" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C232" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D232" s="17">
+        <v>3</v>
+      </c>
+      <c r="E232" s="19" t="s">
+        <v>139</v>
+      </c>
+      <c r="F232" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G232" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H232" s="12"/>
+      <c r="I232" s="12"/>
+      <c r="J232" s="10"/>
+      <c r="K232" s="12">
+        <v>0</v>
+      </c>
+      <c r="L232" s="13">
+        <v>0</v>
+      </c>
+      <c r="M232"/>
+      <c r="N232"/>
+      <c r="O232"/>
+      <c r="P232"/>
+      <c r="Q232"/>
+      <c r="R232"/>
+      <c r="S232"/>
+      <c r="T232"/>
+      <c r="U232"/>
+      <c r="V232"/>
+      <c r="W232"/>
+      <c r="X232"/>
+      <c r="Y232"/>
+      <c r="Z232"/>
+      <c r="AA232"/>
+      <c r="AB232"/>
+      <c r="AC232"/>
+      <c r="AD232"/>
+      <c r="AE232"/>
+      <c r="AF232"/>
+      <c r="AG232"/>
+      <c r="AH232"/>
+      <c r="AI232"/>
+      <c r="AJ232"/>
+      <c r="AK232"/>
+      <c r="AL232"/>
+      <c r="AM232"/>
+      <c r="AN232"/>
+      <c r="AO232"/>
+      <c r="AP232"/>
+      <c r="AQ232"/>
+      <c r="AR232"/>
+      <c r="AS232"/>
+      <c r="AT232"/>
+      <c r="AU232"/>
+      <c r="AV232"/>
+      <c r="AW232"/>
+      <c r="AX232"/>
+      <c r="AY232"/>
+      <c r="AZ232"/>
+      <c r="BA232"/>
+      <c r="BB232"/>
+      <c r="BC232"/>
+      <c r="BD232"/>
+      <c r="BE232"/>
+      <c r="BF232"/>
+      <c r="BG232"/>
+      <c r="BH232"/>
+      <c r="BI232"/>
+      <c r="BJ232"/>
+      <c r="BK232"/>
+      <c r="BL232"/>
+      <c r="BM232"/>
+      <c r="BN232"/>
+      <c r="BO232"/>
+      <c r="BP232"/>
+      <c r="BQ232"/>
+      <c r="BR232"/>
+      <c r="BS232"/>
+      <c r="BT232"/>
+      <c r="BU232"/>
+      <c r="BV232"/>
+      <c r="BW232"/>
+      <c r="BX232"/>
+      <c r="BY232"/>
+      <c r="BZ232"/>
+      <c r="CA232"/>
+      <c r="CB232"/>
+      <c r="CC232"/>
+      <c r="CD232"/>
+      <c r="CE232"/>
+      <c r="CF232"/>
+      <c r="CG232"/>
+      <c r="CH232"/>
+      <c r="CI232"/>
+      <c r="CJ232"/>
+    </row>
+    <row r="233" spans="1:88" s="9" customFormat="1" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A233" s="16">
+        <v>221</v>
+      </c>
+      <c r="B233" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C233" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D233" s="17">
+        <v>3</v>
+      </c>
+      <c r="E233" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F233" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G233" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H233" s="12"/>
+      <c r="I233" s="12"/>
+      <c r="J233" s="10"/>
+      <c r="K233" s="12">
+        <v>138</v>
+      </c>
+      <c r="L233" s="13">
+        <v>13.35</v>
+      </c>
+      <c r="M233"/>
+      <c r="N233"/>
+      <c r="O233"/>
+      <c r="P233"/>
+      <c r="Q233"/>
+      <c r="R233"/>
+      <c r="S233"/>
+      <c r="T233"/>
+      <c r="U233"/>
+      <c r="V233"/>
+      <c r="W233"/>
+      <c r="X233"/>
+      <c r="Y233"/>
+      <c r="Z233"/>
+      <c r="AA233"/>
+      <c r="AB233"/>
+      <c r="AC233"/>
+      <c r="AD233"/>
+      <c r="AE233"/>
+      <c r="AF233"/>
+      <c r="AG233"/>
+      <c r="AH233"/>
+      <c r="AI233"/>
+      <c r="AJ233"/>
+      <c r="AK233"/>
+      <c r="AL233"/>
+      <c r="AM233"/>
+      <c r="AN233"/>
+      <c r="AO233"/>
+      <c r="AP233"/>
+      <c r="AQ233"/>
+      <c r="AR233"/>
+      <c r="AS233"/>
+      <c r="AT233"/>
+      <c r="AU233"/>
+      <c r="AV233"/>
+      <c r="AW233"/>
+      <c r="AX233"/>
+      <c r="AY233"/>
+      <c r="AZ233"/>
+      <c r="BA233"/>
+      <c r="BB233"/>
+      <c r="BC233"/>
+      <c r="BD233"/>
+      <c r="BE233"/>
+      <c r="BF233"/>
+      <c r="BG233"/>
+      <c r="BH233"/>
+      <c r="BI233"/>
+      <c r="BJ233"/>
+      <c r="BK233"/>
+      <c r="BL233"/>
+      <c r="BM233"/>
+      <c r="BN233"/>
+      <c r="BO233"/>
+      <c r="BP233"/>
+      <c r="BQ233"/>
+      <c r="BR233"/>
+      <c r="BS233"/>
+      <c r="BT233"/>
+      <c r="BU233"/>
+      <c r="BV233"/>
+      <c r="BW233"/>
+      <c r="BX233"/>
+      <c r="BY233"/>
+      <c r="BZ233"/>
+      <c r="CA233"/>
+      <c r="CB233"/>
+      <c r="CC233"/>
+      <c r="CD233"/>
+      <c r="CE233"/>
+      <c r="CF233"/>
+      <c r="CG233"/>
+      <c r="CH233"/>
+      <c r="CI233"/>
+      <c r="CJ233"/>
+    </row>
+    <row r="234" spans="1:88" s="9" customFormat="1" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A234" s="16">
+        <v>222</v>
+      </c>
+      <c r="B234" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C234" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D234" s="17">
+        <v>3</v>
+      </c>
+      <c r="E234" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F234" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G234" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H234" s="12"/>
+      <c r="I234" s="12"/>
+      <c r="J234" s="10"/>
+      <c r="K234" s="12">
+        <v>138</v>
+      </c>
+      <c r="L234" s="13">
+        <v>13.35</v>
+      </c>
+      <c r="M234"/>
+      <c r="N234"/>
+      <c r="O234"/>
+      <c r="P234"/>
+      <c r="Q234"/>
+      <c r="R234"/>
+      <c r="S234"/>
+      <c r="T234"/>
+      <c r="U234"/>
+      <c r="V234"/>
+      <c r="W234"/>
+      <c r="X234"/>
+      <c r="Y234"/>
+      <c r="Z234"/>
+      <c r="AA234"/>
+      <c r="AB234"/>
+      <c r="AC234"/>
+      <c r="AD234"/>
+      <c r="AE234"/>
+      <c r="AF234"/>
+      <c r="AG234"/>
+      <c r="AH234"/>
+      <c r="AI234"/>
+      <c r="AJ234"/>
+      <c r="AK234"/>
+      <c r="AL234"/>
+      <c r="AM234"/>
+      <c r="AN234"/>
+      <c r="AO234"/>
+      <c r="AP234"/>
+      <c r="AQ234"/>
+      <c r="AR234"/>
+      <c r="AS234"/>
+      <c r="AT234"/>
+      <c r="AU234"/>
+      <c r="AV234"/>
+      <c r="AW234"/>
+      <c r="AX234"/>
+      <c r="AY234"/>
+      <c r="AZ234"/>
+      <c r="BA234"/>
+      <c r="BB234"/>
+      <c r="BC234"/>
+      <c r="BD234"/>
+      <c r="BE234"/>
+      <c r="BF234"/>
+      <c r="BG234"/>
+      <c r="BH234"/>
+      <c r="BI234"/>
+      <c r="BJ234"/>
+      <c r="BK234"/>
+      <c r="BL234"/>
+      <c r="BM234"/>
+      <c r="BN234"/>
+      <c r="BO234"/>
+      <c r="BP234"/>
+      <c r="BQ234"/>
+      <c r="BR234"/>
+      <c r="BS234"/>
+      <c r="BT234"/>
+      <c r="BU234"/>
+      <c r="BV234"/>
+      <c r="BW234"/>
+      <c r="BX234"/>
+      <c r="BY234"/>
+      <c r="BZ234"/>
+      <c r="CA234"/>
+      <c r="CB234"/>
+      <c r="CC234"/>
+      <c r="CD234"/>
+      <c r="CE234"/>
+      <c r="CF234"/>
+      <c r="CG234"/>
+      <c r="CH234"/>
+      <c r="CI234"/>
+      <c r="CJ234"/>
+    </row>
+    <row r="235" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A235" s="16">
+        <v>223</v>
+      </c>
+      <c r="B235" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="C235" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D235" s="17">
+        <v>2</v>
+      </c>
+      <c r="E235" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="F235" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G235" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H235" s="24">
+        <v>146</v>
+      </c>
+      <c r="I235" s="24"/>
+      <c r="J235" s="18"/>
+      <c r="K235" s="24">
+        <v>120</v>
+      </c>
+      <c r="L235" s="25">
+        <v>34.6</v>
+      </c>
+    </row>
+    <row r="236" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A236" s="16">
+        <v>224</v>
+      </c>
+      <c r="B236" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C236" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D236" s="17">
+        <v>5</v>
+      </c>
+      <c r="E236" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F236" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G236" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H236" s="12"/>
+      <c r="I236" s="12"/>
+      <c r="J236" s="10"/>
+      <c r="K236" s="12">
+        <v>300</v>
+      </c>
+      <c r="L236" s="13">
+        <v>114.84</v>
+      </c>
+      <c r="M236" s="11"/>
+      <c r="N236" s="11"/>
+      <c r="O236" s="11"/>
+      <c r="P236" s="11"/>
+      <c r="Q236" s="11"/>
+      <c r="R236" s="11"/>
+      <c r="S236" s="11"/>
+      <c r="T236" s="11"/>
+      <c r="U236" s="11"/>
+      <c r="V236" s="11"/>
+      <c r="W236" s="11"/>
+      <c r="X236" s="11"/>
+      <c r="Y236" s="11"/>
+      <c r="Z236" s="11"/>
+      <c r="AA236" s="11"/>
+      <c r="AB236" s="11"/>
+      <c r="AC236" s="11"/>
+      <c r="AD236" s="11"/>
+      <c r="AE236" s="11"/>
+      <c r="AF236" s="11"/>
+      <c r="AG236" s="11"/>
+      <c r="AH236" s="11"/>
+      <c r="AI236" s="11"/>
+      <c r="AJ236" s="11"/>
+      <c r="AK236" s="11"/>
+      <c r="AL236" s="11"/>
+      <c r="AM236" s="11"/>
+      <c r="AN236" s="11"/>
+      <c r="AO236" s="11"/>
+      <c r="AP236" s="11"/>
+      <c r="AQ236" s="11"/>
+      <c r="AR236" s="11"/>
+      <c r="AS236" s="11"/>
+      <c r="AT236" s="11"/>
+      <c r="AU236" s="11"/>
+      <c r="AV236" s="11"/>
+      <c r="AW236" s="11"/>
+      <c r="AX236" s="11"/>
+      <c r="AY236" s="11"/>
+      <c r="AZ236" s="11"/>
+      <c r="BA236" s="11"/>
+      <c r="BB236" s="11"/>
+      <c r="BC236" s="11"/>
+      <c r="BD236" s="11"/>
+      <c r="BE236" s="11"/>
+      <c r="BF236" s="11"/>
+      <c r="BG236" s="11"/>
+      <c r="BH236" s="11"/>
+      <c r="BI236" s="11"/>
+      <c r="BJ236" s="11"/>
+      <c r="BK236" s="11"/>
+      <c r="BL236" s="11"/>
+      <c r="BM236" s="11"/>
+      <c r="BN236" s="11"/>
+      <c r="BO236" s="11"/>
+      <c r="BP236" s="11"/>
+      <c r="BQ236" s="11"/>
+      <c r="BR236" s="11"/>
+      <c r="BS236" s="11"/>
+      <c r="BT236" s="11"/>
+      <c r="BU236" s="11"/>
+      <c r="BV236" s="11"/>
+      <c r="BW236" s="11"/>
+      <c r="BX236" s="11"/>
+      <c r="BY236" s="11"/>
+      <c r="BZ236" s="11"/>
+      <c r="CA236" s="11"/>
+      <c r="CB236" s="11"/>
+      <c r="CC236" s="11"/>
+      <c r="CD236" s="11"/>
+    </row>
+    <row r="237" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A237" s="16">
+        <v>225</v>
+      </c>
+      <c r="B237" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C237" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D237" s="17">
+        <v>5</v>
+      </c>
+      <c r="E237" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F237" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G237" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H237" s="12"/>
+      <c r="I237" s="12"/>
+      <c r="J237" s="10"/>
+      <c r="K237" s="12">
+        <v>300</v>
+      </c>
+      <c r="L237" s="13">
+        <v>5</v>
+      </c>
+      <c r="M237" s="11"/>
+      <c r="N237" s="11"/>
+      <c r="O237" s="11"/>
+      <c r="P237" s="11"/>
+      <c r="Q237" s="11"/>
+      <c r="R237" s="11"/>
+      <c r="S237" s="11"/>
+      <c r="T237" s="11"/>
+      <c r="U237" s="11"/>
+      <c r="V237" s="11"/>
+      <c r="W237" s="11"/>
+      <c r="X237" s="11"/>
+      <c r="Y237" s="11"/>
+      <c r="Z237" s="11"/>
+      <c r="AA237" s="11"/>
+      <c r="AB237" s="11"/>
+      <c r="AC237" s="11"/>
+      <c r="AD237" s="11"/>
+      <c r="AE237" s="11"/>
+      <c r="AF237" s="11"/>
+      <c r="AG237" s="11"/>
+      <c r="AH237" s="11"/>
+      <c r="AI237" s="11"/>
+      <c r="AJ237" s="11"/>
+      <c r="AK237" s="11"/>
+      <c r="AL237" s="11"/>
+      <c r="AM237" s="11"/>
+      <c r="AN237" s="11"/>
+      <c r="AO237" s="11"/>
+      <c r="AP237" s="11"/>
+      <c r="AQ237" s="11"/>
+      <c r="AR237" s="11"/>
+      <c r="AS237" s="11"/>
+      <c r="AT237" s="11"/>
+      <c r="AU237" s="11"/>
+      <c r="AV237" s="11"/>
+      <c r="AW237" s="11"/>
+      <c r="AX237" s="11"/>
+      <c r="AY237" s="11"/>
+      <c r="AZ237" s="11"/>
+      <c r="BA237" s="11"/>
+      <c r="BB237" s="11"/>
+      <c r="BC237" s="11"/>
+      <c r="BD237" s="11"/>
+      <c r="BE237" s="11"/>
+      <c r="BF237" s="11"/>
+      <c r="BG237" s="11"/>
+      <c r="BH237" s="11"/>
+      <c r="BI237" s="11"/>
+      <c r="BJ237" s="11"/>
+      <c r="BK237" s="11"/>
+      <c r="BL237" s="11"/>
+      <c r="BM237" s="11"/>
+      <c r="BN237" s="11"/>
+      <c r="BO237" s="11"/>
+      <c r="BP237" s="11"/>
+      <c r="BQ237" s="11"/>
+      <c r="BR237" s="11"/>
+      <c r="BS237" s="11"/>
+      <c r="BT237" s="11"/>
+      <c r="BU237" s="11"/>
+      <c r="BV237" s="11"/>
+      <c r="BW237" s="11"/>
+      <c r="BX237" s="11"/>
+      <c r="BY237" s="11"/>
+      <c r="BZ237" s="11"/>
+      <c r="CA237" s="11"/>
+      <c r="CB237" s="11"/>
+      <c r="CC237" s="11"/>
+      <c r="CD237" s="11"/>
+    </row>
+    <row r="238" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A238" s="16">
+        <v>226</v>
+      </c>
+      <c r="B238" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C238" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D238" s="17">
+        <v>5</v>
+      </c>
+      <c r="E238" s="19" t="s">
+        <v>125</v>
+      </c>
+      <c r="F238" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G238" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H238" s="12"/>
+      <c r="I238" s="12"/>
+      <c r="J238" s="10"/>
+      <c r="K238" s="12">
+        <v>175</v>
+      </c>
+      <c r="L238" s="13">
+        <v>0</v>
+      </c>
+      <c r="M238" s="11"/>
+      <c r="N238" s="11"/>
+      <c r="O238" s="11"/>
+      <c r="P238" s="11"/>
+      <c r="Q238" s="11"/>
+      <c r="R238" s="11"/>
+      <c r="S238" s="11"/>
+      <c r="T238" s="11"/>
+      <c r="U238" s="11"/>
+      <c r="V238" s="11"/>
+      <c r="W238" s="11"/>
+      <c r="X238" s="11"/>
+      <c r="Y238" s="11"/>
+      <c r="Z238" s="11"/>
+      <c r="AA238" s="11"/>
+      <c r="AB238" s="11"/>
+      <c r="AC238" s="11"/>
+      <c r="AD238" s="11"/>
+      <c r="AE238" s="11"/>
+      <c r="AF238" s="11"/>
+      <c r="AG238" s="11"/>
+      <c r="AH238" s="11"/>
+      <c r="AI238" s="11"/>
+      <c r="AJ238" s="11"/>
+      <c r="AK238" s="11"/>
+      <c r="AL238" s="11"/>
+      <c r="AM238" s="11"/>
+      <c r="AN238" s="11"/>
+      <c r="AO238" s="11"/>
+      <c r="AP238" s="11"/>
+      <c r="AQ238" s="11"/>
+      <c r="AR238" s="11"/>
+      <c r="AS238" s="11"/>
+      <c r="AT238" s="11"/>
+      <c r="AU238" s="11"/>
+      <c r="AV238" s="11"/>
+      <c r="AW238" s="11"/>
+      <c r="AX238" s="11"/>
+      <c r="AY238" s="11"/>
+      <c r="AZ238" s="11"/>
+      <c r="BA238" s="11"/>
+      <c r="BB238" s="11"/>
+      <c r="BC238" s="11"/>
+      <c r="BD238" s="11"/>
+      <c r="BE238" s="11"/>
+      <c r="BF238" s="11"/>
+      <c r="BG238" s="11"/>
+      <c r="BH238" s="11"/>
+      <c r="BI238" s="11"/>
+      <c r="BJ238" s="11"/>
+      <c r="BK238" s="11"/>
+      <c r="BL238" s="11"/>
+      <c r="BM238" s="11"/>
+      <c r="BN238" s="11"/>
+      <c r="BO238" s="11"/>
+      <c r="BP238" s="11"/>
+      <c r="BQ238" s="11"/>
+      <c r="BR238" s="11"/>
+      <c r="BS238" s="11"/>
+      <c r="BT238" s="11"/>
+      <c r="BU238" s="11"/>
+      <c r="BV238" s="11"/>
+      <c r="BW238" s="11"/>
+      <c r="BX238" s="11"/>
+      <c r="BY238" s="11"/>
+      <c r="BZ238" s="11"/>
+      <c r="CA238" s="11"/>
+      <c r="CB238" s="11"/>
+      <c r="CC238" s="11"/>
+      <c r="CD238" s="11"/>
+    </row>
+    <row r="239" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A239" s="16">
+        <v>227</v>
+      </c>
+      <c r="B239" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C239" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D239" s="17">
+        <v>2</v>
+      </c>
+      <c r="E239" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F239" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G239" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H239" s="12"/>
+      <c r="I239" s="12"/>
+      <c r="J239" s="10"/>
+      <c r="K239" s="12">
+        <v>120</v>
+      </c>
+      <c r="L239" s="13">
+        <v>52.5</v>
+      </c>
+      <c r="M239" s="11"/>
+      <c r="N239" s="11"/>
+      <c r="O239" s="11"/>
+      <c r="P239" s="11"/>
+      <c r="Q239" s="11"/>
+      <c r="R239" s="11"/>
+      <c r="S239" s="11"/>
+      <c r="T239" s="11"/>
+      <c r="U239" s="11"/>
+      <c r="V239" s="11"/>
+      <c r="W239" s="11"/>
+      <c r="X239" s="11"/>
+      <c r="Y239" s="11"/>
+      <c r="Z239" s="11"/>
+      <c r="AA239" s="11"/>
+      <c r="AB239" s="11"/>
+      <c r="AC239" s="11"/>
+      <c r="AD239" s="11"/>
+      <c r="AE239" s="11"/>
+      <c r="AF239" s="11"/>
+      <c r="AG239" s="11"/>
+      <c r="AH239" s="11"/>
+      <c r="AI239" s="11"/>
+      <c r="AJ239" s="11"/>
+      <c r="AK239" s="11"/>
+      <c r="AL239" s="11"/>
+      <c r="AM239" s="11"/>
+      <c r="AN239" s="11"/>
+      <c r="AO239" s="11"/>
+      <c r="AP239" s="11"/>
+      <c r="AQ239" s="11"/>
+      <c r="AR239" s="11"/>
+      <c r="AS239" s="11"/>
+      <c r="AT239" s="11"/>
+      <c r="AU239" s="11"/>
+      <c r="AV239" s="11"/>
+      <c r="AW239" s="11"/>
+      <c r="AX239" s="11"/>
+      <c r="AY239" s="11"/>
+      <c r="AZ239" s="11"/>
+      <c r="BA239" s="11"/>
+      <c r="BB239" s="11"/>
+      <c r="BC239" s="11"/>
+      <c r="BD239" s="11"/>
+      <c r="BE239" s="11"/>
+      <c r="BF239" s="11"/>
+      <c r="BG239" s="11"/>
+      <c r="BH239" s="11"/>
+      <c r="BI239" s="11"/>
+      <c r="BJ239" s="11"/>
+      <c r="BK239" s="11"/>
+      <c r="BL239" s="11"/>
+      <c r="BM239" s="11"/>
+      <c r="BN239" s="11"/>
+      <c r="BO239" s="11"/>
+      <c r="BP239" s="11"/>
+      <c r="BQ239" s="11"/>
+      <c r="BR239" s="11"/>
+      <c r="BS239" s="11"/>
+      <c r="BT239" s="11"/>
+      <c r="BU239" s="11"/>
+      <c r="BV239" s="11"/>
+      <c r="BW239" s="11"/>
+      <c r="BX239" s="11"/>
+      <c r="BY239" s="11"/>
+      <c r="BZ239" s="11"/>
+      <c r="CA239" s="11"/>
+      <c r="CB239" s="11"/>
+      <c r="CC239" s="11"/>
+      <c r="CD239" s="11"/>
+    </row>
+    <row r="240" spans="1:88" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A240" s="16">
+        <v>228</v>
+      </c>
+      <c r="B240" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C240" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D240" s="17">
+        <v>5</v>
+      </c>
+      <c r="E240" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F240" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G240" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H240" s="12">
+        <v>687.48</v>
+      </c>
+      <c r="I240" s="12"/>
+      <c r="J240" s="10"/>
+      <c r="K240" s="12">
+        <v>300</v>
+      </c>
+      <c r="L240" s="13">
+        <v>0</v>
+      </c>
+      <c r="M240" s="11"/>
+      <c r="N240" s="11"/>
+      <c r="O240" s="11"/>
+      <c r="P240" s="11"/>
+      <c r="Q240" s="11"/>
+      <c r="R240" s="11"/>
+      <c r="S240" s="11"/>
+      <c r="T240" s="11"/>
+      <c r="U240" s="11"/>
+      <c r="V240" s="11"/>
+      <c r="W240" s="11"/>
+      <c r="X240" s="11"/>
+      <c r="Y240" s="11"/>
+      <c r="Z240" s="11"/>
+      <c r="AA240" s="11"/>
+      <c r="AB240" s="11"/>
+      <c r="AC240" s="11"/>
+      <c r="AD240" s="11"/>
+      <c r="AE240" s="11"/>
+      <c r="AF240" s="11"/>
+      <c r="AG240" s="11"/>
+      <c r="AH240" s="11"/>
+      <c r="AI240" s="11"/>
+      <c r="AJ240" s="11"/>
+      <c r="AK240" s="11"/>
+      <c r="AL240" s="11"/>
+      <c r="AM240" s="11"/>
+      <c r="AN240" s="11"/>
+      <c r="AO240" s="11"/>
+      <c r="AP240" s="11"/>
+      <c r="AQ240" s="11"/>
+      <c r="AR240" s="11"/>
+      <c r="AS240" s="11"/>
+      <c r="AT240" s="11"/>
+      <c r="AU240" s="11"/>
+      <c r="AV240" s="11"/>
+      <c r="AW240" s="11"/>
+      <c r="AX240" s="11"/>
+      <c r="AY240" s="11"/>
+      <c r="AZ240" s="11"/>
+      <c r="BA240" s="11"/>
+      <c r="BB240" s="11"/>
+      <c r="BC240" s="11"/>
+      <c r="BD240" s="11"/>
+      <c r="BE240" s="11"/>
+      <c r="BF240" s="11"/>
+      <c r="BG240" s="11"/>
+      <c r="BH240" s="11"/>
+      <c r="BI240" s="11"/>
+      <c r="BJ240" s="11"/>
+      <c r="BK240" s="11"/>
+      <c r="BL240" s="11"/>
+      <c r="BM240" s="11"/>
+      <c r="BN240" s="11"/>
+      <c r="BO240" s="11"/>
+      <c r="BP240" s="11"/>
+      <c r="BQ240" s="11"/>
+      <c r="BR240" s="11"/>
+      <c r="BS240" s="11"/>
+      <c r="BT240" s="11"/>
+      <c r="BU240" s="11"/>
+      <c r="BV240" s="11"/>
+      <c r="BW240" s="11"/>
+      <c r="BX240" s="11"/>
+      <c r="BY240" s="11"/>
+      <c r="BZ240" s="11"/>
+      <c r="CA240" s="11"/>
+      <c r="CB240" s="11"/>
+      <c r="CC240" s="11"/>
+      <c r="CD240" s="11"/>
+    </row>
+    <row r="241" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A241" s="16">
+        <v>229</v>
+      </c>
+      <c r="B241" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C241" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D241" s="17">
+        <v>4</v>
+      </c>
+      <c r="E241" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F241" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G241" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H241" s="12">
+        <v>402</v>
+      </c>
+      <c r="I241" s="12"/>
+      <c r="J241" s="10"/>
+      <c r="K241" s="12">
+        <v>198</v>
+      </c>
+      <c r="L241" s="13">
+        <v>4</v>
+      </c>
+      <c r="M241" s="11"/>
+      <c r="N241" s="11"/>
+      <c r="O241" s="11"/>
+      <c r="P241" s="11"/>
+      <c r="Q241" s="11"/>
+      <c r="R241" s="11"/>
+      <c r="S241" s="11"/>
+      <c r="T241" s="11"/>
+      <c r="U241" s="11"/>
+      <c r="V241" s="11"/>
+      <c r="W241" s="11"/>
+      <c r="X241" s="11"/>
+      <c r="Y241" s="11"/>
+      <c r="Z241" s="11"/>
+      <c r="AA241" s="11"/>
+      <c r="AB241" s="11"/>
+      <c r="AC241" s="11"/>
+      <c r="AD241" s="11"/>
+      <c r="AE241" s="11"/>
+      <c r="AF241" s="11"/>
+      <c r="AG241" s="11"/>
+      <c r="AH241" s="11"/>
+      <c r="AI241" s="11"/>
+      <c r="AJ241" s="11"/>
+      <c r="AK241" s="11"/>
+      <c r="AL241" s="11"/>
+      <c r="AM241" s="11"/>
+      <c r="AN241" s="11"/>
+      <c r="AO241" s="11"/>
+      <c r="AP241" s="11"/>
+      <c r="AQ241" s="11"/>
+      <c r="AR241" s="11"/>
+      <c r="AS241" s="11"/>
+      <c r="AT241" s="11"/>
+      <c r="AU241" s="11"/>
+      <c r="AV241" s="11"/>
+      <c r="AW241" s="11"/>
+      <c r="AX241" s="11"/>
+      <c r="AY241" s="11"/>
+      <c r="AZ241" s="11"/>
+      <c r="BA241" s="11"/>
+      <c r="BB241" s="11"/>
+      <c r="BC241" s="11"/>
+      <c r="BD241" s="11"/>
+      <c r="BE241" s="11"/>
+      <c r="BF241" s="11"/>
+      <c r="BG241" s="11"/>
+      <c r="BH241" s="11"/>
+      <c r="BI241" s="11"/>
+      <c r="BJ241" s="11"/>
+      <c r="BK241" s="11"/>
+      <c r="BL241" s="11"/>
+      <c r="BM241" s="11"/>
+      <c r="BN241" s="11"/>
+      <c r="BO241" s="11"/>
+      <c r="BP241" s="11"/>
+      <c r="BQ241" s="11"/>
+      <c r="BR241" s="11"/>
+      <c r="BS241" s="11"/>
+      <c r="BT241" s="11"/>
+      <c r="BU241" s="11"/>
+      <c r="BV241" s="11"/>
+      <c r="BW241" s="11"/>
+      <c r="BX241" s="11"/>
+      <c r="BY241" s="11"/>
+      <c r="BZ241" s="11"/>
+      <c r="CA241" s="11"/>
+      <c r="CB241" s="11"/>
+      <c r="CC241" s="11"/>
+      <c r="CD241" s="11"/>
+    </row>
+    <row r="242" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="16">
+        <v>230</v>
+      </c>
+      <c r="B242" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C242" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D242" s="17">
+        <v>4</v>
+      </c>
+      <c r="E242" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F242" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G242" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H242" s="12">
+        <v>411</v>
+      </c>
+      <c r="I242" s="12"/>
+      <c r="J242" s="10"/>
+      <c r="K242" s="12">
+        <v>198</v>
+      </c>
+      <c r="L242" s="13">
+        <v>40.549999999999997</v>
+      </c>
+      <c r="M242" s="11"/>
+      <c r="N242" s="11"/>
+      <c r="O242" s="11"/>
+      <c r="P242" s="11"/>
+      <c r="Q242" s="11"/>
+      <c r="R242" s="11"/>
+      <c r="S242" s="11"/>
+      <c r="T242" s="11"/>
+      <c r="U242" s="11"/>
+      <c r="V242" s="11"/>
+      <c r="W242" s="11"/>
+      <c r="X242" s="11"/>
+      <c r="Y242" s="11"/>
+      <c r="Z242" s="11"/>
+      <c r="AA242" s="11"/>
+      <c r="AB242" s="11"/>
+      <c r="AC242" s="11"/>
+      <c r="AD242" s="11"/>
+      <c r="AE242" s="11"/>
+      <c r="AF242" s="11"/>
+      <c r="AG242" s="11"/>
+      <c r="AH242" s="11"/>
+      <c r="AI242" s="11"/>
+      <c r="AJ242" s="11"/>
+      <c r="AK242" s="11"/>
+      <c r="AL242" s="11"/>
+      <c r="AM242" s="11"/>
+      <c r="AN242" s="11"/>
+      <c r="AO242" s="11"/>
+      <c r="AP242" s="11"/>
+      <c r="AQ242" s="11"/>
+      <c r="AR242" s="11"/>
+      <c r="AS242" s="11"/>
+      <c r="AT242" s="11"/>
+      <c r="AU242" s="11"/>
+      <c r="AV242" s="11"/>
+      <c r="AW242" s="11"/>
+      <c r="AX242" s="11"/>
+      <c r="AY242" s="11"/>
+      <c r="AZ242" s="11"/>
+      <c r="BA242" s="11"/>
+      <c r="BB242" s="11"/>
+      <c r="BC242" s="11"/>
+      <c r="BD242" s="11"/>
+      <c r="BE242" s="11"/>
+      <c r="BF242" s="11"/>
+      <c r="BG242" s="11"/>
+      <c r="BH242" s="11"/>
+      <c r="BI242" s="11"/>
+      <c r="BJ242" s="11"/>
+      <c r="BK242" s="11"/>
+      <c r="BL242" s="11"/>
+      <c r="BM242" s="11"/>
+      <c r="BN242" s="11"/>
+      <c r="BO242" s="11"/>
+      <c r="BP242" s="11"/>
+      <c r="BQ242" s="11"/>
+      <c r="BR242" s="11"/>
+      <c r="BS242" s="11"/>
+      <c r="BT242" s="11"/>
+      <c r="BU242" s="11"/>
+      <c r="BV242" s="11"/>
+      <c r="BW242" s="11"/>
+      <c r="BX242" s="11"/>
+      <c r="BY242" s="11"/>
+      <c r="BZ242" s="11"/>
+      <c r="CA242" s="11"/>
+      <c r="CB242" s="11"/>
+      <c r="CC242" s="11"/>
+      <c r="CD242" s="11"/>
+    </row>
+    <row r="243" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A243" s="16">
+        <v>231</v>
+      </c>
+      <c r="B243" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C243" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D243" s="17">
+        <v>3</v>
+      </c>
+      <c r="E243" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F243" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G243" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H243" s="24"/>
+      <c r="I243" s="24">
+        <v>293.64999999999998</v>
+      </c>
+      <c r="J243" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K243" s="24">
+        <v>138</v>
+      </c>
+      <c r="L243" s="25">
+        <v>19.3</v>
+      </c>
+      <c r="M243" s="11"/>
+    </row>
+    <row r="244" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="16">
+        <v>232</v>
+      </c>
+      <c r="B244" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C244" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D244" s="17">
+        <v>3</v>
+      </c>
+      <c r="E244" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F244" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G244" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H244" s="24"/>
+      <c r="I244" s="24">
+        <v>293.64999999999998</v>
+      </c>
+      <c r="J244" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K244" s="24">
+        <v>138</v>
+      </c>
+      <c r="L244" s="25">
+        <v>11.6</v>
+      </c>
+      <c r="M244" s="11"/>
+    </row>
+    <row r="245" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A245" s="16">
+        <v>233</v>
+      </c>
+      <c r="B245" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C245" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D245" s="17">
+        <v>2</v>
+      </c>
+      <c r="E245" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F245" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G245" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H245" s="12">
+        <v>100</v>
+      </c>
+      <c r="I245" s="12">
+        <v>285.64999999999998</v>
+      </c>
+      <c r="J245" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K245" s="12">
+        <v>120</v>
+      </c>
+      <c r="L245" s="13">
+        <v>92.71</v>
+      </c>
+      <c r="M245" s="11"/>
+      <c r="N245" s="11"/>
+      <c r="O245" s="11"/>
+      <c r="P245" s="11"/>
+      <c r="Q245" s="11"/>
+      <c r="R245" s="11"/>
+      <c r="S245" s="11"/>
+      <c r="T245" s="11"/>
+      <c r="U245" s="11"/>
+      <c r="V245" s="11"/>
+      <c r="W245" s="11"/>
+      <c r="X245" s="11"/>
+      <c r="Y245" s="11"/>
+      <c r="Z245" s="11"/>
+      <c r="AA245" s="11"/>
+      <c r="AB245" s="11"/>
+      <c r="AC245" s="11"/>
+      <c r="AD245" s="11"/>
+      <c r="AE245" s="11"/>
+      <c r="AF245" s="11"/>
+      <c r="AG245" s="11"/>
+      <c r="AH245" s="11"/>
+      <c r="AI245" s="11"/>
+      <c r="AJ245" s="11"/>
+      <c r="AK245" s="11"/>
+      <c r="AL245" s="11"/>
+      <c r="AM245" s="11"/>
+      <c r="AN245" s="11"/>
+      <c r="AO245" s="11"/>
+      <c r="AP245" s="11"/>
+      <c r="AQ245" s="11"/>
+      <c r="AR245" s="11"/>
+      <c r="AS245" s="11"/>
+      <c r="AT245" s="11"/>
+      <c r="AU245" s="11"/>
+      <c r="AV245" s="11"/>
+      <c r="AW245" s="11"/>
+      <c r="AX245" s="11"/>
+      <c r="AY245" s="11"/>
+      <c r="AZ245" s="11"/>
+      <c r="BA245" s="11"/>
+      <c r="BB245" s="11"/>
+      <c r="BC245" s="11"/>
+      <c r="BD245" s="11"/>
+      <c r="BE245" s="11"/>
+      <c r="BF245" s="11"/>
+      <c r="BG245" s="11"/>
+      <c r="BH245" s="11"/>
+      <c r="BI245" s="11"/>
+      <c r="BJ245" s="11"/>
+      <c r="BK245" s="11"/>
+      <c r="BL245" s="11"/>
+      <c r="BM245" s="11"/>
+      <c r="BN245" s="11"/>
+      <c r="BO245" s="11"/>
+      <c r="BP245" s="11"/>
+      <c r="BQ245" s="11"/>
+      <c r="BR245" s="11"/>
+      <c r="BS245" s="11"/>
+      <c r="BT245" s="11"/>
+      <c r="BU245" s="11"/>
+      <c r="BV245" s="11"/>
+      <c r="BW245" s="11"/>
+      <c r="BX245" s="11"/>
+      <c r="BY245" s="11"/>
+      <c r="BZ245" s="11"/>
+      <c r="CA245" s="11"/>
+      <c r="CB245" s="11"/>
+      <c r="CC245" s="11"/>
+      <c r="CD245" s="11"/>
+    </row>
+    <row r="246" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="16">
+        <v>234</v>
+      </c>
+      <c r="B246" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C246" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D246" s="17">
+        <v>2</v>
+      </c>
+      <c r="E246" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F246" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G246" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H246" s="12">
+        <v>100</v>
+      </c>
+      <c r="I246" s="12">
+        <v>285.64999999999998</v>
+      </c>
+      <c r="J246" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K246" s="12">
+        <v>120</v>
+      </c>
+      <c r="L246" s="13">
+        <v>35.340000000000003</v>
+      </c>
+      <c r="M246" s="11"/>
+      <c r="N246" s="11"/>
+      <c r="O246" s="11"/>
+      <c r="P246" s="11"/>
+      <c r="Q246" s="11"/>
+      <c r="R246" s="11"/>
+      <c r="S246" s="11"/>
+      <c r="T246" s="11"/>
+      <c r="U246" s="11"/>
+      <c r="V246" s="11"/>
+      <c r="W246" s="11"/>
+      <c r="X246" s="11"/>
+      <c r="Y246" s="11"/>
+      <c r="Z246" s="11"/>
+      <c r="AA246" s="11"/>
+      <c r="AB246" s="11"/>
+      <c r="AC246" s="11"/>
+      <c r="AD246" s="11"/>
+      <c r="AE246" s="11"/>
+      <c r="AF246" s="11"/>
+      <c r="AG246" s="11"/>
+      <c r="AH246" s="11"/>
+      <c r="AI246" s="11"/>
+      <c r="AJ246" s="11"/>
+      <c r="AK246" s="11"/>
+      <c r="AL246" s="11"/>
+      <c r="AM246" s="11"/>
+      <c r="AN246" s="11"/>
+      <c r="AO246" s="11"/>
+      <c r="AP246" s="11"/>
+      <c r="AQ246" s="11"/>
+      <c r="AR246" s="11"/>
+      <c r="AS246" s="11"/>
+      <c r="AT246" s="11"/>
+      <c r="AU246" s="11"/>
+      <c r="AV246" s="11"/>
+      <c r="AW246" s="11"/>
+      <c r="AX246" s="11"/>
+      <c r="AY246" s="11"/>
+      <c r="AZ246" s="11"/>
+      <c r="BA246" s="11"/>
+      <c r="BB246" s="11"/>
+      <c r="BC246" s="11"/>
+      <c r="BD246" s="11"/>
+      <c r="BE246" s="11"/>
+      <c r="BF246" s="11"/>
+      <c r="BG246" s="11"/>
+      <c r="BH246" s="11"/>
+      <c r="BI246" s="11"/>
+      <c r="BJ246" s="11"/>
+      <c r="BK246" s="11"/>
+      <c r="BL246" s="11"/>
+      <c r="BM246" s="11"/>
+      <c r="BN246" s="11"/>
+      <c r="BO246" s="11"/>
+      <c r="BP246" s="11"/>
+      <c r="BQ246" s="11"/>
+      <c r="BR246" s="11"/>
+      <c r="BS246" s="11"/>
+      <c r="BT246" s="11"/>
+      <c r="BU246" s="11"/>
+      <c r="BV246" s="11"/>
+      <c r="BW246" s="11"/>
+      <c r="BX246" s="11"/>
+      <c r="BY246" s="11"/>
+      <c r="BZ246" s="11"/>
+      <c r="CA246" s="11"/>
+      <c r="CB246" s="11"/>
+      <c r="CC246" s="11"/>
+      <c r="CD246" s="11"/>
+    </row>
+    <row r="247" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A247" s="16">
+        <v>235</v>
+      </c>
+      <c r="B247" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C247" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D247" s="17">
+        <v>6</v>
+      </c>
+      <c r="E247" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="C186" s="18" t="s">
-[...8 lines deleted...]
-      <c r="F186" s="25" t="s">
+      <c r="F247" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G247" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H247" s="12"/>
+      <c r="I247" s="12"/>
+      <c r="J247" s="10"/>
+      <c r="K247" s="12">
+        <v>0</v>
+      </c>
+      <c r="L247" s="13">
+        <v>6</v>
+      </c>
+      <c r="M247" s="11"/>
+      <c r="N247" s="11"/>
+      <c r="O247" s="11"/>
+      <c r="P247" s="11"/>
+      <c r="Q247" s="11"/>
+      <c r="R247" s="11"/>
+      <c r="S247" s="11"/>
+      <c r="T247" s="11"/>
+      <c r="U247" s="11"/>
+      <c r="V247" s="11"/>
+      <c r="W247" s="11"/>
+      <c r="X247" s="11"/>
+      <c r="Y247" s="11"/>
+      <c r="Z247" s="11"/>
+      <c r="AA247" s="11"/>
+      <c r="AB247" s="11"/>
+      <c r="AC247" s="11"/>
+      <c r="AD247" s="11"/>
+      <c r="AE247" s="11"/>
+      <c r="AF247" s="11"/>
+      <c r="AG247" s="11"/>
+      <c r="AH247" s="11"/>
+      <c r="AI247" s="11"/>
+      <c r="AJ247" s="11"/>
+      <c r="AK247" s="11"/>
+      <c r="AL247" s="11"/>
+      <c r="AM247" s="11"/>
+      <c r="AN247" s="11"/>
+      <c r="AO247" s="11"/>
+      <c r="AP247" s="11"/>
+      <c r="AQ247" s="11"/>
+      <c r="AR247" s="11"/>
+      <c r="AS247" s="11"/>
+      <c r="AT247" s="11"/>
+      <c r="AU247" s="11"/>
+      <c r="AV247" s="11"/>
+      <c r="AW247" s="11"/>
+      <c r="AX247" s="11"/>
+      <c r="AY247" s="11"/>
+      <c r="AZ247" s="11"/>
+      <c r="BA247" s="11"/>
+      <c r="BB247" s="11"/>
+      <c r="BC247" s="11"/>
+      <c r="BD247" s="11"/>
+      <c r="BE247" s="11"/>
+      <c r="BF247" s="11"/>
+      <c r="BG247" s="11"/>
+      <c r="BH247" s="11"/>
+      <c r="BI247" s="11"/>
+      <c r="BJ247" s="11"/>
+      <c r="BK247" s="11"/>
+      <c r="BL247" s="11"/>
+      <c r="BM247" s="11"/>
+      <c r="BN247" s="11"/>
+      <c r="BO247" s="11"/>
+      <c r="BP247" s="11"/>
+      <c r="BQ247" s="11"/>
+      <c r="BR247" s="11"/>
+      <c r="BS247" s="11"/>
+      <c r="BT247" s="11"/>
+      <c r="BU247" s="11"/>
+      <c r="BV247" s="11"/>
+      <c r="BW247" s="11"/>
+      <c r="BX247" s="11"/>
+      <c r="BY247" s="11"/>
+      <c r="BZ247" s="11"/>
+      <c r="CA247" s="11"/>
+      <c r="CB247" s="11"/>
+      <c r="CC247" s="11"/>
+      <c r="CD247" s="11"/>
+    </row>
+    <row r="248" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A248" s="16">
+        <v>236</v>
+      </c>
+      <c r="B248" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C248" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D248" s="17">
+        <v>6</v>
+      </c>
+      <c r="E248" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F248" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G248" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H248" s="12"/>
+      <c r="I248" s="12"/>
+      <c r="J248" s="10"/>
+      <c r="K248" s="12">
+        <v>0</v>
+      </c>
+      <c r="L248" s="13">
+        <v>6</v>
+      </c>
+      <c r="M248" s="11"/>
+      <c r="N248" s="11"/>
+      <c r="O248" s="11"/>
+      <c r="P248" s="11"/>
+      <c r="Q248" s="11"/>
+      <c r="R248" s="11"/>
+      <c r="S248" s="11"/>
+      <c r="T248" s="11"/>
+      <c r="U248" s="11"/>
+      <c r="V248" s="11"/>
+      <c r="W248" s="11"/>
+      <c r="X248" s="11"/>
+      <c r="Y248" s="11"/>
+      <c r="Z248" s="11"/>
+      <c r="AA248" s="11"/>
+      <c r="AB248" s="11"/>
+      <c r="AC248" s="11"/>
+      <c r="AD248" s="11"/>
+      <c r="AE248" s="11"/>
+      <c r="AF248" s="11"/>
+      <c r="AG248" s="11"/>
+      <c r="AH248" s="11"/>
+      <c r="AI248" s="11"/>
+      <c r="AJ248" s="11"/>
+      <c r="AK248" s="11"/>
+      <c r="AL248" s="11"/>
+      <c r="AM248" s="11"/>
+      <c r="AN248" s="11"/>
+      <c r="AO248" s="11"/>
+      <c r="AP248" s="11"/>
+      <c r="AQ248" s="11"/>
+      <c r="AR248" s="11"/>
+      <c r="AS248" s="11"/>
+      <c r="AT248" s="11"/>
+      <c r="AU248" s="11"/>
+      <c r="AV248" s="11"/>
+      <c r="AW248" s="11"/>
+      <c r="AX248" s="11"/>
+      <c r="AY248" s="11"/>
+      <c r="AZ248" s="11"/>
+      <c r="BA248" s="11"/>
+      <c r="BB248" s="11"/>
+      <c r="BC248" s="11"/>
+      <c r="BD248" s="11"/>
+      <c r="BE248" s="11"/>
+      <c r="BF248" s="11"/>
+      <c r="BG248" s="11"/>
+      <c r="BH248" s="11"/>
+      <c r="BI248" s="11"/>
+      <c r="BJ248" s="11"/>
+      <c r="BK248" s="11"/>
+      <c r="BL248" s="11"/>
+      <c r="BM248" s="11"/>
+      <c r="BN248" s="11"/>
+      <c r="BO248" s="11"/>
+      <c r="BP248" s="11"/>
+      <c r="BQ248" s="11"/>
+      <c r="BR248" s="11"/>
+      <c r="BS248" s="11"/>
+      <c r="BT248" s="11"/>
+      <c r="BU248" s="11"/>
+      <c r="BV248" s="11"/>
+      <c r="BW248" s="11"/>
+      <c r="BX248" s="11"/>
+      <c r="BY248" s="11"/>
+      <c r="BZ248" s="11"/>
+      <c r="CA248" s="11"/>
+      <c r="CB248" s="11"/>
+      <c r="CC248" s="11"/>
+      <c r="CD248" s="11"/>
+    </row>
+    <row r="249" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A249" s="16">
+        <v>237</v>
+      </c>
+      <c r="B249" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C249" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D249" s="17">
+        <v>5</v>
+      </c>
+      <c r="E249" s="19" t="s">
+        <v>142</v>
+      </c>
+      <c r="F249" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G249" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H249" s="12"/>
+      <c r="I249" s="12">
+        <v>407.05</v>
+      </c>
+      <c r="J249" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K249" s="12">
+        <v>175</v>
+      </c>
+      <c r="L249" s="13">
+        <v>5</v>
+      </c>
+      <c r="M249" s="11"/>
+      <c r="N249" s="11"/>
+      <c r="O249" s="11"/>
+      <c r="P249" s="11"/>
+      <c r="Q249" s="11"/>
+      <c r="R249" s="11"/>
+      <c r="S249" s="11"/>
+      <c r="T249" s="11"/>
+      <c r="U249" s="11"/>
+      <c r="V249" s="11"/>
+      <c r="W249" s="11"/>
+      <c r="X249" s="11"/>
+      <c r="Y249" s="11"/>
+      <c r="Z249" s="11"/>
+      <c r="AA249" s="11"/>
+      <c r="AB249" s="11"/>
+      <c r="AC249" s="11"/>
+      <c r="AD249" s="11"/>
+      <c r="AE249" s="11"/>
+      <c r="AF249" s="11"/>
+      <c r="AG249" s="11"/>
+      <c r="AH249" s="11"/>
+      <c r="AI249" s="11"/>
+      <c r="AJ249" s="11"/>
+      <c r="AK249" s="11"/>
+      <c r="AL249" s="11"/>
+      <c r="AM249" s="11"/>
+      <c r="AN249" s="11"/>
+      <c r="AO249" s="11"/>
+      <c r="AP249" s="11"/>
+      <c r="AQ249" s="11"/>
+      <c r="AR249" s="11"/>
+      <c r="AS249" s="11"/>
+      <c r="AT249" s="11"/>
+      <c r="AU249" s="11"/>
+      <c r="AV249" s="11"/>
+      <c r="AW249" s="11"/>
+      <c r="AX249" s="11"/>
+      <c r="AY249" s="11"/>
+      <c r="AZ249" s="11"/>
+      <c r="BA249" s="11"/>
+      <c r="BB249" s="11"/>
+      <c r="BC249" s="11"/>
+      <c r="BD249" s="11"/>
+      <c r="BE249" s="11"/>
+      <c r="BF249" s="11"/>
+      <c r="BG249" s="11"/>
+      <c r="BH249" s="11"/>
+      <c r="BI249" s="11"/>
+      <c r="BJ249" s="11"/>
+      <c r="BK249" s="11"/>
+      <c r="BL249" s="11"/>
+      <c r="BM249" s="11"/>
+      <c r="BN249" s="11"/>
+      <c r="BO249" s="11"/>
+      <c r="BP249" s="11"/>
+      <c r="BQ249" s="11"/>
+      <c r="BR249" s="11"/>
+      <c r="BS249" s="11"/>
+      <c r="BT249" s="11"/>
+      <c r="BU249" s="11"/>
+      <c r="BV249" s="11"/>
+      <c r="BW249" s="11"/>
+      <c r="BX249" s="11"/>
+      <c r="BY249" s="11"/>
+      <c r="BZ249" s="11"/>
+      <c r="CA249" s="11"/>
+      <c r="CB249" s="11"/>
+      <c r="CC249" s="11"/>
+      <c r="CD249" s="11"/>
+    </row>
+    <row r="250" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A250" s="16">
+        <v>238</v>
+      </c>
+      <c r="B250" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="G186" s="8" t="s">
-[...16 lines deleted...]
-      <c r="B187" s="16" t="s">
+      <c r="C250" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D250" s="17">
+        <v>5</v>
+      </c>
+      <c r="E250" s="19" t="s">
+        <v>142</v>
+      </c>
+      <c r="F250" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G250" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H250" s="12"/>
+      <c r="I250" s="12">
+        <v>407.05</v>
+      </c>
+      <c r="J250" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K250" s="12">
+        <v>175</v>
+      </c>
+      <c r="L250" s="13">
+        <v>5</v>
+      </c>
+      <c r="M250" s="11"/>
+      <c r="N250" s="11"/>
+      <c r="O250" s="11"/>
+      <c r="P250" s="11"/>
+      <c r="Q250" s="11"/>
+      <c r="R250" s="11"/>
+      <c r="S250" s="11"/>
+      <c r="T250" s="11"/>
+      <c r="U250" s="11"/>
+      <c r="V250" s="11"/>
+      <c r="W250" s="11"/>
+      <c r="X250" s="11"/>
+      <c r="Y250" s="11"/>
+      <c r="Z250" s="11"/>
+      <c r="AA250" s="11"/>
+      <c r="AB250" s="11"/>
+      <c r="AC250" s="11"/>
+      <c r="AD250" s="11"/>
+      <c r="AE250" s="11"/>
+      <c r="AF250" s="11"/>
+      <c r="AG250" s="11"/>
+      <c r="AH250" s="11"/>
+      <c r="AI250" s="11"/>
+      <c r="AJ250" s="11"/>
+      <c r="AK250" s="11"/>
+      <c r="AL250" s="11"/>
+      <c r="AM250" s="11"/>
+      <c r="AN250" s="11"/>
+      <c r="AO250" s="11"/>
+      <c r="AP250" s="11"/>
+      <c r="AQ250" s="11"/>
+      <c r="AR250" s="11"/>
+      <c r="AS250" s="11"/>
+      <c r="AT250" s="11"/>
+      <c r="AU250" s="11"/>
+      <c r="AV250" s="11"/>
+      <c r="AW250" s="11"/>
+      <c r="AX250" s="11"/>
+      <c r="AY250" s="11"/>
+      <c r="AZ250" s="11"/>
+      <c r="BA250" s="11"/>
+      <c r="BB250" s="11"/>
+      <c r="BC250" s="11"/>
+      <c r="BD250" s="11"/>
+      <c r="BE250" s="11"/>
+      <c r="BF250" s="11"/>
+      <c r="BG250" s="11"/>
+      <c r="BH250" s="11"/>
+      <c r="BI250" s="11"/>
+      <c r="BJ250" s="11"/>
+      <c r="BK250" s="11"/>
+      <c r="BL250" s="11"/>
+      <c r="BM250" s="11"/>
+      <c r="BN250" s="11"/>
+      <c r="BO250" s="11"/>
+      <c r="BP250" s="11"/>
+      <c r="BQ250" s="11"/>
+      <c r="BR250" s="11"/>
+      <c r="BS250" s="11"/>
+      <c r="BT250" s="11"/>
+      <c r="BU250" s="11"/>
+      <c r="BV250" s="11"/>
+      <c r="BW250" s="11"/>
+      <c r="BX250" s="11"/>
+      <c r="BY250" s="11"/>
+      <c r="BZ250" s="11"/>
+      <c r="CA250" s="11"/>
+      <c r="CB250" s="11"/>
+      <c r="CC250" s="11"/>
+      <c r="CD250" s="11"/>
+    </row>
+    <row r="251" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A251" s="16">
+        <v>239</v>
+      </c>
+      <c r="B251" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C251" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D251" s="17">
+        <v>4</v>
+      </c>
+      <c r="E251" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F251" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G251" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="C187" s="18" t="s">
-[...8 lines deleted...]
-      <c r="F187" s="25" t="s">
+      <c r="H251" s="12"/>
+      <c r="I251" s="12"/>
+      <c r="J251" s="10"/>
+      <c r="K251" s="12">
+        <v>156</v>
+      </c>
+      <c r="L251" s="13">
+        <v>4</v>
+      </c>
+      <c r="M251" s="11"/>
+      <c r="N251" s="11"/>
+      <c r="O251" s="11"/>
+      <c r="P251" s="11"/>
+      <c r="Q251" s="11"/>
+      <c r="R251" s="11"/>
+      <c r="S251" s="11"/>
+      <c r="T251" s="11"/>
+      <c r="U251" s="11"/>
+      <c r="V251" s="11"/>
+      <c r="W251" s="11"/>
+      <c r="X251" s="11"/>
+      <c r="Y251" s="11"/>
+      <c r="Z251" s="11"/>
+      <c r="AA251" s="11"/>
+      <c r="AB251" s="11"/>
+      <c r="AC251" s="11"/>
+      <c r="AD251" s="11"/>
+      <c r="AE251" s="11"/>
+      <c r="AF251" s="11"/>
+      <c r="AG251" s="11"/>
+      <c r="AH251" s="11"/>
+      <c r="AI251" s="11"/>
+      <c r="AJ251" s="11"/>
+      <c r="AK251" s="11"/>
+      <c r="AL251" s="11"/>
+      <c r="AM251" s="11"/>
+      <c r="AN251" s="11"/>
+      <c r="AO251" s="11"/>
+      <c r="AP251" s="11"/>
+      <c r="AQ251" s="11"/>
+      <c r="AR251" s="11"/>
+      <c r="AS251" s="11"/>
+      <c r="AT251" s="11"/>
+      <c r="AU251" s="11"/>
+      <c r="AV251" s="11"/>
+      <c r="AW251" s="11"/>
+      <c r="AX251" s="11"/>
+      <c r="AY251" s="11"/>
+      <c r="AZ251" s="11"/>
+      <c r="BA251" s="11"/>
+      <c r="BB251" s="11"/>
+      <c r="BC251" s="11"/>
+      <c r="BD251" s="11"/>
+      <c r="BE251" s="11"/>
+      <c r="BF251" s="11"/>
+      <c r="BG251" s="11"/>
+      <c r="BH251" s="11"/>
+      <c r="BI251" s="11"/>
+      <c r="BJ251" s="11"/>
+      <c r="BK251" s="11"/>
+      <c r="BL251" s="11"/>
+      <c r="BM251" s="11"/>
+      <c r="BN251" s="11"/>
+      <c r="BO251" s="11"/>
+      <c r="BP251" s="11"/>
+      <c r="BQ251" s="11"/>
+      <c r="BR251" s="11"/>
+      <c r="BS251" s="11"/>
+      <c r="BT251" s="11"/>
+      <c r="BU251" s="11"/>
+      <c r="BV251" s="11"/>
+      <c r="BW251" s="11"/>
+      <c r="BX251" s="11"/>
+      <c r="BY251" s="11"/>
+      <c r="BZ251" s="11"/>
+      <c r="CA251" s="11"/>
+      <c r="CB251" s="11"/>
+      <c r="CC251" s="11"/>
+      <c r="CD251" s="11"/>
+    </row>
+    <row r="252" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A252" s="16">
+        <v>240</v>
+      </c>
+      <c r="B252" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="G187" s="8" t="s">
-[...22 lines deleted...]
-      <c r="D188" s="18">
+      <c r="C252" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D252" s="17">
+        <v>2</v>
+      </c>
+      <c r="E252" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F252" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G252" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H252" s="12"/>
+      <c r="I252" s="12"/>
+      <c r="J252" s="10"/>
+      <c r="K252" s="12">
+        <v>120</v>
+      </c>
+      <c r="L252" s="13">
+        <v>24.4</v>
+      </c>
+      <c r="M252" s="11"/>
+      <c r="N252" s="11"/>
+      <c r="O252" s="11"/>
+      <c r="P252" s="11"/>
+      <c r="Q252" s="11"/>
+      <c r="R252" s="11"/>
+      <c r="S252" s="11"/>
+      <c r="T252" s="11"/>
+      <c r="U252" s="11"/>
+      <c r="V252" s="11"/>
+      <c r="W252" s="11"/>
+      <c r="X252" s="11"/>
+      <c r="Y252" s="11"/>
+      <c r="Z252" s="11"/>
+      <c r="AA252" s="11"/>
+      <c r="AB252" s="11"/>
+      <c r="AC252" s="11"/>
+      <c r="AD252" s="11"/>
+      <c r="AE252" s="11"/>
+      <c r="AF252" s="11"/>
+      <c r="AG252" s="11"/>
+      <c r="AH252" s="11"/>
+      <c r="AI252" s="11"/>
+      <c r="AJ252" s="11"/>
+      <c r="AK252" s="11"/>
+      <c r="AL252" s="11"/>
+      <c r="AM252" s="11"/>
+      <c r="AN252" s="11"/>
+      <c r="AO252" s="11"/>
+      <c r="AP252" s="11"/>
+      <c r="AQ252" s="11"/>
+      <c r="AR252" s="11"/>
+      <c r="AS252" s="11"/>
+      <c r="AT252" s="11"/>
+      <c r="AU252" s="11"/>
+      <c r="AV252" s="11"/>
+      <c r="AW252" s="11"/>
+      <c r="AX252" s="11"/>
+      <c r="AY252" s="11"/>
+      <c r="AZ252" s="11"/>
+      <c r="BA252" s="11"/>
+      <c r="BB252" s="11"/>
+      <c r="BC252" s="11"/>
+      <c r="BD252" s="11"/>
+      <c r="BE252" s="11"/>
+      <c r="BF252" s="11"/>
+      <c r="BG252" s="11"/>
+      <c r="BH252" s="11"/>
+      <c r="BI252" s="11"/>
+      <c r="BJ252" s="11"/>
+      <c r="BK252" s="11"/>
+      <c r="BL252" s="11"/>
+      <c r="BM252" s="11"/>
+      <c r="BN252" s="11"/>
+      <c r="BO252" s="11"/>
+      <c r="BP252" s="11"/>
+      <c r="BQ252" s="11"/>
+      <c r="BR252" s="11"/>
+      <c r="BS252" s="11"/>
+      <c r="BT252" s="11"/>
+      <c r="BU252" s="11"/>
+      <c r="BV252" s="11"/>
+      <c r="BW252" s="11"/>
+      <c r="BX252" s="11"/>
+      <c r="BY252" s="11"/>
+      <c r="BZ252" s="11"/>
+      <c r="CA252" s="11"/>
+      <c r="CB252" s="11"/>
+      <c r="CC252" s="11"/>
+      <c r="CD252" s="11"/>
+    </row>
+    <row r="253" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A253" s="16">
+        <v>241</v>
+      </c>
+      <c r="B253" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C253" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D253" s="17">
+        <v>2</v>
+      </c>
+      <c r="E253" s="19" t="s">
+        <v>143</v>
+      </c>
+      <c r="F253" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G253" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H253" s="12"/>
+      <c r="I253" s="12"/>
+      <c r="J253" s="10"/>
+      <c r="K253" s="12">
+        <v>60</v>
+      </c>
+      <c r="L253" s="13">
+        <v>1.4</v>
+      </c>
+      <c r="M253" s="11"/>
+      <c r="N253" s="11"/>
+      <c r="O253" s="11"/>
+      <c r="P253" s="11"/>
+      <c r="Q253" s="11"/>
+      <c r="R253" s="11"/>
+      <c r="S253" s="11"/>
+      <c r="T253" s="11"/>
+      <c r="U253" s="11"/>
+      <c r="V253" s="11"/>
+      <c r="W253" s="11"/>
+      <c r="X253" s="11"/>
+      <c r="Y253" s="11"/>
+      <c r="Z253" s="11"/>
+      <c r="AA253" s="11"/>
+      <c r="AB253" s="11"/>
+      <c r="AC253" s="11"/>
+      <c r="AD253" s="11"/>
+      <c r="AE253" s="11"/>
+      <c r="AF253" s="11"/>
+      <c r="AG253" s="11"/>
+      <c r="AH253" s="11"/>
+      <c r="AI253" s="11"/>
+      <c r="AJ253" s="11"/>
+      <c r="AK253" s="11"/>
+      <c r="AL253" s="11"/>
+      <c r="AM253" s="11"/>
+      <c r="AN253" s="11"/>
+      <c r="AO253" s="11"/>
+      <c r="AP253" s="11"/>
+      <c r="AQ253" s="11"/>
+      <c r="AR253" s="11"/>
+      <c r="AS253" s="11"/>
+      <c r="AT253" s="11"/>
+      <c r="AU253" s="11"/>
+      <c r="AV253" s="11"/>
+      <c r="AW253" s="11"/>
+      <c r="AX253" s="11"/>
+      <c r="AY253" s="11"/>
+      <c r="AZ253" s="11"/>
+      <c r="BA253" s="11"/>
+      <c r="BB253" s="11"/>
+      <c r="BC253" s="11"/>
+      <c r="BD253" s="11"/>
+      <c r="BE253" s="11"/>
+      <c r="BF253" s="11"/>
+      <c r="BG253" s="11"/>
+      <c r="BH253" s="11"/>
+      <c r="BI253" s="11"/>
+      <c r="BJ253" s="11"/>
+      <c r="BK253" s="11"/>
+      <c r="BL253" s="11"/>
+      <c r="BM253" s="11"/>
+      <c r="BN253" s="11"/>
+      <c r="BO253" s="11"/>
+      <c r="BP253" s="11"/>
+      <c r="BQ253" s="11"/>
+      <c r="BR253" s="11"/>
+      <c r="BS253" s="11"/>
+      <c r="BT253" s="11"/>
+      <c r="BU253" s="11"/>
+      <c r="BV253" s="11"/>
+      <c r="BW253" s="11"/>
+      <c r="BX253" s="11"/>
+      <c r="BY253" s="11"/>
+      <c r="BZ253" s="11"/>
+      <c r="CA253" s="11"/>
+      <c r="CB253" s="11"/>
+      <c r="CC253" s="11"/>
+      <c r="CD253" s="11"/>
+    </row>
+    <row r="254" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A254" s="16">
+        <v>242</v>
+      </c>
+      <c r="B254" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C254" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D254" s="17">
+        <v>2</v>
+      </c>
+      <c r="E254" s="19" t="s">
+        <v>143</v>
+      </c>
+      <c r="F254" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G254" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H254" s="12"/>
+      <c r="I254" s="12"/>
+      <c r="J254" s="10"/>
+      <c r="K254" s="12">
+        <v>60</v>
+      </c>
+      <c r="L254" s="13">
+        <v>1.4</v>
+      </c>
+      <c r="M254" s="11"/>
+      <c r="N254" s="11"/>
+      <c r="O254" s="11"/>
+      <c r="P254" s="11"/>
+      <c r="Q254" s="11"/>
+      <c r="R254" s="11"/>
+      <c r="S254" s="11"/>
+      <c r="T254" s="11"/>
+      <c r="U254" s="11"/>
+      <c r="V254" s="11"/>
+      <c r="W254" s="11"/>
+      <c r="X254" s="11"/>
+      <c r="Y254" s="11"/>
+      <c r="Z254" s="11"/>
+      <c r="AA254" s="11"/>
+      <c r="AB254" s="11"/>
+      <c r="AC254" s="11"/>
+      <c r="AD254" s="11"/>
+      <c r="AE254" s="11"/>
+      <c r="AF254" s="11"/>
+      <c r="AG254" s="11"/>
+      <c r="AH254" s="11"/>
+      <c r="AI254" s="11"/>
+      <c r="AJ254" s="11"/>
+      <c r="AK254" s="11"/>
+      <c r="AL254" s="11"/>
+      <c r="AM254" s="11"/>
+      <c r="AN254" s="11"/>
+      <c r="AO254" s="11"/>
+      <c r="AP254" s="11"/>
+      <c r="AQ254" s="11"/>
+      <c r="AR254" s="11"/>
+      <c r="AS254" s="11"/>
+      <c r="AT254" s="11"/>
+      <c r="AU254" s="11"/>
+      <c r="AV254" s="11"/>
+      <c r="AW254" s="11"/>
+      <c r="AX254" s="11"/>
+      <c r="AY254" s="11"/>
+      <c r="AZ254" s="11"/>
+      <c r="BA254" s="11"/>
+      <c r="BB254" s="11"/>
+      <c r="BC254" s="11"/>
+      <c r="BD254" s="11"/>
+      <c r="BE254" s="11"/>
+      <c r="BF254" s="11"/>
+      <c r="BG254" s="11"/>
+      <c r="BH254" s="11"/>
+      <c r="BI254" s="11"/>
+      <c r="BJ254" s="11"/>
+      <c r="BK254" s="11"/>
+      <c r="BL254" s="11"/>
+      <c r="BM254" s="11"/>
+      <c r="BN254" s="11"/>
+      <c r="BO254" s="11"/>
+      <c r="BP254" s="11"/>
+      <c r="BQ254" s="11"/>
+      <c r="BR254" s="11"/>
+      <c r="BS254" s="11"/>
+      <c r="BT254" s="11"/>
+      <c r="BU254" s="11"/>
+      <c r="BV254" s="11"/>
+      <c r="BW254" s="11"/>
+      <c r="BX254" s="11"/>
+      <c r="BY254" s="11"/>
+      <c r="BZ254" s="11"/>
+      <c r="CA254" s="11"/>
+      <c r="CB254" s="11"/>
+      <c r="CC254" s="11"/>
+      <c r="CD254" s="11"/>
+    </row>
+    <row r="255" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A255" s="16">
+        <v>243</v>
+      </c>
+      <c r="B255" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C255" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D255" s="17">
+        <v>2</v>
+      </c>
+      <c r="E255" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F255" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G255" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H255" s="12"/>
+      <c r="I255" s="12"/>
+      <c r="J255" s="10"/>
+      <c r="K255" s="12">
+        <v>120</v>
+      </c>
+      <c r="L255" s="13">
+        <v>21.1</v>
+      </c>
+      <c r="M255" s="11"/>
+      <c r="N255" s="11"/>
+      <c r="O255" s="11"/>
+      <c r="P255" s="11"/>
+      <c r="Q255" s="11"/>
+      <c r="R255" s="11"/>
+      <c r="S255" s="11"/>
+      <c r="T255" s="11"/>
+      <c r="U255" s="11"/>
+      <c r="V255" s="11"/>
+      <c r="W255" s="11"/>
+      <c r="X255" s="11"/>
+      <c r="Y255" s="11"/>
+      <c r="Z255" s="11"/>
+      <c r="AA255" s="11"/>
+      <c r="AB255" s="11"/>
+      <c r="AC255" s="11"/>
+      <c r="AD255" s="11"/>
+      <c r="AE255" s="11"/>
+      <c r="AF255" s="11"/>
+      <c r="AG255" s="11"/>
+      <c r="AH255" s="11"/>
+      <c r="AI255" s="11"/>
+      <c r="AJ255" s="11"/>
+      <c r="AK255" s="11"/>
+      <c r="AL255" s="11"/>
+      <c r="AM255" s="11"/>
+      <c r="AN255" s="11"/>
+      <c r="AO255" s="11"/>
+      <c r="AP255" s="11"/>
+      <c r="AQ255" s="11"/>
+      <c r="AR255" s="11"/>
+      <c r="AS255" s="11"/>
+      <c r="AT255" s="11"/>
+      <c r="AU255" s="11"/>
+      <c r="AV255" s="11"/>
+      <c r="AW255" s="11"/>
+      <c r="AX255" s="11"/>
+      <c r="AY255" s="11"/>
+      <c r="AZ255" s="11"/>
+      <c r="BA255" s="11"/>
+      <c r="BB255" s="11"/>
+      <c r="BC255" s="11"/>
+      <c r="BD255" s="11"/>
+      <c r="BE255" s="11"/>
+      <c r="BF255" s="11"/>
+      <c r="BG255" s="11"/>
+      <c r="BH255" s="11"/>
+      <c r="BI255" s="11"/>
+      <c r="BJ255" s="11"/>
+      <c r="BK255" s="11"/>
+      <c r="BL255" s="11"/>
+      <c r="BM255" s="11"/>
+      <c r="BN255" s="11"/>
+      <c r="BO255" s="11"/>
+      <c r="BP255" s="11"/>
+      <c r="BQ255" s="11"/>
+      <c r="BR255" s="11"/>
+      <c r="BS255" s="11"/>
+      <c r="BT255" s="11"/>
+      <c r="BU255" s="11"/>
+      <c r="BV255" s="11"/>
+      <c r="BW255" s="11"/>
+      <c r="BX255" s="11"/>
+      <c r="BY255" s="11"/>
+      <c r="BZ255" s="11"/>
+      <c r="CA255" s="11"/>
+      <c r="CB255" s="11"/>
+      <c r="CC255" s="11"/>
+      <c r="CD255" s="11"/>
+    </row>
+    <row r="256" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A256" s="16">
+        <v>244</v>
+      </c>
+      <c r="B256" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C256" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D256" s="17">
+        <v>7</v>
+      </c>
+      <c r="E256" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F256" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G256" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H256" s="12"/>
+      <c r="I256" s="12"/>
+      <c r="J256" s="10"/>
+      <c r="K256" s="12">
+        <v>0</v>
+      </c>
+      <c r="L256" s="13">
+        <v>7</v>
+      </c>
+      <c r="M256" s="11"/>
+      <c r="N256" s="11"/>
+      <c r="O256" s="11"/>
+      <c r="P256" s="11"/>
+      <c r="Q256" s="11"/>
+      <c r="R256" s="11"/>
+      <c r="S256" s="11"/>
+      <c r="T256" s="11"/>
+      <c r="U256" s="11"/>
+      <c r="V256" s="11"/>
+      <c r="W256" s="11"/>
+      <c r="X256" s="11"/>
+      <c r="Y256" s="11"/>
+      <c r="Z256" s="11"/>
+      <c r="AA256" s="11"/>
+      <c r="AB256" s="11"/>
+      <c r="AC256" s="11"/>
+      <c r="AD256" s="11"/>
+      <c r="AE256" s="11"/>
+      <c r="AF256" s="11"/>
+      <c r="AG256" s="11"/>
+      <c r="AH256" s="11"/>
+      <c r="AI256" s="11"/>
+      <c r="AJ256" s="11"/>
+      <c r="AK256" s="11"/>
+      <c r="AL256" s="11"/>
+      <c r="AM256" s="11"/>
+      <c r="AN256" s="11"/>
+      <c r="AO256" s="11"/>
+      <c r="AP256" s="11"/>
+      <c r="AQ256" s="11"/>
+      <c r="AR256" s="11"/>
+      <c r="AS256" s="11"/>
+      <c r="AT256" s="11"/>
+      <c r="AU256" s="11"/>
+      <c r="AV256" s="11"/>
+      <c r="AW256" s="11"/>
+      <c r="AX256" s="11"/>
+      <c r="AY256" s="11"/>
+      <c r="AZ256" s="11"/>
+      <c r="BA256" s="11"/>
+      <c r="BB256" s="11"/>
+      <c r="BC256" s="11"/>
+      <c r="BD256" s="11"/>
+      <c r="BE256" s="11"/>
+      <c r="BF256" s="11"/>
+      <c r="BG256" s="11"/>
+      <c r="BH256" s="11"/>
+      <c r="BI256" s="11"/>
+      <c r="BJ256" s="11"/>
+      <c r="BK256" s="11"/>
+      <c r="BL256" s="11"/>
+      <c r="BM256" s="11"/>
+      <c r="BN256" s="11"/>
+      <c r="BO256" s="11"/>
+      <c r="BP256" s="11"/>
+      <c r="BQ256" s="11"/>
+      <c r="BR256" s="11"/>
+      <c r="BS256" s="11"/>
+      <c r="BT256" s="11"/>
+      <c r="BU256" s="11"/>
+      <c r="BV256" s="11"/>
+      <c r="BW256" s="11"/>
+      <c r="BX256" s="11"/>
+      <c r="BY256" s="11"/>
+      <c r="BZ256" s="11"/>
+      <c r="CA256" s="11"/>
+      <c r="CB256" s="11"/>
+      <c r="CC256" s="11"/>
+      <c r="CD256" s="11"/>
+    </row>
+    <row r="257" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="16">
+        <v>245</v>
+      </c>
+      <c r="B257" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C257" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D257" s="17">
+        <v>7</v>
+      </c>
+      <c r="E257" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F257" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G257" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H257" s="12"/>
+      <c r="I257" s="12"/>
+      <c r="J257" s="10"/>
+      <c r="K257" s="12">
+        <v>0</v>
+      </c>
+      <c r="L257" s="13">
+        <v>7</v>
+      </c>
+      <c r="M257" s="11"/>
+      <c r="N257" s="11"/>
+      <c r="O257" s="11"/>
+      <c r="P257" s="11"/>
+      <c r="Q257" s="11"/>
+      <c r="R257" s="11"/>
+      <c r="S257" s="11"/>
+      <c r="T257" s="11"/>
+      <c r="U257" s="11"/>
+      <c r="V257" s="11"/>
+      <c r="W257" s="11"/>
+      <c r="X257" s="11"/>
+      <c r="Y257" s="11"/>
+      <c r="Z257" s="11"/>
+      <c r="AA257" s="11"/>
+      <c r="AB257" s="11"/>
+      <c r="AC257" s="11"/>
+      <c r="AD257" s="11"/>
+      <c r="AE257" s="11"/>
+      <c r="AF257" s="11"/>
+      <c r="AG257" s="11"/>
+      <c r="AH257" s="11"/>
+      <c r="AI257" s="11"/>
+      <c r="AJ257" s="11"/>
+      <c r="AK257" s="11"/>
+      <c r="AL257" s="11"/>
+      <c r="AM257" s="11"/>
+      <c r="AN257" s="11"/>
+      <c r="AO257" s="11"/>
+      <c r="AP257" s="11"/>
+      <c r="AQ257" s="11"/>
+      <c r="AR257" s="11"/>
+      <c r="AS257" s="11"/>
+      <c r="AT257" s="11"/>
+      <c r="AU257" s="11"/>
+      <c r="AV257" s="11"/>
+      <c r="AW257" s="11"/>
+      <c r="AX257" s="11"/>
+      <c r="AY257" s="11"/>
+      <c r="AZ257" s="11"/>
+      <c r="BA257" s="11"/>
+      <c r="BB257" s="11"/>
+      <c r="BC257" s="11"/>
+      <c r="BD257" s="11"/>
+      <c r="BE257" s="11"/>
+      <c r="BF257" s="11"/>
+      <c r="BG257" s="11"/>
+      <c r="BH257" s="11"/>
+      <c r="BI257" s="11"/>
+      <c r="BJ257" s="11"/>
+      <c r="BK257" s="11"/>
+      <c r="BL257" s="11"/>
+      <c r="BM257" s="11"/>
+      <c r="BN257" s="11"/>
+      <c r="BO257" s="11"/>
+      <c r="BP257" s="11"/>
+      <c r="BQ257" s="11"/>
+      <c r="BR257" s="11"/>
+      <c r="BS257" s="11"/>
+      <c r="BT257" s="11"/>
+      <c r="BU257" s="11"/>
+      <c r="BV257" s="11"/>
+      <c r="BW257" s="11"/>
+      <c r="BX257" s="11"/>
+      <c r="BY257" s="11"/>
+      <c r="BZ257" s="11"/>
+      <c r="CA257" s="11"/>
+      <c r="CB257" s="11"/>
+      <c r="CC257" s="11"/>
+      <c r="CD257" s="11"/>
+    </row>
+    <row r="258" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A258" s="16">
+        <v>246</v>
+      </c>
+      <c r="B258" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C258" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D258" s="17">
+        <v>7</v>
+      </c>
+      <c r="E258" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F258" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G258" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H258" s="12"/>
+      <c r="I258" s="12"/>
+      <c r="J258" s="10"/>
+      <c r="K258" s="12">
+        <v>0</v>
+      </c>
+      <c r="L258" s="13">
+        <v>7</v>
+      </c>
+      <c r="M258" s="11"/>
+      <c r="N258" s="11"/>
+      <c r="O258" s="11"/>
+      <c r="P258" s="11"/>
+      <c r="Q258" s="11"/>
+      <c r="R258" s="11"/>
+      <c r="S258" s="11"/>
+      <c r="T258" s="11"/>
+      <c r="U258" s="11"/>
+      <c r="V258" s="11"/>
+      <c r="W258" s="11"/>
+      <c r="X258" s="11"/>
+      <c r="Y258" s="11"/>
+      <c r="Z258" s="11"/>
+      <c r="AA258" s="11"/>
+      <c r="AB258" s="11"/>
+      <c r="AC258" s="11"/>
+      <c r="AD258" s="11"/>
+      <c r="AE258" s="11"/>
+      <c r="AF258" s="11"/>
+      <c r="AG258" s="11"/>
+      <c r="AH258" s="11"/>
+      <c r="AI258" s="11"/>
+      <c r="AJ258" s="11"/>
+      <c r="AK258" s="11"/>
+      <c r="AL258" s="11"/>
+      <c r="AM258" s="11"/>
+      <c r="AN258" s="11"/>
+      <c r="AO258" s="11"/>
+      <c r="AP258" s="11"/>
+      <c r="AQ258" s="11"/>
+      <c r="AR258" s="11"/>
+      <c r="AS258" s="11"/>
+      <c r="AT258" s="11"/>
+      <c r="AU258" s="11"/>
+      <c r="AV258" s="11"/>
+      <c r="AW258" s="11"/>
+      <c r="AX258" s="11"/>
+      <c r="AY258" s="11"/>
+      <c r="AZ258" s="11"/>
+      <c r="BA258" s="11"/>
+      <c r="BB258" s="11"/>
+      <c r="BC258" s="11"/>
+      <c r="BD258" s="11"/>
+      <c r="BE258" s="11"/>
+      <c r="BF258" s="11"/>
+      <c r="BG258" s="11"/>
+      <c r="BH258" s="11"/>
+      <c r="BI258" s="11"/>
+      <c r="BJ258" s="11"/>
+      <c r="BK258" s="11"/>
+      <c r="BL258" s="11"/>
+      <c r="BM258" s="11"/>
+      <c r="BN258" s="11"/>
+      <c r="BO258" s="11"/>
+      <c r="BP258" s="11"/>
+      <c r="BQ258" s="11"/>
+      <c r="BR258" s="11"/>
+      <c r="BS258" s="11"/>
+      <c r="BT258" s="11"/>
+      <c r="BU258" s="11"/>
+      <c r="BV258" s="11"/>
+      <c r="BW258" s="11"/>
+      <c r="BX258" s="11"/>
+      <c r="BY258" s="11"/>
+      <c r="BZ258" s="11"/>
+      <c r="CA258" s="11"/>
+      <c r="CB258" s="11"/>
+      <c r="CC258" s="11"/>
+      <c r="CD258" s="11"/>
+    </row>
+    <row r="259" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A259" s="16">
+        <v>247</v>
+      </c>
+      <c r="B259" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C259" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D259" s="17">
+        <v>7</v>
+      </c>
+      <c r="E259" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F259" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G259" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H259" s="12"/>
+      <c r="I259" s="12"/>
+      <c r="J259" s="10"/>
+      <c r="K259" s="12">
+        <v>0</v>
+      </c>
+      <c r="L259" s="13">
+        <v>7</v>
+      </c>
+      <c r="M259" s="11"/>
+      <c r="N259" s="11"/>
+      <c r="O259" s="11"/>
+      <c r="P259" s="11"/>
+      <c r="Q259" s="11"/>
+      <c r="R259" s="11"/>
+      <c r="S259" s="11"/>
+      <c r="T259" s="11"/>
+      <c r="U259" s="11"/>
+      <c r="V259" s="11"/>
+      <c r="W259" s="11"/>
+      <c r="X259" s="11"/>
+      <c r="Y259" s="11"/>
+      <c r="Z259" s="11"/>
+      <c r="AA259" s="11"/>
+      <c r="AB259" s="11"/>
+      <c r="AC259" s="11"/>
+      <c r="AD259" s="11"/>
+      <c r="AE259" s="11"/>
+      <c r="AF259" s="11"/>
+      <c r="AG259" s="11"/>
+      <c r="AH259" s="11"/>
+      <c r="AI259" s="11"/>
+      <c r="AJ259" s="11"/>
+      <c r="AK259" s="11"/>
+      <c r="AL259" s="11"/>
+      <c r="AM259" s="11"/>
+      <c r="AN259" s="11"/>
+      <c r="AO259" s="11"/>
+      <c r="AP259" s="11"/>
+      <c r="AQ259" s="11"/>
+      <c r="AR259" s="11"/>
+      <c r="AS259" s="11"/>
+      <c r="AT259" s="11"/>
+      <c r="AU259" s="11"/>
+      <c r="AV259" s="11"/>
+      <c r="AW259" s="11"/>
+      <c r="AX259" s="11"/>
+      <c r="AY259" s="11"/>
+      <c r="AZ259" s="11"/>
+      <c r="BA259" s="11"/>
+      <c r="BB259" s="11"/>
+      <c r="BC259" s="11"/>
+      <c r="BD259" s="11"/>
+      <c r="BE259" s="11"/>
+      <c r="BF259" s="11"/>
+      <c r="BG259" s="11"/>
+      <c r="BH259" s="11"/>
+      <c r="BI259" s="11"/>
+      <c r="BJ259" s="11"/>
+      <c r="BK259" s="11"/>
+      <c r="BL259" s="11"/>
+      <c r="BM259" s="11"/>
+      <c r="BN259" s="11"/>
+      <c r="BO259" s="11"/>
+      <c r="BP259" s="11"/>
+      <c r="BQ259" s="11"/>
+      <c r="BR259" s="11"/>
+      <c r="BS259" s="11"/>
+      <c r="BT259" s="11"/>
+      <c r="BU259" s="11"/>
+      <c r="BV259" s="11"/>
+      <c r="BW259" s="11"/>
+      <c r="BX259" s="11"/>
+      <c r="BY259" s="11"/>
+      <c r="BZ259" s="11"/>
+      <c r="CA259" s="11"/>
+      <c r="CB259" s="11"/>
+      <c r="CC259" s="11"/>
+      <c r="CD259" s="11"/>
+    </row>
+    <row r="260" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A260" s="16">
+        <v>248</v>
+      </c>
+      <c r="B260" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C260" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D260" s="17">
+        <v>7</v>
+      </c>
+      <c r="E260" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F260" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G260" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H260" s="12"/>
+      <c r="I260" s="12"/>
+      <c r="J260" s="10"/>
+      <c r="K260" s="12">
+        <v>0</v>
+      </c>
+      <c r="L260" s="13">
+        <v>7</v>
+      </c>
+      <c r="M260" s="11"/>
+      <c r="N260" s="11"/>
+      <c r="O260" s="11"/>
+      <c r="P260" s="11"/>
+      <c r="Q260" s="11"/>
+      <c r="R260" s="11"/>
+      <c r="S260" s="11"/>
+      <c r="T260" s="11"/>
+      <c r="U260" s="11"/>
+      <c r="V260" s="11"/>
+      <c r="W260" s="11"/>
+      <c r="X260" s="11"/>
+      <c r="Y260" s="11"/>
+      <c r="Z260" s="11"/>
+      <c r="AA260" s="11"/>
+      <c r="AB260" s="11"/>
+      <c r="AC260" s="11"/>
+      <c r="AD260" s="11"/>
+      <c r="AE260" s="11"/>
+      <c r="AF260" s="11"/>
+      <c r="AG260" s="11"/>
+      <c r="AH260" s="11"/>
+      <c r="AI260" s="11"/>
+      <c r="AJ260" s="11"/>
+      <c r="AK260" s="11"/>
+      <c r="AL260" s="11"/>
+      <c r="AM260" s="11"/>
+      <c r="AN260" s="11"/>
+      <c r="AO260" s="11"/>
+      <c r="AP260" s="11"/>
+      <c r="AQ260" s="11"/>
+      <c r="AR260" s="11"/>
+      <c r="AS260" s="11"/>
+      <c r="AT260" s="11"/>
+      <c r="AU260" s="11"/>
+      <c r="AV260" s="11"/>
+      <c r="AW260" s="11"/>
+      <c r="AX260" s="11"/>
+      <c r="AY260" s="11"/>
+      <c r="AZ260" s="11"/>
+      <c r="BA260" s="11"/>
+      <c r="BB260" s="11"/>
+      <c r="BC260" s="11"/>
+      <c r="BD260" s="11"/>
+      <c r="BE260" s="11"/>
+      <c r="BF260" s="11"/>
+      <c r="BG260" s="11"/>
+      <c r="BH260" s="11"/>
+      <c r="BI260" s="11"/>
+      <c r="BJ260" s="11"/>
+      <c r="BK260" s="11"/>
+      <c r="BL260" s="11"/>
+      <c r="BM260" s="11"/>
+      <c r="BN260" s="11"/>
+      <c r="BO260" s="11"/>
+      <c r="BP260" s="11"/>
+      <c r="BQ260" s="11"/>
+      <c r="BR260" s="11"/>
+      <c r="BS260" s="11"/>
+      <c r="BT260" s="11"/>
+      <c r="BU260" s="11"/>
+      <c r="BV260" s="11"/>
+      <c r="BW260" s="11"/>
+      <c r="BX260" s="11"/>
+      <c r="BY260" s="11"/>
+      <c r="BZ260" s="11"/>
+      <c r="CA260" s="11"/>
+      <c r="CB260" s="11"/>
+      <c r="CC260" s="11"/>
+      <c r="CD260" s="11"/>
+    </row>
+    <row r="261" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A261" s="16">
+        <v>249</v>
+      </c>
+      <c r="B261" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C261" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D261" s="17">
+        <v>7</v>
+      </c>
+      <c r="E261" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F261" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G261" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H261" s="12"/>
+      <c r="I261" s="12"/>
+      <c r="J261" s="10"/>
+      <c r="K261" s="12">
+        <v>0</v>
+      </c>
+      <c r="L261" s="13">
+        <v>7</v>
+      </c>
+      <c r="M261" s="11"/>
+      <c r="N261" s="11"/>
+      <c r="O261" s="11"/>
+      <c r="P261" s="11"/>
+      <c r="Q261" s="11"/>
+      <c r="R261" s="11"/>
+      <c r="S261" s="11"/>
+      <c r="T261" s="11"/>
+      <c r="U261" s="11"/>
+      <c r="V261" s="11"/>
+      <c r="W261" s="11"/>
+      <c r="X261" s="11"/>
+      <c r="Y261" s="11"/>
+      <c r="Z261" s="11"/>
+      <c r="AA261" s="11"/>
+      <c r="AB261" s="11"/>
+      <c r="AC261" s="11"/>
+      <c r="AD261" s="11"/>
+      <c r="AE261" s="11"/>
+      <c r="AF261" s="11"/>
+      <c r="AG261" s="11"/>
+      <c r="AH261" s="11"/>
+      <c r="AI261" s="11"/>
+      <c r="AJ261" s="11"/>
+      <c r="AK261" s="11"/>
+      <c r="AL261" s="11"/>
+      <c r="AM261" s="11"/>
+      <c r="AN261" s="11"/>
+      <c r="AO261" s="11"/>
+      <c r="AP261" s="11"/>
+      <c r="AQ261" s="11"/>
+      <c r="AR261" s="11"/>
+      <c r="AS261" s="11"/>
+      <c r="AT261" s="11"/>
+      <c r="AU261" s="11"/>
+      <c r="AV261" s="11"/>
+      <c r="AW261" s="11"/>
+      <c r="AX261" s="11"/>
+      <c r="AY261" s="11"/>
+      <c r="AZ261" s="11"/>
+      <c r="BA261" s="11"/>
+      <c r="BB261" s="11"/>
+      <c r="BC261" s="11"/>
+      <c r="BD261" s="11"/>
+      <c r="BE261" s="11"/>
+      <c r="BF261" s="11"/>
+      <c r="BG261" s="11"/>
+      <c r="BH261" s="11"/>
+      <c r="BI261" s="11"/>
+      <c r="BJ261" s="11"/>
+      <c r="BK261" s="11"/>
+      <c r="BL261" s="11"/>
+      <c r="BM261" s="11"/>
+      <c r="BN261" s="11"/>
+      <c r="BO261" s="11"/>
+      <c r="BP261" s="11"/>
+      <c r="BQ261" s="11"/>
+      <c r="BR261" s="11"/>
+      <c r="BS261" s="11"/>
+      <c r="BT261" s="11"/>
+      <c r="BU261" s="11"/>
+      <c r="BV261" s="11"/>
+      <c r="BW261" s="11"/>
+      <c r="BX261" s="11"/>
+      <c r="BY261" s="11"/>
+      <c r="BZ261" s="11"/>
+      <c r="CA261" s="11"/>
+      <c r="CB261" s="11"/>
+      <c r="CC261" s="11"/>
+      <c r="CD261" s="11"/>
+    </row>
+    <row r="262" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="29">
+        <v>250</v>
+      </c>
+      <c r="B262" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="C262" s="43" t="s">
+        <v>138</v>
+      </c>
+      <c r="D262" s="41">
         <v>3</v>
       </c>
-      <c r="E188" s="17" t="s">
-[...11 lines deleted...]
-      <c r="K188" s="10">
+      <c r="E262" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="F262" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G262" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H262" s="12"/>
+      <c r="I262" s="12"/>
+      <c r="J262" s="10"/>
+      <c r="K262" s="12"/>
+      <c r="L262" s="13">
+        <v>34</v>
+      </c>
+      <c r="M262" s="11"/>
+      <c r="N262" s="11"/>
+      <c r="O262" s="11"/>
+      <c r="P262" s="11"/>
+      <c r="Q262" s="11"/>
+      <c r="R262" s="11"/>
+      <c r="S262" s="11"/>
+      <c r="T262" s="11"/>
+      <c r="U262" s="11"/>
+      <c r="V262" s="11"/>
+      <c r="W262" s="11"/>
+      <c r="X262" s="11"/>
+      <c r="Y262" s="11"/>
+      <c r="Z262" s="11"/>
+      <c r="AA262" s="11"/>
+      <c r="AB262" s="11"/>
+      <c r="AC262" s="11"/>
+      <c r="AD262" s="11"/>
+      <c r="AE262" s="11"/>
+      <c r="AF262" s="11"/>
+      <c r="AG262" s="11"/>
+      <c r="AH262" s="11"/>
+      <c r="AI262" s="11"/>
+      <c r="AJ262" s="11"/>
+      <c r="AK262" s="11"/>
+      <c r="AL262" s="11"/>
+      <c r="AM262" s="11"/>
+      <c r="AN262" s="11"/>
+      <c r="AO262" s="11"/>
+      <c r="AP262" s="11"/>
+      <c r="AQ262" s="11"/>
+      <c r="AR262" s="11"/>
+      <c r="AS262" s="11"/>
+      <c r="AT262" s="11"/>
+      <c r="AU262" s="11"/>
+      <c r="AV262" s="11"/>
+      <c r="AW262" s="11"/>
+      <c r="AX262" s="11"/>
+      <c r="AY262" s="11"/>
+      <c r="AZ262" s="11"/>
+      <c r="BA262" s="11"/>
+      <c r="BB262" s="11"/>
+      <c r="BC262" s="11"/>
+      <c r="BD262" s="11"/>
+      <c r="BE262" s="11"/>
+      <c r="BF262" s="11"/>
+      <c r="BG262" s="11"/>
+      <c r="BH262" s="11"/>
+      <c r="BI262" s="11"/>
+      <c r="BJ262" s="11"/>
+      <c r="BK262" s="11"/>
+      <c r="BL262" s="11"/>
+      <c r="BM262" s="11"/>
+      <c r="BN262" s="11"/>
+      <c r="BO262" s="11"/>
+      <c r="BP262" s="11"/>
+      <c r="BQ262" s="11"/>
+      <c r="BR262" s="11"/>
+      <c r="BS262" s="11"/>
+      <c r="BT262" s="11"/>
+      <c r="BU262" s="11"/>
+      <c r="BV262" s="11"/>
+      <c r="BW262" s="11"/>
+      <c r="BX262" s="11"/>
+      <c r="BY262" s="11"/>
+      <c r="BZ262" s="11"/>
+      <c r="CA262" s="11"/>
+      <c r="CB262" s="11"/>
+      <c r="CC262" s="11"/>
+      <c r="CD262" s="11"/>
+    </row>
+    <row r="263" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="30"/>
+      <c r="B263" s="46"/>
+      <c r="C263" s="44"/>
+      <c r="D263" s="42"/>
+      <c r="E263" s="44"/>
+      <c r="F263" s="34"/>
+      <c r="G263" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H263" s="12"/>
+      <c r="I263" s="12"/>
+      <c r="J263" s="10"/>
+      <c r="K263" s="12">
+        <v>90</v>
+      </c>
+      <c r="L263" s="13">
+        <v>2.1</v>
+      </c>
+      <c r="M263" s="11"/>
+      <c r="N263" s="11"/>
+      <c r="O263" s="11"/>
+      <c r="P263" s="11"/>
+      <c r="Q263" s="11"/>
+      <c r="R263" s="11"/>
+      <c r="S263" s="11"/>
+      <c r="T263" s="11"/>
+      <c r="U263" s="11"/>
+      <c r="V263" s="11"/>
+      <c r="W263" s="11"/>
+      <c r="X263" s="11"/>
+      <c r="Y263" s="11"/>
+      <c r="Z263" s="11"/>
+      <c r="AA263" s="11"/>
+      <c r="AB263" s="11"/>
+      <c r="AC263" s="11"/>
+      <c r="AD263" s="11"/>
+      <c r="AE263" s="11"/>
+      <c r="AF263" s="11"/>
+      <c r="AG263" s="11"/>
+      <c r="AH263" s="11"/>
+      <c r="AI263" s="11"/>
+      <c r="AJ263" s="11"/>
+      <c r="AK263" s="11"/>
+      <c r="AL263" s="11"/>
+      <c r="AM263" s="11"/>
+      <c r="AN263" s="11"/>
+      <c r="AO263" s="11"/>
+      <c r="AP263" s="11"/>
+      <c r="AQ263" s="11"/>
+      <c r="AR263" s="11"/>
+      <c r="AS263" s="11"/>
+      <c r="AT263" s="11"/>
+      <c r="AU263" s="11"/>
+      <c r="AV263" s="11"/>
+      <c r="AW263" s="11"/>
+      <c r="AX263" s="11"/>
+      <c r="AY263" s="11"/>
+      <c r="AZ263" s="11"/>
+      <c r="BA263" s="11"/>
+      <c r="BB263" s="11"/>
+      <c r="BC263" s="11"/>
+      <c r="BD263" s="11"/>
+      <c r="BE263" s="11"/>
+      <c r="BF263" s="11"/>
+      <c r="BG263" s="11"/>
+      <c r="BH263" s="11"/>
+      <c r="BI263" s="11"/>
+      <c r="BJ263" s="11"/>
+      <c r="BK263" s="11"/>
+      <c r="BL263" s="11"/>
+      <c r="BM263" s="11"/>
+      <c r="BN263" s="11"/>
+      <c r="BO263" s="11"/>
+      <c r="BP263" s="11"/>
+      <c r="BQ263" s="11"/>
+      <c r="BR263" s="11"/>
+      <c r="BS263" s="11"/>
+      <c r="BT263" s="11"/>
+      <c r="BU263" s="11"/>
+      <c r="BV263" s="11"/>
+      <c r="BW263" s="11"/>
+      <c r="BX263" s="11"/>
+      <c r="BY263" s="11"/>
+      <c r="BZ263" s="11"/>
+      <c r="CA263" s="11"/>
+      <c r="CB263" s="11"/>
+      <c r="CC263" s="11"/>
+      <c r="CD263" s="11"/>
+    </row>
+    <row r="264" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="16">
+        <v>251</v>
+      </c>
+      <c r="B264" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C264" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D264" s="17">
+        <v>3</v>
+      </c>
+      <c r="E264" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F264" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G264" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H264" s="24">
+        <v>242</v>
+      </c>
+      <c r="I264" s="24">
+        <v>617.52</v>
+      </c>
+      <c r="J264" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K264" s="24">
+        <v>150</v>
+      </c>
+      <c r="L264" s="25">
+        <v>3.27</v>
+      </c>
+    </row>
+    <row r="265" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="16">
+        <v>252</v>
+      </c>
+      <c r="B265" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C265" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D265" s="17">
+        <v>3</v>
+      </c>
+      <c r="E265" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F265" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G265" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H265" s="24">
+        <v>242</v>
+      </c>
+      <c r="I265" s="24">
+        <v>617.52</v>
+      </c>
+      <c r="J265" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K265" s="24">
+        <v>150</v>
+      </c>
+      <c r="L265" s="25">
+        <v>3.27</v>
+      </c>
+    </row>
+    <row r="266" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="16">
+        <v>253</v>
+      </c>
+      <c r="B266" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C266" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D266" s="17">
+        <v>3</v>
+      </c>
+      <c r="E266" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F266" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G266" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H266" s="24">
+        <v>242</v>
+      </c>
+      <c r="I266" s="24">
+        <v>617.52</v>
+      </c>
+      <c r="J266" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K266" s="24">
+        <v>150</v>
+      </c>
+      <c r="L266" s="25">
+        <v>3.28</v>
+      </c>
+    </row>
+    <row r="267" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="16">
+        <v>254</v>
+      </c>
+      <c r="B267" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C267" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D267" s="17">
+        <v>3</v>
+      </c>
+      <c r="E267" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F267" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G267" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H267" s="24">
+        <v>242</v>
+      </c>
+      <c r="I267" s="24">
+        <v>617.52</v>
+      </c>
+      <c r="J267" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K267" s="24">
+        <v>150</v>
+      </c>
+      <c r="L267" s="25">
+        <v>3.28</v>
+      </c>
+    </row>
+    <row r="268" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="16">
+        <v>255</v>
+      </c>
+      <c r="B268" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C268" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D268" s="17">
+        <v>3</v>
+      </c>
+      <c r="E268" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F268" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G268" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H268" s="24">
+        <v>242</v>
+      </c>
+      <c r="I268" s="24">
+        <v>617.52</v>
+      </c>
+      <c r="J268" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K268" s="24">
+        <v>150</v>
+      </c>
+      <c r="L268" s="25">
+        <v>3.28</v>
+      </c>
+    </row>
+    <row r="269" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="16">
+        <v>256</v>
+      </c>
+      <c r="B269" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C269" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D269" s="17">
+        <v>3</v>
+      </c>
+      <c r="E269" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F269" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G269" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H269" s="24">
+        <v>242</v>
+      </c>
+      <c r="I269" s="24">
+        <v>617.52</v>
+      </c>
+      <c r="J269" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K269" s="24">
+        <v>150</v>
+      </c>
+      <c r="L269" s="25">
+        <v>3.28</v>
+      </c>
+    </row>
+    <row r="270" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="16">
+        <v>257</v>
+      </c>
+      <c r="B270" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C270" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D270" s="17">
+        <v>2</v>
+      </c>
+      <c r="E270" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F270" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G270" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H270" s="12"/>
+      <c r="I270" s="12"/>
+      <c r="J270" s="10"/>
+      <c r="K270" s="12">
+        <v>120</v>
+      </c>
+      <c r="L270" s="13">
+        <v>30.5</v>
+      </c>
+      <c r="M270" s="11"/>
+      <c r="N270" s="11"/>
+      <c r="O270" s="11"/>
+      <c r="P270" s="11"/>
+      <c r="Q270" s="11"/>
+      <c r="R270" s="11"/>
+      <c r="S270" s="11"/>
+      <c r="T270" s="11"/>
+      <c r="U270" s="11"/>
+      <c r="V270" s="11"/>
+      <c r="W270" s="11"/>
+      <c r="X270" s="11"/>
+      <c r="Y270" s="11"/>
+      <c r="Z270" s="11"/>
+      <c r="AA270" s="11"/>
+      <c r="AB270" s="11"/>
+      <c r="AC270" s="11"/>
+      <c r="AD270" s="11"/>
+      <c r="AE270" s="11"/>
+      <c r="AF270" s="11"/>
+      <c r="AG270" s="11"/>
+      <c r="AH270" s="11"/>
+      <c r="AI270" s="11"/>
+      <c r="AJ270" s="11"/>
+      <c r="AK270" s="11"/>
+      <c r="AL270" s="11"/>
+      <c r="AM270" s="11"/>
+      <c r="AN270" s="11"/>
+      <c r="AO270" s="11"/>
+      <c r="AP270" s="11"/>
+      <c r="AQ270" s="11"/>
+      <c r="AR270" s="11"/>
+      <c r="AS270" s="11"/>
+      <c r="AT270" s="11"/>
+      <c r="AU270" s="11"/>
+      <c r="AV270" s="11"/>
+      <c r="AW270" s="11"/>
+      <c r="AX270" s="11"/>
+      <c r="AY270" s="11"/>
+      <c r="AZ270" s="11"/>
+      <c r="BA270" s="11"/>
+      <c r="BB270" s="11"/>
+      <c r="BC270" s="11"/>
+      <c r="BD270" s="11"/>
+      <c r="BE270" s="11"/>
+      <c r="BF270" s="11"/>
+      <c r="BG270" s="11"/>
+      <c r="BH270" s="11"/>
+      <c r="BI270" s="11"/>
+      <c r="BJ270" s="11"/>
+      <c r="BK270" s="11"/>
+      <c r="BL270" s="11"/>
+      <c r="BM270" s="11"/>
+      <c r="BN270" s="11"/>
+      <c r="BO270" s="11"/>
+      <c r="BP270" s="11"/>
+      <c r="BQ270" s="11"/>
+      <c r="BR270" s="11"/>
+      <c r="BS270" s="11"/>
+      <c r="BT270" s="11"/>
+      <c r="BU270" s="11"/>
+      <c r="BV270" s="11"/>
+      <c r="BW270" s="11"/>
+      <c r="BX270" s="11"/>
+      <c r="BY270" s="11"/>
+      <c r="BZ270" s="11"/>
+      <c r="CA270" s="11"/>
+      <c r="CB270" s="11"/>
+      <c r="CC270" s="11"/>
+      <c r="CD270" s="11"/>
+    </row>
+    <row r="271" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="29">
+        <v>258</v>
+      </c>
+      <c r="B271" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="C271" s="43" t="s">
+        <v>138</v>
+      </c>
+      <c r="D271" s="41">
+        <v>2</v>
+      </c>
+      <c r="E271" s="43" t="s">
+        <v>60</v>
+      </c>
+      <c r="F271" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G271" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H271" s="12"/>
+      <c r="I271" s="12">
+        <v>758.82</v>
+      </c>
+      <c r="J271" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K271" s="12"/>
+      <c r="L271" s="13"/>
+      <c r="M271" s="11"/>
+      <c r="N271" s="11"/>
+      <c r="O271" s="11"/>
+      <c r="P271" s="11"/>
+      <c r="Q271" s="11"/>
+      <c r="R271" s="11"/>
+      <c r="S271" s="11"/>
+      <c r="T271" s="11"/>
+      <c r="U271" s="11"/>
+      <c r="V271" s="11"/>
+      <c r="W271" s="11"/>
+      <c r="X271" s="11"/>
+      <c r="Y271" s="11"/>
+      <c r="Z271" s="11"/>
+      <c r="AA271" s="11"/>
+      <c r="AB271" s="11"/>
+      <c r="AC271" s="11"/>
+      <c r="AD271" s="11"/>
+      <c r="AE271" s="11"/>
+      <c r="AF271" s="11"/>
+      <c r="AG271" s="11"/>
+      <c r="AH271" s="11"/>
+      <c r="AI271" s="11"/>
+      <c r="AJ271" s="11"/>
+      <c r="AK271" s="11"/>
+      <c r="AL271" s="11"/>
+      <c r="AM271" s="11"/>
+      <c r="AN271" s="11"/>
+      <c r="AO271" s="11"/>
+      <c r="AP271" s="11"/>
+      <c r="AQ271" s="11"/>
+      <c r="AR271" s="11"/>
+      <c r="AS271" s="11"/>
+      <c r="AT271" s="11"/>
+      <c r="AU271" s="11"/>
+      <c r="AV271" s="11"/>
+      <c r="AW271" s="11"/>
+      <c r="AX271" s="11"/>
+      <c r="AY271" s="11"/>
+      <c r="AZ271" s="11"/>
+      <c r="BA271" s="11"/>
+      <c r="BB271" s="11"/>
+      <c r="BC271" s="11"/>
+      <c r="BD271" s="11"/>
+      <c r="BE271" s="11"/>
+      <c r="BF271" s="11"/>
+      <c r="BG271" s="11"/>
+      <c r="BH271" s="11"/>
+      <c r="BI271" s="11"/>
+      <c r="BJ271" s="11"/>
+      <c r="BK271" s="11"/>
+      <c r="BL271" s="11"/>
+      <c r="BM271" s="11"/>
+      <c r="BN271" s="11"/>
+      <c r="BO271" s="11"/>
+      <c r="BP271" s="11"/>
+      <c r="BQ271" s="11"/>
+      <c r="BR271" s="11"/>
+      <c r="BS271" s="11"/>
+      <c r="BT271" s="11"/>
+      <c r="BU271" s="11"/>
+      <c r="BV271" s="11"/>
+      <c r="BW271" s="11"/>
+      <c r="BX271" s="11"/>
+      <c r="BY271" s="11"/>
+      <c r="BZ271" s="11"/>
+      <c r="CA271" s="11"/>
+      <c r="CB271" s="11"/>
+      <c r="CC271" s="11"/>
+      <c r="CD271" s="11"/>
+    </row>
+    <row r="272" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A272" s="30"/>
+      <c r="B272" s="46"/>
+      <c r="C272" s="44"/>
+      <c r="D272" s="42"/>
+      <c r="E272" s="44"/>
+      <c r="F272" s="34"/>
+      <c r="G272" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H272" s="12">
+        <v>140</v>
+      </c>
+      <c r="I272" s="12"/>
+      <c r="J272" s="10"/>
+      <c r="K272" s="12">
+        <v>120</v>
+      </c>
+      <c r="L272" s="13">
+        <v>17.739999999999998</v>
+      </c>
+      <c r="M272" s="11"/>
+      <c r="N272" s="11"/>
+      <c r="O272" s="11"/>
+      <c r="P272" s="11"/>
+      <c r="Q272" s="11"/>
+      <c r="R272" s="11"/>
+      <c r="S272" s="11"/>
+      <c r="T272" s="11"/>
+      <c r="U272" s="11"/>
+      <c r="V272" s="11"/>
+      <c r="W272" s="11"/>
+      <c r="X272" s="11"/>
+      <c r="Y272" s="11"/>
+      <c r="Z272" s="11"/>
+      <c r="AA272" s="11"/>
+      <c r="AB272" s="11"/>
+      <c r="AC272" s="11"/>
+      <c r="AD272" s="11"/>
+      <c r="AE272" s="11"/>
+      <c r="AF272" s="11"/>
+      <c r="AG272" s="11"/>
+      <c r="AH272" s="11"/>
+      <c r="AI272" s="11"/>
+      <c r="AJ272" s="11"/>
+      <c r="AK272" s="11"/>
+      <c r="AL272" s="11"/>
+      <c r="AM272" s="11"/>
+      <c r="AN272" s="11"/>
+      <c r="AO272" s="11"/>
+      <c r="AP272" s="11"/>
+      <c r="AQ272" s="11"/>
+      <c r="AR272" s="11"/>
+      <c r="AS272" s="11"/>
+      <c r="AT272" s="11"/>
+      <c r="AU272" s="11"/>
+      <c r="AV272" s="11"/>
+      <c r="AW272" s="11"/>
+      <c r="AX272" s="11"/>
+      <c r="AY272" s="11"/>
+      <c r="AZ272" s="11"/>
+      <c r="BA272" s="11"/>
+      <c r="BB272" s="11"/>
+      <c r="BC272" s="11"/>
+      <c r="BD272" s="11"/>
+      <c r="BE272" s="11"/>
+      <c r="BF272" s="11"/>
+      <c r="BG272" s="11"/>
+      <c r="BH272" s="11"/>
+      <c r="BI272" s="11"/>
+      <c r="BJ272" s="11"/>
+      <c r="BK272" s="11"/>
+      <c r="BL272" s="11"/>
+      <c r="BM272" s="11"/>
+      <c r="BN272" s="11"/>
+      <c r="BO272" s="11"/>
+      <c r="BP272" s="11"/>
+      <c r="BQ272" s="11"/>
+      <c r="BR272" s="11"/>
+      <c r="BS272" s="11"/>
+      <c r="BT272" s="11"/>
+      <c r="BU272" s="11"/>
+      <c r="BV272" s="11"/>
+      <c r="BW272" s="11"/>
+      <c r="BX272" s="11"/>
+      <c r="BY272" s="11"/>
+      <c r="BZ272" s="11"/>
+      <c r="CA272" s="11"/>
+      <c r="CB272" s="11"/>
+      <c r="CC272" s="11"/>
+      <c r="CD272" s="11"/>
+    </row>
+    <row r="273" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A273" s="16">
+        <v>259</v>
+      </c>
+      <c r="B273" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C273" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D273" s="17">
+        <v>5</v>
+      </c>
+      <c r="E273" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F273" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G273" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H273" s="12">
+        <v>468</v>
+      </c>
+      <c r="I273" s="12">
+        <v>358.63</v>
+      </c>
+      <c r="J273" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K273" s="12">
+        <v>300</v>
+      </c>
+      <c r="L273" s="13">
+        <v>57.4</v>
+      </c>
+      <c r="M273" s="11"/>
+      <c r="N273" s="11"/>
+      <c r="O273" s="11"/>
+      <c r="P273" s="11"/>
+      <c r="Q273" s="11"/>
+      <c r="R273" s="11"/>
+      <c r="S273" s="11"/>
+      <c r="T273" s="11"/>
+      <c r="U273" s="11"/>
+      <c r="V273" s="11"/>
+      <c r="W273" s="11"/>
+      <c r="X273" s="11"/>
+      <c r="Y273" s="11"/>
+      <c r="Z273" s="11"/>
+      <c r="AA273" s="11"/>
+      <c r="AB273" s="11"/>
+      <c r="AC273" s="11"/>
+      <c r="AD273" s="11"/>
+      <c r="AE273" s="11"/>
+      <c r="AF273" s="11"/>
+      <c r="AG273" s="11"/>
+      <c r="AH273" s="11"/>
+      <c r="AI273" s="11"/>
+      <c r="AJ273" s="11"/>
+      <c r="AK273" s="11"/>
+      <c r="AL273" s="11"/>
+      <c r="AM273" s="11"/>
+      <c r="AN273" s="11"/>
+      <c r="AO273" s="11"/>
+      <c r="AP273" s="11"/>
+      <c r="AQ273" s="11"/>
+      <c r="AR273" s="11"/>
+      <c r="AS273" s="11"/>
+      <c r="AT273" s="11"/>
+      <c r="AU273" s="11"/>
+      <c r="AV273" s="11"/>
+      <c r="AW273" s="11"/>
+      <c r="AX273" s="11"/>
+      <c r="AY273" s="11"/>
+      <c r="AZ273" s="11"/>
+      <c r="BA273" s="11"/>
+      <c r="BB273" s="11"/>
+      <c r="BC273" s="11"/>
+      <c r="BD273" s="11"/>
+      <c r="BE273" s="11"/>
+      <c r="BF273" s="11"/>
+      <c r="BG273" s="11"/>
+      <c r="BH273" s="11"/>
+      <c r="BI273" s="11"/>
+      <c r="BJ273" s="11"/>
+      <c r="BK273" s="11"/>
+      <c r="BL273" s="11"/>
+      <c r="BM273" s="11"/>
+      <c r="BN273" s="11"/>
+      <c r="BO273" s="11"/>
+      <c r="BP273" s="11"/>
+      <c r="BQ273" s="11"/>
+      <c r="BR273" s="11"/>
+      <c r="BS273" s="11"/>
+      <c r="BT273" s="11"/>
+      <c r="BU273" s="11"/>
+      <c r="BV273" s="11"/>
+      <c r="BW273" s="11"/>
+      <c r="BX273" s="11"/>
+      <c r="BY273" s="11"/>
+      <c r="BZ273" s="11"/>
+      <c r="CA273" s="11"/>
+      <c r="CB273" s="11"/>
+      <c r="CC273" s="11"/>
+      <c r="CD273" s="11"/>
+    </row>
+    <row r="274" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A274" s="16">
+        <v>260</v>
+      </c>
+      <c r="B274" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C274" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D274" s="17">
+        <v>3</v>
+      </c>
+      <c r="E274" s="19" t="s">
+        <v>144</v>
+      </c>
+      <c r="F274" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G274" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H274" s="12"/>
+      <c r="I274" s="12">
+        <v>628.16999999999996</v>
+      </c>
+      <c r="J274" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K274" s="12">
         <v>69</v>
       </c>
-      <c r="L188" s="11">
-[...13 lines deleted...]
-      <c r="D189" s="18">
+      <c r="L274" s="13">
         <v>3</v>
       </c>
-      <c r="E189" s="17" t="s">
-[...11 lines deleted...]
-      <c r="K189" s="10">
+      <c r="M274" s="11"/>
+      <c r="N274" s="11"/>
+      <c r="O274" s="11"/>
+      <c r="P274" s="11"/>
+      <c r="Q274" s="11"/>
+      <c r="R274" s="11"/>
+      <c r="S274" s="11"/>
+      <c r="T274" s="11"/>
+      <c r="U274" s="11"/>
+      <c r="V274" s="11"/>
+      <c r="W274" s="11"/>
+      <c r="X274" s="11"/>
+      <c r="Y274" s="11"/>
+      <c r="Z274" s="11"/>
+      <c r="AA274" s="11"/>
+      <c r="AB274" s="11"/>
+      <c r="AC274" s="11"/>
+      <c r="AD274" s="11"/>
+      <c r="AE274" s="11"/>
+      <c r="AF274" s="11"/>
+      <c r="AG274" s="11"/>
+      <c r="AH274" s="11"/>
+      <c r="AI274" s="11"/>
+      <c r="AJ274" s="11"/>
+      <c r="AK274" s="11"/>
+      <c r="AL274" s="11"/>
+      <c r="AM274" s="11"/>
+      <c r="AN274" s="11"/>
+      <c r="AO274" s="11"/>
+      <c r="AP274" s="11"/>
+      <c r="AQ274" s="11"/>
+      <c r="AR274" s="11"/>
+      <c r="AS274" s="11"/>
+      <c r="AT274" s="11"/>
+      <c r="AU274" s="11"/>
+      <c r="AV274" s="11"/>
+      <c r="AW274" s="11"/>
+      <c r="AX274" s="11"/>
+      <c r="AY274" s="11"/>
+      <c r="AZ274" s="11"/>
+      <c r="BA274" s="11"/>
+      <c r="BB274" s="11"/>
+      <c r="BC274" s="11"/>
+      <c r="BD274" s="11"/>
+      <c r="BE274" s="11"/>
+      <c r="BF274" s="11"/>
+      <c r="BG274" s="11"/>
+      <c r="BH274" s="11"/>
+      <c r="BI274" s="11"/>
+      <c r="BJ274" s="11"/>
+      <c r="BK274" s="11"/>
+      <c r="BL274" s="11"/>
+      <c r="BM274" s="11"/>
+      <c r="BN274" s="11"/>
+      <c r="BO274" s="11"/>
+      <c r="BP274" s="11"/>
+      <c r="BQ274" s="11"/>
+      <c r="BR274" s="11"/>
+      <c r="BS274" s="11"/>
+      <c r="BT274" s="11"/>
+      <c r="BU274" s="11"/>
+      <c r="BV274" s="11"/>
+      <c r="BW274" s="11"/>
+      <c r="BX274" s="11"/>
+      <c r="BY274" s="11"/>
+      <c r="BZ274" s="11"/>
+      <c r="CA274" s="11"/>
+      <c r="CB274" s="11"/>
+      <c r="CC274" s="11"/>
+      <c r="CD274" s="11"/>
+    </row>
+    <row r="275" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A275" s="16">
+        <v>261</v>
+      </c>
+      <c r="B275" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C275" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D275" s="17">
+        <v>3</v>
+      </c>
+      <c r="E275" s="19" t="s">
+        <v>144</v>
+      </c>
+      <c r="F275" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="G275" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H275" s="12"/>
+      <c r="I275" s="12">
+        <v>628.16999999999996</v>
+      </c>
+      <c r="J275" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K275" s="12">
         <v>69</v>
       </c>
-      <c r="L189" s="11">
-[...13 lines deleted...]
-      <c r="D190" s="18">
+      <c r="L275" s="13">
         <v>3</v>
       </c>
-      <c r="E190" s="17" t="s">
-[...28 lines deleted...]
-      <c r="D191" s="18">
+    </row>
+    <row r="276" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A276" s="29">
+        <v>262</v>
+      </c>
+      <c r="B276" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="C276" s="43" t="s">
+        <v>138</v>
+      </c>
+      <c r="D276" s="41">
         <v>3</v>
       </c>
-      <c r="E191" s="17" t="s">
-[...139 lines deleted...]
-      <c r="K195" s="10">
+      <c r="E276" s="43" t="s">
+        <v>60</v>
+      </c>
+      <c r="F276" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G276" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H276" s="12"/>
+      <c r="I276" s="12">
+        <v>758.82</v>
+      </c>
+      <c r="J276" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="K276" s="12"/>
+      <c r="L276" s="13"/>
+    </row>
+    <row r="277" spans="1:82" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A277" s="30"/>
+      <c r="B277" s="46"/>
+      <c r="C277" s="44"/>
+      <c r="D277" s="42"/>
+      <c r="E277" s="44"/>
+      <c r="F277" s="34"/>
+      <c r="G277" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H277" s="12">
+        <v>272</v>
+      </c>
+      <c r="I277" s="12"/>
+      <c r="J277" s="10"/>
+      <c r="K277" s="12">
         <v>180</v>
       </c>
-      <c r="L195" s="11">
-[...8 lines deleted...]
-      <c r="C196" s="30"/>
+      <c r="L277" s="13">
+        <v>25.43</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <autoFilter ref="F2:F119" xr:uid="{4F8A15C8-AE04-4F5A-A333-99BF8E0EC9E4}"/>
+  <mergeCells count="67">
+    <mergeCell ref="F271:F272"/>
+    <mergeCell ref="E271:E272"/>
+    <mergeCell ref="E276:E277"/>
+    <mergeCell ref="F276:F277"/>
+    <mergeCell ref="A262:A263"/>
+    <mergeCell ref="B262:B263"/>
+    <mergeCell ref="C262:C263"/>
+    <mergeCell ref="A271:A272"/>
+    <mergeCell ref="D271:D272"/>
+    <mergeCell ref="D276:D277"/>
+    <mergeCell ref="A276:A277"/>
+    <mergeCell ref="B271:B272"/>
+    <mergeCell ref="C271:C272"/>
+    <mergeCell ref="B276:B277"/>
+    <mergeCell ref="C276:C277"/>
+    <mergeCell ref="D262:D263"/>
+    <mergeCell ref="E262:E263"/>
+    <mergeCell ref="F186:F187"/>
+    <mergeCell ref="A223:A224"/>
+    <mergeCell ref="B223:B224"/>
+    <mergeCell ref="C223:C224"/>
+    <mergeCell ref="D223:D224"/>
+    <mergeCell ref="E223:E224"/>
+    <mergeCell ref="F223:F224"/>
+    <mergeCell ref="A186:A187"/>
+    <mergeCell ref="B186:B187"/>
+    <mergeCell ref="C186:C187"/>
+    <mergeCell ref="D186:D187"/>
+    <mergeCell ref="E186:E187"/>
+    <mergeCell ref="F262:F263"/>
+    <mergeCell ref="D173:D174"/>
+    <mergeCell ref="D175:D176"/>
+    <mergeCell ref="E173:E174"/>
+    <mergeCell ref="E175:E176"/>
+    <mergeCell ref="F173:F174"/>
+    <mergeCell ref="F175:F176"/>
+    <mergeCell ref="A173:A174"/>
+    <mergeCell ref="A175:A176"/>
+    <mergeCell ref="B173:B174"/>
+    <mergeCell ref="B175:B176"/>
+    <mergeCell ref="C173:C174"/>
+    <mergeCell ref="C175:C176"/>
+    <mergeCell ref="F104:F105"/>
+    <mergeCell ref="E119:E120"/>
+    <mergeCell ref="F119:F120"/>
+    <mergeCell ref="A119:A120"/>
+    <mergeCell ref="D119:D120"/>
+    <mergeCell ref="C119:C120"/>
+    <mergeCell ref="B119:B120"/>
+    <mergeCell ref="A104:A105"/>
+    <mergeCell ref="B104:B105"/>
+    <mergeCell ref="C104:C105"/>
+    <mergeCell ref="D104:D105"/>
+    <mergeCell ref="E104:E105"/>
+    <mergeCell ref="F50:F51"/>
+    <mergeCell ref="E50:E51"/>
+    <mergeCell ref="A50:A51"/>
+    <mergeCell ref="D50:D51"/>
+    <mergeCell ref="B50:B51"/>
+    <mergeCell ref="C50:C51"/>
     <mergeCell ref="A2:L2"/>
-    <mergeCell ref="A196:C196"/>
+    <mergeCell ref="A12:A13"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="C12:C13"/>
+    <mergeCell ref="D12:D13"/>
+    <mergeCell ref="E12:E13"/>
+    <mergeCell ref="F12:F13"/>
   </mergeCells>
-  <dataValidations count="4">
-[...6 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5:C195" xr:uid="{A14C5502-DD21-492E-92D9-0AB34CB6665F}">
+  <phoneticPr fontId="6" type="noConversion"/>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5:C12 C14:C50 C52:C104 C106:C119 C121:C173 C175 C177:C186 C188:C223 C225:C262 C264:C271 C273:C276" xr:uid="{703792D1-45FF-4D96-B431-F41B9BAC5B65}">
       <formula1>"Janvāris,Februāris,Marts,Aprīlis,Maijs,Jūnijs,Jūlijs,Augusts,Septembris,Oktobris,Novembris,Decembris"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G5:G195" xr:uid="{8EBD1763-D032-424F-9678-8D617E4ECA79}">
-      <formula1>FIN</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J5:J277" xr:uid="{465881AB-8F13-47CD-8EB7-F8B135B03168}">
+      <formula1>"Biznesa,Ekonomiskā"</formula1>
     </dataValidation>
   </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{BD4CD33A-AE08-4A06-A254-8C9D71378B89}">
+          <x14:formula1>
+            <xm:f>izvelnes!$A$1:$A$20</xm:f>
+          </x14:formula1>
+          <xm:sqref>F5:F12 F14:F50 F52:F104 F106:F111</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{05EB0340-EBF8-4C40-BAF2-674EAAA5F354}">
+          <x14:formula1>
+            <xm:f>izvelnes!$A$31:$A$42</xm:f>
+          </x14:formula1>
+          <xm:sqref>G5:G112 G272 G277 G186:G187 G224</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60818220-D13D-4B26-94D6-722EF5735D28}">
+  <dimension ref="A1:A42"/>
+  <sheetViews>
+    <sheetView topLeftCell="A19" workbookViewId="0">
+      <selection activeCell="A20" sqref="A20"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="70.44140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A2" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A3" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A4" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A5" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A6" s="1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A7" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A8" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A10" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A11" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A12" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A13" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A14" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A15" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A16" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A17" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A18" s="1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A19" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A20" s="1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A31" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A32" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A34" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A35" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A36" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A37" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A38" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A39" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A40" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="41" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A41" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="42" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A42" s="2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A31:A38">
+    <sortCondition ref="A31:A38"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...177 lines deleted...]
-</worksheet>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101005D2B602845B0154BA2652344BF792124" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="211a89b031fc1d0bc657f0141999cf5a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0" xmlns:ns4="b06eb0b4-95fb-4672-a63a-da5c294ad11e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="367bbbf0d09c3f691536041825d3b6df" ns3:_="" ns4:_="">
+    <xsd:import namespace="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0"/>
+    <xsd:import namespace="b06eb0b4-95fb-4672-a63a-da5c294ad11e"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="13" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="17" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b06eb0b4-95fb-4672-a63a-da5c294ad11e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Koplietošanas norādes jaucējkods" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B1868B9-DB67-475F-966D-67F099183AE0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0"/>
+    <ds:schemaRef ds:uri="b06eb0b4-95fb-4672-a63a-da5c294ad11e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2D51F00-5C9C-436F-BA15-FF4F66032158}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6dca496e-9c8f-4f01-9448-0d7d5e21b1f0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD9BC023-4345-44AD-97B1-9C07F765542A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>tabula</vt:lpstr>
       <vt:lpstr>izvelnes</vt:lpstr>
-      <vt:lpstr>Avio</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Merkis</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>LR IEM</Company>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ieva Avotiņa</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Janis Beltins</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101005D2B602845B0154BA2652344BF792124</vt:lpwstr>
+  </property>
+</Properties>
+</file>