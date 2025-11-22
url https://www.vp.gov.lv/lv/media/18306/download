--- v0 (2025-10-13)
+++ v1 (2025-11-22)
@@ -1,783 +1,735 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="42BC509C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRPr="009D5CCB" w:rsidRDefault="009D5CCB" w:rsidP="009D5CCB">
+    <w:p w14:paraId="2BFFE713" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62" w:rsidP="00B87C62">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Licencēto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>pirotehnisko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>izstrādājumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>realizācijas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>uzņēmumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009D5CCB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>saraksts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="255"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1257"/>
         <w:gridCol w:w="2129"/>
         <w:gridCol w:w="1824"/>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="1034"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="2A051165" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...28 lines deleted...]
-          <w:p w14:paraId="767F81DC" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="0B7F3F09" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13509D12" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16A674DD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Uzņēmuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14A5D055" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0ADDF40B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reģ.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="383606A6" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7FE7EE7C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Juridiskā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9E9DF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7FB4F67E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Realizācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="107DC224" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="5C612BE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="438DA669" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="16DDCE3B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Lic.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C35E0FD" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="563D5F56" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Izsniegta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="048F86CF" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="1F790E1C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="71BB6E16" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA1F91D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="021F076A" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7FDE93E4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ABI VELO SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B6C2CAB" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="18DC812D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42103064718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FFAA10B" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="5E544BD3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ugāles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 4 - 71 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D011CC1" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="62EDCB7F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ganību</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EB8F866" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="57A4ABEA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29544101 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="591E2430" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6364159C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="745F3C0C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="119DE734" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>22.11.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="7BA514D1" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="11335CCA" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="16E1AD73" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7B24AC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A7B5D96" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="153ABCDE" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ALDI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69C24A23" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="096C5716" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>47403004751</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DA30A4A" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1C559094" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ogres </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ogresgala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
@@ -795,51 +747,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jaunrubeņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52CE9019" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="19985057" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ogres </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ogresgala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
@@ -901,848 +853,848 @@
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jaunrubeņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="597AF967" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="034ED387" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29252929 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DBEDAF4" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0215A52F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1563</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DE2AA1D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="136EA5F7" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>26.04.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="2983B424" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="071C808D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="06E57989" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC7D3E2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B7C66FB" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0F187B36" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ATRAKCIJU PARKS DŽUNGĻI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E878925" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="393B7C7E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>50203219631</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50A521E3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3A23B841" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mūkusalas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 72b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A11EC4F" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="07605E39" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mūkusalas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 72B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CA393A6" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="170B648F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">27546050 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A64384C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2B1D901A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31D09227" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="282DFA3B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.12.2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="00CDC404" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="3CA297FA" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="02D02318" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7436EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44AD35ED" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="016B870D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CEĻMALLAPA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43FA9259" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1528C19C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103011290</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ECD4495" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="579846E0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Beberbeķu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 58 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23CD09AF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="07E3F67A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kārļa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ulmaņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BF9344D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="4F73621D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29279409 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72582A83" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1887CA6E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B63DACD" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2C6D93E9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13.09.2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="30B7D5C7" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="70E58340" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="5E193949" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05DF1435" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FE91820" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="5A16E97B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">CH SIA </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>SIA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C4F5BF8" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3C07F54E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>41503088799</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B87F27E" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="185A95E4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cietokšņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 55 - 1c </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="196E847F" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="66351C86" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cietokšņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 55-1C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FDDC2DF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1E943293" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">22319980 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3989AA79" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3664E87A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="715DA60B" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="58375734" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11.12.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="6A29563A" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="17910EC9" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="2D023424" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08B785BB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32F0E02E" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0392131B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>COPE PRIEKAM SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DD5102A" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="15F3A0D1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44103061527</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51D9F1B9" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3E6D39A2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1757,220 +1709,220 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2a - 48 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="311B3793" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7F48CF2B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, CĒSIS, ATA KRONVALDA IELA, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C2FD56B" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2740A43A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26123398 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="521B73F7" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="75E9056E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1659</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023C9B95" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="07824E4A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>30.11.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="10240761" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="4EDDEAA1" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="0AFD9F1C" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="489718F4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="327F0120" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="67A5143E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CVAB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D5AEBE9" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="430672ED" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42103080500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="341927D5" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6973D738" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Dienvidkurzemes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Nīcas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1993,228 +1945,228 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Segliņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4419D638" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1C14797B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Raiņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E3BF2E5" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="58851A01" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29284352 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CE1F8C8" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="05438CA8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11-2017.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1411F656" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0B77B8EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>29.09.2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="181237CE" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="513BC850" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="0C91BC58" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECDAE31" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D80881D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="73A07067" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DZIRKSTELĪTE SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46F2C5AF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6D05211E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44103023648</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A969BDF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="78D465EB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmiera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2229,51 +2181,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 8d </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EE696ED" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0756E97A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -2293,449 +2245,449 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 8D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F38BE90" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2C479F99" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29480878 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EF38A8F" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="52C285D9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0017472D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0B95CACC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>06.06.2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="7149EA23" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="0DF3A4FE" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="66D0C8CF" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF33357" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="570D6C86" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0605735D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>FARMACEITS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39092691" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1A2779B3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42103019536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F1960CB" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7774835E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kungu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BA31699" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="4BE0A7F5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kungu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AA6D708" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...18 lines deleted...]
-          <w:p w14:paraId="2D9413AA" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="049830C2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D933248" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>791</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24C33EB8" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="72FCC9A6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>28.10.2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="3D44F608" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="3BA843FD" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="2C856787" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72B48F6D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="414523BE" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="13EF4DD3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>FINNEX GROUP SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1478F9E8" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="5E8949A1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003769312</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0017F082" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="53DA853F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizputes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1 K-5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="317259AF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0136A0FA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -2755,229 +2707,229 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AE759BB" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="27CA3731" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29452535 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="686A232A" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="13B41843" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AD3DFFE" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7F138FED" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>04.12.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="2BBA6069" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="199F53D2" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="517E03E5" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14E181FC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="105F5AA3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2A444F27" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GARDS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3524CD4C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="199D6443" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003248369</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FE4AB48" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="461C10B1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Tapešu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23 - 13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="628BDEB8" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3DB9328A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Bauskas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -3172,185 +3124,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ostmala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AEC1276" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="04D4A29E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67313101; 29440960 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D8CF5A2" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6C6F29A3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1579</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63B82D9A" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7F9D52CA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>29.06.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="6F92DFB5" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="28117277" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="2EDB0048" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A685369" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4060FC4C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3F54E093" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GMB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63BBCADF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="363843CA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45401009421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3662AFFE" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="278D74CD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -3365,51 +3317,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03067B18" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="78C69CD5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -3464,676 +3416,676 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AACF6B3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="767B98B4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">65233452; 29255717 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48810699" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7E9E1F02" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6-2017.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18E6F6B3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1318860B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21.07.2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="57A33555" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="709D02CF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="0DA7FC7E" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22A68B0C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5281BA4E" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6A310A5F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GUNMARKET EU SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D52CF5" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7667D57F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203032068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E2A9F0C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="08765410" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prūšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23a - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74248CB6" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3E83A515" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Latgales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39371DF9" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="5B60E41A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29415818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1285BD0A" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2F1BB29B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FB1EB78" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="549FB322" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>06.12.2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="59436C94" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="2B41D672" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="06D83B35" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="008E18C9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17CCA1B8" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="66599489" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>HOLIDAY PARTY SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2064BC34" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="15A42A7C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003922794</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5394DEBF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="55FE8667" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rostokas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 67 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="113226A6" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2076EF77" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rostokas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C0158F0" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0DCD7E1A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29333555 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ABDD696" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1F6B6511" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10-2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FDE2BCF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="76110ACC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>26.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="5FC9B4C9" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="0AA95571" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="2B8CA125" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="306426EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D3F8434" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0D359D80" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IEROČI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28BF828D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="5CE7FDB5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49002000859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="560035E3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="4AFCEA29" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6120170F" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="63B005D4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -4389,186 +4341,186 @@
               <w:t xml:space="preserve">, Pasta </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 10A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2721933C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="72DC752C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">20290061 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E1A3724" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0E880D0D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1609</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EC251D1" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="14696D23" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>31.08.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="3F117013" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="58297882" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="37CF6AE6" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0EE294" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A00E5DF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="4F17354F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KALNA 22A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F7F8344" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="486506F8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103212391</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79DB86B7" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="66C927D1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4583,668 +4535,668 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75CC1177" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="4E0960F4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, SALDUS, KALNA IELA, 22A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30C6ED28" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="58D95D49" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A84D2CC" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="25DCA1E6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3497CFF3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1C3BA902" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21.09.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="507439A3" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="1B0557BB" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="0BF65333" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B44C3BC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="370357B5" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0815D665" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KITT SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16488C21" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="48CEA507" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42402005646</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78348B80" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3A9DCA32" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, F. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Varslavāna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 11a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12D8B293" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="5262B309" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, 18. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novembra</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E477BA9" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2F7B3610" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29114338 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="375FB619" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="24D5DCD4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13-2015.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DD99D4B" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3B8582C3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13.11.2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="35042122" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="15D3F191" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="0F2391F1" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E295A3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EE708DC" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="269333FB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>LASD LV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="004BE12D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="783DECA3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103310777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A0A3B8F" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7AAC1BDA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Sniķeres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 31 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="759BD056" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="37B5771A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Firsa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Sadovņikova</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75947756" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="47A6F27E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67212435 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BB3276F" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6AB1A1A4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1665</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02FCBDA5" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3B92F090" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.12.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="1EEE2675" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="7A77E60C" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="7B666418" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62A284EB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64C16340" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0FD21852" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>LIARPS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A09890E" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="09FBB951" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43202004295</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ADBD321" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1900FC65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -5259,51 +5211,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E3F41D3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="55DF695C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -5318,671 +5270,461 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BCD1544" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="76D9D0E0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29219207 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15B5B4D6" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1D2F1524" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13/17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76E73521" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="324AD1FB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.09.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="00176888" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="31460689" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="679B922F" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="221AEBB9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="667579CD" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...52 lines deleted...]
-              <w:t>Lielā</w:t>
+          <w:p w14:paraId="7DD1ED8C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LĪGA L SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79930FCA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43603008073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19D1A302" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 7 </w:t>
-[...25 lines deleted...]
-              <w:t>Lielā</w:t>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A67497D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Uzvaras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 7</w:t>
-[...65 lines deleted...]
-              <w:t>12.10.2012</w:t>
+              <w:t>, 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="077AF803" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63923737 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13893607" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11EA6118" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.08.2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="18E5CCF8" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="1D11C821" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="5A33DB23" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56440551" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E375F99" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="0A8CD204" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MARKKLI SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="576191E8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43603022058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="552762CC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 3 </w:t>
-[...223 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve"> 94 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50AA3BA2" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="63060D11" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Madonas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -6084,2425 +5826,2500 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DBE9B4E" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7A3020A9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26551959 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0458D6EE" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="2361EB48" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9-2017.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F3A28E6" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7E8BF49B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>04.09.2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="3830B656" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="0EBA3B66" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="05879CD9" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="126ABF3C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24371B65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MD SPORT FISH SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7122A6D0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44103028467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59667172" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Limbažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Limbaži</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1B143B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Limbažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Limbaži</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE3F1E8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29284851 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42C3F5EC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72BE31C1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>09.09.2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="51C04A5E" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E98DB51" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19857A5E" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...49 lines deleted...]
-              <w:t>Limbažu</w:t>
+          <w:p w14:paraId="09228BE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MELLA OZ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5D7F06" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103700645</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56DED0CF" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Limbaži</w:t>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Katlakalns</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Jūras</w:t>
+              <w:t>Samteņu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 1 </w:t>
-[...22 lines deleted...]
-              <w:t>Limbažu</w:t>
+              <w:t xml:space="preserve"> 16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFD87EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smiltenes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Jūras</w:t>
+              <w:t>Smiltene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dārza</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>, 1</w:t>
-[...153 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valkas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Valka, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mazā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ķekavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>nov.</w:t>
+              <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...60 lines deleted...]
-              <w:t>Valkas</w:t>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>ĶEKAVA, NĀKOTNES IELA, 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">, Valka, </w:t>
-[...104 lines deleted...]
-            <w:r>
               <w:t>, CĒSIS, RAUNAS IELA 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="583C4DC1" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6553F95E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">29727272 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C7FC5C6" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6192716D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CD2FC8B" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="4A163A1D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="68A89D69" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="311718D2" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="0E689D96" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58F1DE33" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51E63380" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MK COPE SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0752A1B3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103391890</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08120E99" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Baltezers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tallinas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 72 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37C6AA65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tilta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 28</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādaži</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 51A</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Baltezers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tallinas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 72 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B83C1FA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29441016 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68B57320" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1481</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="140E94A1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>05.08.2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="52AD17F0" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7246B4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E1FEE8E" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="610F3E9B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OGRES PIROTEHNIKA 1 SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20E1AAA2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103715528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5BD907" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ogres </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t xml:space="preserve">, Tomes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Justi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA1A2A8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ogres </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Ogre, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Akmeņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 41</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ādažu</w:t>
+              <w:t>Latgales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 444A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65E9DAF3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">27869022 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="578186E6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F21119B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15.11.2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="004E66D5" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="557C279B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="170841D9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OUTDOORS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32D2E1D2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003944363</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2E13C6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rūpniecības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 19 - 23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05B96EA5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smārdes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">., </w:t>
-[...3 lines deleted...]
-              <w:t>Baltezers</w:t>
+              <w:t>., "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ozollapas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35D67002" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26420890 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E93BBD0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14/19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04991885" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17.10.2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="6F9ECD3F" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACBBBEA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54F4E53D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PETARDE LTD SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="520B263B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003872737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C693CE" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Tallinas</w:t>
-[...28 lines deleted...]
-          <w:p w14:paraId="5C36EBA0" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+              <w:t>Ūnijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 76 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D210EAB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Tilta</w:t>
+              <w:t>Emmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 28</w:t>
+              <w:t xml:space="preserve"> 12D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ādažu</w:t>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ūnijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 76</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vienības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 115</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Latgales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 17B</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t>, JAUNPILS PAG</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>. ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> "ŽIBSŅI"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dobeles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, , DOBELE, LIEPĀJAS ŠOSEJA, 19F</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ādaži</w:t>
+              <w:t>Latgales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="683C7EE0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29333555; 27809809 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73DC3F86" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>931</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="637DE3F3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26.01.2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="65BD17AA" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A34E046" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="198CB6F9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PIRO SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46542441" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40203587770</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24FFBB7D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Rīgas</w:t>
-[...26 lines deleted...]
-              <w:t>Novads</w:t>
+              <w:t>Meteora</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 12 - 10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01C87724" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Baltezers</w:t>
-[...254 lines deleted...]
-              <w:t>Akmeņu</w:t>
+              <w:t>Vilhelma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Purvīša</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>, 41</w:t>
-[...868 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C69E1C1" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...18 lines deleted...]
-          <w:p w14:paraId="15067A57" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="028F538F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F854042" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>6-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34900B30" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="45FF145D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.11.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="2B145522" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...35 lines deleted...]
-          <w:p w14:paraId="2794A478" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="5512DAE0" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2241B378" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8ECCD9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>PIROTEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C7652A8" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7A557AE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>53603054591</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="324DC050" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3C5889C5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jelgavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
-            </w:r>
-[...116 lines deleted...]
-              <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ozolnieku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Ozolnieki</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Spartaka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t xml:space="preserve"> 21b </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAA17AB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Aizkraukles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Aizkraukle ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lāčplēša</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kleistu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 22</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jelgavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ozolnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ozolnieki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Spartaka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve"> 21b-1a </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
@@ -8519,186 +8336,186 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 4-73 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B9C521" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="375AD170" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">26551959 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FCC4B25" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3221991E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9-2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B6BA135" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="4DFBEF29" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="12872D02" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...35 lines deleted...]
-          <w:p w14:paraId="57BED8B1" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="2E4AA6D8" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F639B31" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B457C25" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>PIROTEKS BALT SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F8BE75A" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="73B86D02" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43603018758</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4537347F" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="053AD034" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jelgavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ozolnieku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -8729,51 +8546,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b - 1b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71E5CCF1" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="3C5212B6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Slokas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 94</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Līvānu</w:t>
@@ -8918,5050 +8735,5054 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17F42D78" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="33A4B652" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">63050305 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D810813" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="50F33856" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A1F6C36" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="1DC51F33" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>28.04.2008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="3EBD33F4" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...13 lines deleted...]
-          <w:p w14:paraId="66D673F3" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+      <w:tr w:rsidR="00B87C62" w14:paraId="6D2A6F04" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00EF729B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0C5861" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PURNAVU MUIŽA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA78AA8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103160117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7F395A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC8283B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lilijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBC470F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20200500 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24FEEC4F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62BC4EDD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>16.03.2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="7684CBED" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF1DA87" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C2B2365" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...49 lines deleted...]
-              <w:t>Mārupes</w:t>
+          <w:p w14:paraId="4C591A13" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RIPO AISK SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="114A2B1D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45402005925</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6564B3B3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Mārupes</w:t>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 140/142 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="634ED4C2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 140/142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6245048B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29422647 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCC422F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3-2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1313B7F4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.06.2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="3B4263B2" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F903D74" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B927CCF" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RĪGAS PIROTEHNIKA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCAD9BA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003148620</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0FAE2D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ropažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stopiņu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Mārtiņmuiža</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="320364E2" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+              <w:t>Arsenāls</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7699ED0E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vecumnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vecumnieki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Fantiva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2823D5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29207707, 29214146 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40F34BAA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>973</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50AA95D1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28.06.2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="5999AA36" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF7654C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39F6194F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SABIEDRĪBA VVV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3135B98D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003293593</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="751C257E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūrmala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53D759B8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūrmala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0799C6EE" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67731779 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31715F32" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="655DC69F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>19.10.2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="200D7F94" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7723BB65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30D91378" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SAIN SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12CCAD27" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42402005059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="511B5A61" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21671155" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A10B868" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29111001 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7F2F0B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1626</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="303C9ADB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.10.2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="3703B1C9" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40E41733" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="095ACF7B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SELVI SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD64DE3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41202015888</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6777041C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ventspils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Fabrikas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE58FBF" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ventspils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Fabrikas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C8699B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29130654; 63681133 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73882344" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13/23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48BDDE3D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>01.11.2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="7486CA0A" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23C84DE1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56606CC1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SIA PIROTEHNIKA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3914E9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40203561485</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44E3FE98" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rūpniecības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 25 - 56 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79AADFC9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 197C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5828AB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">25767722; 29288302 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="701CEB54" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="207CF319" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.11.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="6F90AA17" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7201D82B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCED13F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SIA SKYPYRO L&amp;K SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="583E3FD1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40203550392</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67231E46" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Jelgava, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pērnavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2 - 17 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="494D4C1B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bieķensalas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="356D7822" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">24897319 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43A67F67" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4-2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65725E18" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.09.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="203C791E" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDA195D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="190BB292" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SIA VIP 8 SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70CE3DD6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44103136592</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332740CA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Saldus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>novadnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Draudzība</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valdmaņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2a - 10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03ED5D94" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Saldus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Saldus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Striķu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="442BA239" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26403434 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58FB4C08" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9-2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA0BB41" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11.12.2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="5EA8AEB1" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFF38D5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C34216A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SĪLIS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36F2B7C6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44102009755</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1880FFB9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Lodes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1c </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27DF190D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmiera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t xml:space="preserve">, Lodes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 1c</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, , </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Lilijas</w:t>
+              <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t>, 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, , </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Lodes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 1c</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Siguldas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, , Sigulda, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34D0CE15" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">64233017 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="497EC49C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F496B5E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>23.10.2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="345E094E" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0842A953" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006693A6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>STOKKER SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3AE725" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003226944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40C27E37" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Krasta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 42 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0070CAF1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Krasta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0226338E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67245561, 29155051 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E948450" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72A4B91A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="1670F293" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1697B1F5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5492B575" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>STRAZDU GRAVA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B481EDA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44103028791</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38D44067" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiskuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>., "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Akmentiņi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B77387" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Priekuļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Priekuļi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Selekcijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 6c</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35D7E027" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">64130101 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35BF1767" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1238-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF19F15" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>09.12.2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="16A1E706" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0616B451" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="301042C5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SVĒTKU PASAULE SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADE5402" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43603037142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E49C5C4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jelgavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ozolnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ozolnieki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Spartaka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 21b - 1b </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F34BF8E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cietokšņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 44</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vecpilsētas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Laukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ventspils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lielais</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Prospekts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 26-1a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Preiļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> PREIĻI, DAUGAVPILS IELA, 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Krāslavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, KRĀSLAVA, RĪGAS </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>IELA, 55A</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Skolas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 10-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15A56BC7" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">26551959 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="062465D2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D62E96E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.11.2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="7303A543" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C287E49" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18819DB3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TROFEJA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8B9413" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503067528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68BC71A5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Arodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 - 23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2060B17E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vienības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 17-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3885ED7D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26239027 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04F4AF87" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14/10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39FE7CB9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.07.2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="76A418FA" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE7F64B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76E09E4B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TROPIKS AZ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2225979D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003506230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="173618F6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ogres </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ogresgala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ciemupe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jaunrubeņi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11684E51" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dunavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69912EB3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">296186230 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01B9687D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1651</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA469F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>16.11.2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="203B3803" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="105F3026" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC6E910" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TUKUMA MEDNIEKS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE7DAB0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003206401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBD5D8B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27BA5B8A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raudas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t>, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="474207BF" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
-[...48 lines deleted...]
-              <w:t>16.03.2012</w:t>
+          <w:p w14:paraId="33567FE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63125571; 29273646 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="187547F7" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1622</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6656850D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.10.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5CCB" w14:paraId="7974D82D" w14:textId="77777777" w:rsidTr="009D5CCB">
-[...82 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="77CE37CE" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE0A156" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="369A1657" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UNISPORTS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5057E6FD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45403004857</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57455A84" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAE554B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, MADONA, SAULES, 1A</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> GULBENE, ĀBEĻU IELA, 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 179</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tirgotāju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 18a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, , MADONA, RAIŅA IELA, 56A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0AE1D5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">64822911 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15867C14" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1645</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6352BA9E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>09.11.2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="61891B46" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3FD611" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55042A4F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VAIKUĻĀNI SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD7F444" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503060708</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46C286D4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Augšdaugavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Jēkabpils</w:t>
+              <w:t>Līksnas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vaikuļāni</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
+              <w:t>Smaidas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBB60B6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4279FCF6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">65423375 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEA30D9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1599</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F60D99D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17.08.2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B87C62" w14:paraId="2840264D" w14:textId="77777777" w:rsidTr="00B87C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63E831F5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD16290" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VESERS PLUS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44BF10FE" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103226936</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70FBC294" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Salamandras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05648D99" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>iela</w:t>
-[...26 lines deleted...]
-              <w:t>Jēkabpils</w:t>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 422</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jelgavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Jēkabpils</w:t>
-[...200 lines deleted...]
-              <w:t>Stopiņu</w:t>
+              <w:t>Glūdas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Arsenāls</w:t>
-[...4231 lines deleted...]
-            <w:r>
               <w:t>Grantskalnu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>kūts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21D72C15" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="7D98D45C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67525515 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56C2D3FB" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="6B17CCF3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1405</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B4B206D" w14:textId="77777777" w:rsidR="009D5CCB" w:rsidRDefault="009D5CCB">
+          <w:p w14:paraId="0B1E661D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.11.2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="708D1536" w14:textId="77777777" w:rsidR="00936E30" w:rsidRPr="009D5CCB" w:rsidRDefault="00936E30" w:rsidP="009D5CCB"/>
-    <w:sectPr w:rsidR="00936E30" w:rsidRPr="009D5CCB" w:rsidSect="00247C34">
+    <w:p w14:paraId="708D1536" w14:textId="77777777" w:rsidR="00936E30" w:rsidRPr="00B87C62" w:rsidRDefault="00936E30" w:rsidP="00B87C62"/>
+    <w:sectPr w:rsidR="00936E30" w:rsidRPr="00B87C62" w:rsidSect="00247C34">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1041" w:bottom="1440" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="21E23814" w14:textId="77777777" w:rsidR="0018635B" w:rsidRDefault="0018635B" w:rsidP="00B54E3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2AEE44CF" w14:textId="77777777" w:rsidR="0018635B" w:rsidRDefault="0018635B" w:rsidP="00B54E3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14037,55 +13858,57 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E3413D"/>
     <w:rsid w:val="000010AC"/>
     <w:rsid w:val="00032B64"/>
     <w:rsid w:val="00081851"/>
     <w:rsid w:val="00127031"/>
     <w:rsid w:val="0014701A"/>
     <w:rsid w:val="0018635B"/>
     <w:rsid w:val="001E797E"/>
     <w:rsid w:val="00247C34"/>
     <w:rsid w:val="00291FAF"/>
     <w:rsid w:val="00411674"/>
+    <w:rsid w:val="00425F44"/>
     <w:rsid w:val="008D18D7"/>
     <w:rsid w:val="00936E30"/>
     <w:rsid w:val="009D5CCB"/>
     <w:rsid w:val="00A47CA5"/>
     <w:rsid w:val="00B54E3C"/>
+    <w:rsid w:val="00B87C62"/>
     <w:rsid w:val="00C70121"/>
     <w:rsid w:val="00D147F3"/>
     <w:rsid w:val="00D17920"/>
     <w:rsid w:val="00E3413D"/>
     <w:rsid w:val="00E71F88"/>
     <w:rsid w:val="00EB7585"/>
     <w:rsid w:val="00EF6417"/>
     <w:rsid w:val="00F316B4"/>
     <w:rsid w:val="00FA178B"/>
     <w:rsid w:val="00FB1158"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -14591,50 +14414,147 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B54E3C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00291FAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="47537598">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="100538520">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="216279483">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="995379689">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="176232968">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1097218449">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1882672775">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="189345173">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="290332960">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14823,50 +14743,147 @@
     <w:div w:id="379984389">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="395475887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="424889089">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="747071366">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="85347107">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="67508993">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="720329241">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="140849460">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="394551533">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="577440417">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="635570040">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15281,76 +15298,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>5439</Words>
-  <Characters>3101</Characters>
+  <Words>5419</Words>
+  <Characters>3089</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8523</CharactersWithSpaces>
+  <CharactersWithSpaces>8492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Inta Kristapura-Nīmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>