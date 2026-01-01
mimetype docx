--- v1 (2025-11-22)
+++ v2 (2026-01-01)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2BFFE713" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62" w:rsidP="00B87C62">
+    <w:p w14:paraId="1E015675" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102" w:rsidP="00900102">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Licencēto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>pirotehnisko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>izstrādājumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -80,656 +80,656 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="255"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1257"/>
         <w:gridCol w:w="2129"/>
         <w:gridCol w:w="1824"/>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="1034"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B87C62" w14:paraId="0B7F3F09" w14:textId="77777777" w:rsidTr="00B87C62">
-[...28 lines deleted...]
-          <w:p w14:paraId="16A674DD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="4E592D7F" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="345E7E40" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="281E3C7C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Uzņēmuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ADDF40B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2B0335B8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reģ.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FE7EE7C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="35309110" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Juridiskā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FB4F67E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2339D5A7" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Realizācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C612BE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7CC61C0A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16DDCE3B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="572EAA8F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Lic.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="563D5F56" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="345224C3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Izsniegta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="71BB6E16" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="2BA1F91D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="07B936E7" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E33471D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FDE93E4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="203C058B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ABI VELO SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18DC812D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="39AD6F73" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42103064718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E544BD3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4D997355" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ugāles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 4 - 71 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62EDCB7F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="12EA5494" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ganību</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57A4ABEA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="42BB7D4B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29544101 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6364159C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2DC283AF" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="119DE734" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1A429776" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>22.11.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="16E1AD73" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="3E7B24AC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="20EED7C3" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="677BF5C3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="153ABCDE" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="19901C60" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ALDI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="096C5716" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="489D3CE1" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>47403004751</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C559094" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="533571CF" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ogres </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ogresgala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
@@ -747,51 +747,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jaunrubeņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19985057" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="445BE585" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ogres </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ogresgala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
@@ -853,848 +853,848 @@
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jaunrubeņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="034ED387" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1480F88F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29252929 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0215A52F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="32CC463D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1563</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="136EA5F7" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="61AF6627" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>26.04.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="06E57989" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="6AC7D3E2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="22C1C890" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05D81568" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F187B36" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4DB9E7C9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ATRAKCIJU PARKS DŽUNGĻI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="393B7C7E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6FFDDBEA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>50203219631</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A23B841" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="78EA8E4D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mūkusalas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 72b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07605E39" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="59620832" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mūkusalas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 72B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="170B648F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="20E1597B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">27546050 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B1D901A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="00328C12" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="282DFA3B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2E342D7C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.12.2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="02D02318" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="2C7436EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="3FFCC049" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F380E5B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="016B870D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="248BB54B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CEĻMALLAPA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1528C19C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1EB6B805" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103011290</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="579846E0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="62BE4D04" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Beberbeķu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 58 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07E3F67A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="399D6AF2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kārļa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ulmaņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F73621D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="671C8D3E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29279409 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1887CA6E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4D6380BA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C6D93E9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7D4E4D69" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13.09.2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="5E193949" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="05DF1435" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="2FBBEB14" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E699632" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A16E97B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="13B3E8AA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">CH SIA </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>SIA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C07F54E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="77F175D4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>41503088799</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="185A95E4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="05424F70" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cietokšņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 55 - 1c </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66351C86" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5BEE3442" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cietokšņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 55-1C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E943293" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5C57A722" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">22319980 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3664E87A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="29B3B76B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58375734" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6E904535" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11.12.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="2D023424" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="08B785BB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="02A3B147" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57363C99" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0392131B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="56BFADB8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>COPE PRIEKAM SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15F3A0D1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="12785A84" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44103061527</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E6D39A2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2E35384B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1709,220 +1709,220 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2a - 48 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F48CF2B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4ABD73E1" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, CĒSIS, ATA KRONVALDA IELA, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2740A43A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="61136863" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26123398 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75E9056E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="40987C26" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1659</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07824E4A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="34DFA402" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>30.11.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="0AFD9F1C" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="489718F4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="243CE9F2" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD4AE62" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67A5143E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6632CB48" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CVAB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="430672ED" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="45AD664B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42103080500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6973D738" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="283A1C9F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Dienvidkurzemes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Nīcas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1945,228 +1945,228 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Segliņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C14797B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5868BD47" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Raiņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58851A01" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="45322B81" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29284352 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05438CA8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="30BBBE1E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11-2017.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B77B8EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2D795EF7" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>29.09.2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="0C91BC58" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="3ECDAE31" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="77710243" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE7B5F1" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73A07067" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="073BADE7" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DZIRKSTELĪTE SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D05211E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="178B381C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44103023648</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78D465EB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="52F43EB2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmiera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2181,51 +2181,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 8d </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0756E97A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7F16192A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -2245,449 +2245,449 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 8D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C479F99" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0DD04CAF" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29480878 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52C285D9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0B1A82C2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B95CACC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="13171443" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>06.06.2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="66D0C8CF" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="4DF33357" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="58888478" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4570BFD2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0605735D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="117BC252" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>FARMACEITS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A2779B3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="53DA6DE6" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42103019536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7774835E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7DB6ED8A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kungu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BE0A7F5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6DC3B0EE" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kungu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="049830C2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
-[...18 lines deleted...]
-          <w:p w14:paraId="5D933248" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="07678696" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29A2E02A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>791</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72FCC9A6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="687E8385" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>28.10.2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="2C856787" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="72B48F6D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="7F804FF5" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="084ED2CD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13EF4DD3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="52F9C8D4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>FINNEX GROUP SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E8949A1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="539A5C5C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003769312</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53DA853F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="63D60C1D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizputes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1 K-5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0136A0FA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="259B9472" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -2707,229 +2707,228 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27CA3731" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5C9AA012" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29452535 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13B41843" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="32FBB765" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F138FED" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7DB763E5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>04.12.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="517E03E5" w14:textId="77777777" w:rsidTr="00B87C62">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00900102" w14:paraId="6BB0BF15" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78886F4C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A444F27" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2522BC35" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GARDS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="199D6443" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="409B1200" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003248369</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="461C10B1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="180E4E30" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Tapešu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23 - 13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DB9328A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="77DA4626" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Bauskas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -3124,185 +3123,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ostmala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04D4A29E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0BC22149" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67313101; 29440960 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C6F29A3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="31839C33" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1579</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F9D52CA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="210C3096" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>29.06.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="2EDB0048" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="6A685369" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="0EA42FCC" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="769F8B9A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F54E093" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="61BB8044" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GMB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="363843CA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="71348B24" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45401009421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="278D74CD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="07CAC723" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -3317,51 +3316,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78C69CD5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0946424A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -3416,676 +3415,676 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="767B98B4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6769C9AD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">65233452; 29255717 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E9E1F02" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="606AE5E9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6-2017.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1318860B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="00030359" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21.07.2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="0DA7FC7E" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="22A68B0C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="01DBC112" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCA5D02" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A310A5F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2D5EEA5C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GUNMARKET EU SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7667D57F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2D51984D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203032068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08765410" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2E4C8363" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prūšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23a - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E83A515" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="48593665" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Latgales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B60E41A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="21889AD5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29415818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F1BB29B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="10A8A490" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="549FB322" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="30BDF138" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>06.12.2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="06D83B35" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="008E18C9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="63F16E02" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="668A8D34" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66599489" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6C57F089" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>HOLIDAY PARTY SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15A42A7C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="04B3B727" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003922794</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55FE8667" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7D85FE8C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rostokas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 67 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2076EF77" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="18834795" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rostokas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DCD7E1A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7F5DE961" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29333555 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F6B6511" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="50CF2EAA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10-2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76110ACC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="373E167C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>26.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="2B8CA125" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="306426EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="5DCAF162" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40163032" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D359D80" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2E43D677" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IEROČI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CE7FDB5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7B876712" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49002000859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AFCEA29" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="148A278F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63B005D4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="131C62E8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -4268,51 +4267,50 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Liepājas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 63A</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Dzirnavu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 83-35</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -4341,186 +4339,185 @@
               <w:t xml:space="preserve">, Pasta </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 10A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72DC752C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="430B1C79" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">20290061 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E880D0D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1C501EA8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1609</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14696D23" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="48B4DE8F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>31.08.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="37CF6AE6" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="4D0EE294" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="39C8B734" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9B29D9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F17354F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="54A13D3A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KALNA 22A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="486506F8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="48B6BA47" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103212391</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66C927D1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="25151853" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4535,668 +4532,668 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E0960F4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3552FC86" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, SALDUS, KALNA IELA, 22A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58D95D49" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4BAE6863" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25DCA1E6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7CE77148" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C3BA902" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="55F1D6C2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21.09.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="0BF65333" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="2B44C3BC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="3921F7FF" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="642920DA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0815D665" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="18DE38AB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KITT SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48CEA507" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2030BA0F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42402005646</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A9DCA32" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="085EA54C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, F. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Varslavāna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 11a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5262B309" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="31F811E7" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, 18. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novembra</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F7B3610" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="14D394BA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29114338 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24D5DCD4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="13FD53D4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13-2015.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B8582C3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="78859E97" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13.11.2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="0F2391F1" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="03E295A3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="40FACEFC" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6733D643" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="269333FB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4AAFC65E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>LASD LV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="783DECA3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5459F1EB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103310777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AAC1BDA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="19A2A22F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Sniķeres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 31 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37B5771A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0F34A870" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Firsa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Sadovņikova</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47A6F27E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="722E8F7A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67212435 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AB1A1A4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7F431D66" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1665</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B92F090" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4CCBC96A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.12.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="7B666418" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="62A284EB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="6A930403" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70E36D77" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FD21852" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5FEB58DA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>LIARPS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09FBB951" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="62BC8F51" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43202004295</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1900FC65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="76D2F462" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -5211,51 +5208,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55DF695C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="15F64B44" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -5270,236 +5267,236 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76D9D0E0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="24B22654" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29219207 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D2F1524" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="617527F3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13/17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="324AD1FB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="668A8166" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.09.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="679B922F" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="221AEBB9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="1BA52DA4" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="250DDEC1" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DD1ED8C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="202748AA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>LĪGA L SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79930FCA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1E1B5E3A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43603008073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D1A302" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1AFAA0F4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Bauskas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Bauska, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Stacijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A67497D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1BFD67DE" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Bauskas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Bauska, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -5511,220 +5508,220 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="077AF803" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="63865E1A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">63923737 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13893607" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="34D4FCF6" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10-2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11EA6118" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="69F94A52" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.08.2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="5A33DB23" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="56440551" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="45313229" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD4BE1A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A8CD204" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3E8DB6E6" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>MARKKLI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="576191E8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5DAE6C05" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43603022058</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="552762CC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0772ED30" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Slokas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 94 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63060D11" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5F01F718" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Madonas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -5826,185 +5823,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A3020A9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="69713772" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26551959 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2361EB48" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3769078D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9-2017.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E8BF49B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="53537EB8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>04.09.2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="05879CD9" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="126ABF3C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="3CC8FCF0" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5E1628" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24371B65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3384A60B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>MD SPORT FISH SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7122A6D0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="02E2BF9A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44103028467</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59667172" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4FDD34FC" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbaži</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -6019,51 +6016,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A1B143B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="744690AC" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -6083,185 +6080,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BE3F1E8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="52290142" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29284851 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42C3F5EC" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0A2214AD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72BE31C1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="587FE034" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>09.09.2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="51C04A5E" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="3E98DB51" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="0FAB3AF3" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="059C590F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09228BE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5A114E11" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>MELLA OZ SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D5D7F06" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="64ECD62A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103700645</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56DED0CF" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6CE0E9FD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ķekavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ķekavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -6292,51 +6289,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 16 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CFD87EA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0B7D7BDC" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Smiltenes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Smiltene</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -6439,1808 +6436,1800 @@
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ķekavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t>, ĶEKAVA, NĀKOTNES IELA, 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, CĒSIS, RAUNAS IELA 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68055E97" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29727272 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="310AC57C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0546FED7" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.12.2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00900102" w14:paraId="6C3293F2" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="370142A3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46663032" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MK COPE SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5953C4DB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103391890</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB3E577" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-              <w:t>ĶEKAVA, NĀKOTNES IELA, 1</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Baltezers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tallinas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 72 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7976F33F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tilta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 28</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Cēsu</w:t>
+              <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>, CĒSIS, RAUNAS IELA 10</w:t>
-[...66 lines deleted...]
-              <w:t>18.12.2013</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādaži</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 51A</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Baltezers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tallinas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 72 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="635EC32D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29441016 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="457288F6" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1481</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55FD299F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>05.08.2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="0E689D96" w14:textId="77777777" w:rsidTr="00B87C62">
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+      <w:tr w:rsidR="00900102" w14:paraId="14827A96" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B62AD49" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="439ECBD2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OGRES PIROTEHNIKA 1 SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFE0C55" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103715528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="562BF8F0" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ogres </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t xml:space="preserve">, Tomes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Justi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF9E3C7" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ogres </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Ogre, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Akmeņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, 41</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ādažu</w:t>
+              <w:t>Latgales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 444A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60A44C44" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">27869022 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0EBA07" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4203528B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15.11.2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00900102" w14:paraId="6A4EDD15" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA58908" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2586EF1E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OUTDOORS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44902B70" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003944363</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69DF43D9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rūpniecības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 19 - 23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="353AC5B5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smārdes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">., </w:t>
-[...3 lines deleted...]
-              <w:t>Baltezers</w:t>
+              <w:t>., "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ozollapas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABF7D7B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26420890 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3DB187" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14/19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD0335A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17.10.2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00900102" w14:paraId="47FC7C9C" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E846337" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67DF2718" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PETARDE LTD SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76EBB622" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003872737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB71E34" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Tallinas</w:t>
-[...28 lines deleted...]
-          <w:p w14:paraId="37C6AA65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+              <w:t>Ūnijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 76 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0E8170" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Tilta</w:t>
+              <w:t>Emmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 28</w:t>
+              <w:t xml:space="preserve"> 12D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ādažu</w:t>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ūnijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 76</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vienības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 115</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Latgales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 17B</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t>, JAUNPILS PAG</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>. ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> "ŽIBSŅI"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dobeles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, , DOBELE, LIEPĀJAS ŠOSEJA, 19F</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ādaži</w:t>
+              <w:t>Latgales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="068889A5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29333555; 27809809 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F153E42" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>931</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D02301C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26.01.2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00900102" w14:paraId="68354C84" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C454FBA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A10715B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PIRO SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73D98147" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40203587770</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A417D19" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Rīgas</w:t>
-[...26 lines deleted...]
-              <w:t>Novads</w:t>
+              <w:t>Meteora</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 12 - 10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D690F1C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Baltezers</w:t>
-[...254 lines deleted...]
-              <w:t>Akmeņu</w:t>
+              <w:t>Vilhelma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Purvīša</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>, 41</w:t>
-[...868 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="028F538F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
-[...18 lines deleted...]
-          <w:p w14:paraId="4F854042" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="027575B9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F31F7CC" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>6-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45FF145D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6AFC32CA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.11.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="5512DAE0" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="2241B378" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="36F3F839" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC55BC3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D8ECCD9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="315E32B0" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>PIROTEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A557AE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="05CB6488" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>53603054591</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C5889C5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="66DC59AB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jelgavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ozolnieku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Ozolnieki</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Spartaka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BAA17AB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="2E68F207" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Aizkraukle ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Lāčplēša</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 5 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kleistu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 22</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -8336,186 +8325,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 4-73 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="375AD170" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="0B19C885" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">26551959 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3221991E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="772E3ED9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9-2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DFBEF29" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="442E154D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="2E4AA6D8" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="4F639B31" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="024476AC" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="488686F6" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B457C25" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6BF4668D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>PIROTEKS BALT SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73B86D02" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1A0F319A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43603018758</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="053AD034" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="53EE9685" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jelgavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ozolnieku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -8546,51 +8534,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b - 1b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C5212B6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0311414A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Slokas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 94</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Līvānu</w:t>
@@ -8735,185 +8723,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33A4B652" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4802669C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">63050305 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50F33856" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1F274764" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DC51F33" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="40EA9434" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>28.04.2008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="6D2A6F04" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="00EF729B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="3E927FD4" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1789478E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D0C5861" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="088AC65E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>PURNAVU MUIŽA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DA78AA8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4EE8BBF8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103160117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F7F395A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="517FFF4C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -8928,51 +8916,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EC8283B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3671D728" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -8992,185 +8980,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FBC470F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4857FD7C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24FEEC4F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="72A463B9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62BC4EDD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="27929CB4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16.03.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="7684CBED" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="0FF1DA87" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="5CD8E049" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="153ECB13" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C591A13" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="25015053" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RIPO AISK SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="114A2B1D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3E735160" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45402005925</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6564B3B3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6905A5D1" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -9185,51 +9173,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 140/142 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="634ED4C2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="18B729E1" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -9244,185 +9232,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 140/142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6245048B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="45CE663E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29422647 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CCC422F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1A3539A2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3-2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1313B7F4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="06F0BEEB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.06.2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="3B4263B2" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="5F903D74" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="152EC417" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07214317" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B927CCF" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2217726B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RĪGAS PIROTEHNIKA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DCAD9BA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="788D3B06" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003148620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A0FAE2D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5D1E524F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ropažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Stopiņu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -9437,51 +9425,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Arsenāls</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7699ED0E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6F4887B9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Bauskas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -9509,1281 +9497,1524 @@
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Fantiva</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A2823D5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4C8BBB0B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29207707, 29214146 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40F34BAA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="27937222" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>973</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50AA95D1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5E8E53B9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>28.06.2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="5999AA36" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="7CF7654C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="3CF7543E" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E255EB4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39F6194F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3AAEE9A5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SABIEDRĪBA VVV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3135B98D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="63463901" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003293593</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="751C257E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1805C1F1" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jūrmala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Šoseja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 34 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53D759B8" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2FEE0794" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jūrmala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Šoseja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0799C6EE" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="59A5881D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67731779 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31715F32" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3E63A816" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1630</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="655DC69F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="10342EE2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>19.10.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="200D7F94" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="7723BB65" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="1DFE8478" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77679494" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30D91378" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5BBBEB99" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SAIN SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12CCAD27" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="534A33E8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42402005059</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="511B5A61" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="60B637A0" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, F. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Varslavāna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21671155" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4980E7FD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, F. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Varslavāna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A10B868" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7150C034" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29111001 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E7F2F0B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="41EA8F4A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1626</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="303C9ADB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5E87E239" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.10.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="3703B1C9" w14:textId="77777777" w:rsidTr="00B87C62">
-[...13 lines deleted...]
-          <w:p w14:paraId="40E41733" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="3B0A0564" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="482CA850" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="095ACF7B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7441F228" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SELVI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BD64DE3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="20F3D45B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>41202015888</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6777041C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="45266938" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ventspils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Fabrikas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BE58FBF" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6D9F7217" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ventspils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Fabrikas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10C8699B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="18E8DA03" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29130654; 63681133 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73882344" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="38007018" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48BDDE3D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="03D91BBE" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>01.11.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="7486CA0A" w14:textId="77777777" w:rsidTr="00B87C62">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00900102" w14:paraId="61C03155" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7D9E1B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56606CC1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="10271DF2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SIA DKX SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47B47FDD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40203678497</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="729A2EE7" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Iecava</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Sporta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 - 58 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20064A28" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Zaļā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 12b </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C57AC49" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">28162238 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A79387F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57794105" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>21.11.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00900102" w14:paraId="25B9091A" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="253185E3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77EA208A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SIA PIROTEHNIKA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C3914E9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6BEF4E7C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203561485</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E3FE98" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="56A2CABB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rūpniecības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 25 - 56 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79AADFC9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3E484020" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 197C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B5828AB" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="74D0DD72" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">25767722; 29288302 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="701CEB54" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0BCC45BE" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="207CF319" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="369C5015" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.11.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="6F90AA17" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="4BCED13F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="1C1903AE" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="469EEB42" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59B42163" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SIA SKYPYRO L&amp;K SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="583E3FD1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6E71A7B5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203550392</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67231E46" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="193BB54E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Jelgava, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Pērnavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2 - 17 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="494D4C1B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="22A73034" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Bieķensalas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="356D7822" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="02F0FD95" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">24897319 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43A67F67" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="723CE390" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65725E18" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="24F3127D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.09.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="203C791E" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="190BB292" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="4CBAA7F9" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06AEDB85" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D281E5B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SIA VIP 8 SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70CE3DD6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="07218D3C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44103136592</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="332740CA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2D33FA29" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>novadnieku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -10814,51 +11045,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2a - 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03ED5D94" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3E10B5AF" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -10878,236 +11109,236 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="442BA239" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2216DCA8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26403434 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58FB4C08" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="621BE9F4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BA0BB41" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="63EB1612" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11.12.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="5EA8AEB1" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="3C34216A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="0F6CFDD4" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCAE9D4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="167932D9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SĪLIS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36F2B7C6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="42A07796" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44102009755</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1880FFB9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="21189DA5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmiera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Lodes </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1c </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27DF190D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="486488D9" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Valmieras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -11232,405 +11463,405 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34D0CE15" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="53E2D8BA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">64233017 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="497EC49C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="40A146FD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1062</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F496B5E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="062D3593" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>23.10.2009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="345E094E" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="006693A6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="756D33B6" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6352750C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D612EB0" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>STOKKER SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A3AE725" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="44491444" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003226944</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40C27E37" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="429B5822" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Krasta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 42 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0070CAF1" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5C90EB9D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Krasta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0226338E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3EABC904" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67245561, 29155051 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E948450" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5F4B7644" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5-2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72A4B91A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="6D050A68" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="1670F293" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="5492B575" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="5974DC2B" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7965B7BD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E46B9C8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>STRAZDU GRAVA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B481EDA" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0A520BB2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44103028791</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38D44067" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="08975D92" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Raiskuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -11645,51 +11876,51 @@
               <w:t>., "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Akmentiņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41B77387" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="31ED5C78" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cēsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -11725,185 +11956,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 6c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35D7E027" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="7A01246F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">64130101 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35BF1767" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="18DFA30C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1238-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EF19F15" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="567ECC6A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>09.12.2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="16A1E706" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="301042C5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="0963CF4A" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="732F3968" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75BA382C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SVĒTKU PASAULE SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ADE5402" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0409F7AF" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43603037142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E49C5C4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0D6FA641" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jelgavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ozolnieku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -11934,51 +12165,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b - 1b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F34BF8E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0F49CF80" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cietokšņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 44</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -12068,444 +12299,439 @@
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> PREIĻI, DAUGAVPILS IELA, 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Krāslavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">, KRĀSLAVA, RĪGAS </w:t>
-[...3 lines deleted...]
-              <w:t>IELA, 55A</w:t>
+              <w:t>, KRĀSLAVA, RĪGAS IELA, 55A</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Skolas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 10-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15A56BC7" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="1DAA2AB5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">26551959 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="062465D2" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="243526FD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D62E96E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="26258B75" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.11.2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="7303A543" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="18819DB3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="60F26F58" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5513FDCF" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFCC351" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>TROFEJA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F8B9413" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4DDDE174" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>41503067528</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68BC71A5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="541EEFB0" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Arodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3 - 23 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2060B17E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="41DE16E4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Vienības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 17-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3885ED7D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="00210E83" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26239027 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04F4AF87" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0F36575D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39FE7CB9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="32C23EDD" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18.07.2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="76A418FA" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="76E09E4B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="6E5D7761" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA664D3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D76D509" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>TROPIKS AZ SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2225979D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="12D780B5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003506230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="173618F6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="70714956" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ogres </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ogresgala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pag</w:t>
@@ -12523,228 +12749,228 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jaunrubeņi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11684E51" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="4517612D" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Dunavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69912EB3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="2CF7DBC8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">296186230 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01B9687D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3BB758BB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40EA469F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="03D3C5F2" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16.11.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="203B3803" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="2EC6E910" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="16073053" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12B9B35C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79229248" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>TUKUMA MEDNIEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FE7DAB0" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3E52C765" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003206401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CBD5D8B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="08B8559F" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Tukuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Tukums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -12759,51 +12985,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27BA5B8A" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="22B965C4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Tukuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -12823,236 +13049,236 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33567FE5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3D81E21A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">63125571; 29273646 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="187547F7" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="3ACBC761" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1622</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6656850D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="36AC961A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.10.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="77CE37CE" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="369A1657" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="5A646B13" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD5A191" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA4011C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>UNISPORTS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5057E6FD" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="20CB42F3" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45403004857</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57455A84" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="30D42B76" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Madonas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Madona</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Saules </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AAE554B" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="569416C5" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Madonas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, MADONA, SAULES, 1A</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gulbenes</w:t>
@@ -13172,185 +13398,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, , MADONA, RAIŅA IELA, 56A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D0AE1D5" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0A3A79A8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">64822911 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15867C14" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0059DFB4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1645</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6352BA9E" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="12E79C50" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>09.11.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="61891B46" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="55042A4F" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="22697342" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="596CA115" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="376C853C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>VAIKUĻĀNI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BD7F444" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="59402A22" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>41503060708</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46C286D4" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0D9D444E" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Augšdaugavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Līksnas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -13373,266 +13599,266 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Smaidas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FBB60B6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="655211AA" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Raiņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4279FCF6" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="187CA2D8" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">65423375 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CEA30D9" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="007FE428" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1599</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F60D99D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="45608209" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87C62" w14:paraId="2840264D" w14:textId="77777777" w:rsidTr="00B87C62">
-[...35 lines deleted...]
-          <w:p w14:paraId="5DD16290" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+      <w:tr w:rsidR="00900102" w14:paraId="29E8544F" w14:textId="77777777" w:rsidTr="00900102">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42775DB4" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78529B1A" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>VESERS PLUS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44BF10FE" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="1415370C" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103226936</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70FBC294" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="0CED91EB" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Salamandras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05648D99" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="11038D96" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -13682,109 +13908,109 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>kūts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D98D45C" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="505B6339" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67525515 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B17CCF3" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="5CFA503B" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1405</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B1E661D" w14:textId="77777777" w:rsidR="00B87C62" w:rsidRDefault="00B87C62">
+          <w:p w14:paraId="09E4CF10" w14:textId="77777777" w:rsidR="00900102" w:rsidRDefault="00900102">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12.11.2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="708D1536" w14:textId="77777777" w:rsidR="00936E30" w:rsidRPr="00B87C62" w:rsidRDefault="00936E30" w:rsidP="00B87C62"/>
-    <w:sectPr w:rsidR="00936E30" w:rsidRPr="00B87C62" w:rsidSect="00247C34">
+    <w:p w14:paraId="708D1536" w14:textId="77777777" w:rsidR="00936E30" w:rsidRPr="00900102" w:rsidRDefault="00936E30" w:rsidP="00900102"/>
+    <w:sectPr w:rsidR="00936E30" w:rsidRPr="00900102" w:rsidSect="00900102">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1041" w:bottom="1440" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="1041" w:bottom="1440" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="21E23814" w14:textId="77777777" w:rsidR="0018635B" w:rsidRDefault="0018635B" w:rsidP="00B54E3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2AEE44CF" w14:textId="77777777" w:rsidR="0018635B" w:rsidRDefault="0018635B" w:rsidP="00B54E3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -13860,50 +14086,51 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E3413D"/>
     <w:rsid w:val="000010AC"/>
     <w:rsid w:val="00032B64"/>
     <w:rsid w:val="00081851"/>
     <w:rsid w:val="00127031"/>
     <w:rsid w:val="0014701A"/>
     <w:rsid w:val="0018635B"/>
     <w:rsid w:val="001E797E"/>
     <w:rsid w:val="00247C34"/>
     <w:rsid w:val="00291FAF"/>
     <w:rsid w:val="00411674"/>
     <w:rsid w:val="00425F44"/>
     <w:rsid w:val="008D18D7"/>
+    <w:rsid w:val="00900102"/>
     <w:rsid w:val="00936E30"/>
     <w:rsid w:val="009D5CCB"/>
     <w:rsid w:val="00A47CA5"/>
     <w:rsid w:val="00B54E3C"/>
     <w:rsid w:val="00B87C62"/>
     <w:rsid w:val="00C70121"/>
     <w:rsid w:val="00D147F3"/>
     <w:rsid w:val="00D17920"/>
     <w:rsid w:val="00E3413D"/>
     <w:rsid w:val="00E71F88"/>
     <w:rsid w:val="00EB7585"/>
     <w:rsid w:val="00EF6417"/>
     <w:rsid w:val="00F316B4"/>
     <w:rsid w:val="00FA178B"/>
     <w:rsid w:val="00FB1158"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -14414,50 +14641,147 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B54E3C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00291FAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="24330687">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="894438681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="886113692">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="948776487">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1989703506">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="959458116">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1283804333">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="47537598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="100538520">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
             <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
             <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
           </w:divBdr>
           <w:divsChild>
@@ -15298,76 +15622,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>5419</Words>
-  <Characters>3089</Characters>
+  <Words>5506</Words>
+  <Characters>3139</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8492</CharactersWithSpaces>
+  <CharactersWithSpaces>8628</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Inta Kristapura-Nīmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>