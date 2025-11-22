--- v0 (2025-10-13)
+++ v1 (2025-11-22)
@@ -1,598 +1,521 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="08B92B27" w14:textId="41183849" w:rsidR="00C665E0" w:rsidRPr="00C665E0" w:rsidRDefault="00D8371A" w:rsidP="00C665E0">
+    <w:p w14:paraId="1C428C71" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A" w:rsidP="005B609A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Licencēti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C665E0" w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>ieroču</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C665E0" w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>speciālo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C665E0" w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t>līdzekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>remonta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C665E0" w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C665E0" w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>uzņēmumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C665E0" w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C665E0" w:rsidRPr="00C665E0">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>saraksts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="254"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="255"/>
+        <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1257"/>
-        <w:gridCol w:w="2064"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="641"/>
+        <w:gridCol w:w="2185"/>
+        <w:gridCol w:w="1946"/>
+        <w:gridCol w:w="1199"/>
+        <w:gridCol w:w="646"/>
         <w:gridCol w:w="1034"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C665E0" w14:paraId="72B4F314" w14:textId="77777777" w:rsidTr="00C665E0">
-[...28 lines deleted...]
-          <w:p w14:paraId="5297C547" w14:textId="1D578D07" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="70099882" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40128CEA" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22B4B9E3" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Uz</w:t>
-[...13 lines deleted...]
-              <w:t>ēmuma</w:t>
+              <w:t>Uzņēmuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="2378276F" w14:textId="5BD883BF" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4BFAE1" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reģ.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538DA3B7" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1FE4532C" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Juridiskā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BCE8DE0" w14:textId="1068AF45" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="155772C3" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Remontdarbnīcas</w:t>
+              <w:t>Realizācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E25C7E1" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="56DA6A05" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A71E62B" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="14223117" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Lic.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E97DAE3" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="7EC1E8B6" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Izsniegta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="5D36196D" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="22DE4472" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="1C80B62B" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2C9FF3" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43F49EC2" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="3A00F655" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>AGATE INVESTMENTS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="1A7B4E0C" w14:textId="541FEF40" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51F6F88A" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103673578</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="076DE679" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0AA9A1EC" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ropažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Garkalnes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -631,482 +554,448 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E2F67B5" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="28B5A1C5" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BAA43A1" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="5B0BBD89" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20310310 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DF125CB" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="6C7308BC" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5743C053" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1422F794" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>22.02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="17CD4FCB" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="7F7A4C4D" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="253C7FA8" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10D95B74" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11CE20C9" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="7D961DB8" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ANIMA LIBRA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="2BCC6768" w14:textId="39045235" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02FF1EF9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003632696</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BA7D6F3" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1053E524" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mālpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2b - 71 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50EDFDC5" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="7D8A4FC6" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Zeltiņu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="552D5212" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="3E234A87" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29252618 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B25EC5" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="6AEEF096" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43EA8A6D" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="6B9098A2" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>05.02.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="24A605E8" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="3A7ACA35" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="39FACBE5" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFA0CCD" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13AC1438" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="3FC9D3DD" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>D DUPLEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="4B906E54" w14:textId="2B91A12D" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD19263" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003534304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EE55904" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="4EE9B648" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1121,51 +1010,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F94D9C0" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="7702CB95" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1188,727 +1077,676 @@
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Smaragdi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C7278C9" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="414914C1" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67271797 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E908F49" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="2BAE133F" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>68-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AD5BC4F" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="50251747" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="1EDD6B7D" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="103D5BA4" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="78BA8308" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="656CE682" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CF16B90" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1DD3ECA9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GARDS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="74B823A3" w14:textId="2F1C84F6" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="662AC44B" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003248369</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="573C2A7C" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="11B9543B" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Tapešu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23 - 13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A36C411" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0DE10CE4" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Krišjāņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Barona </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 130 k-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="620CA507" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0DB835D0" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67313101; 29440960 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A23EA1E" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="6EF51BC4" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>62-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ED93BF0" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="4C3718AD" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="4912C980" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="2F715348" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="21C8C3EE" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2641B01C" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2994C5D4" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="410DF2B8" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GUNMARKET EU SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="4B76133B" w14:textId="5FF89209" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2560CC" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203032068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BCCA7A3" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="67FF57C9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prūšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23a - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4547CC97" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="49D7A684" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Latgales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E80956B" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="711BF064" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29415818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55F11E89" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="57E20F62" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E2D4091" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1675018A" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>27.11.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="212789C7" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="70C910A2" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="31F9BC9A" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E114F2A" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C900E96" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="6916BF98" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IEROČI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="6D8C7485" w14:textId="567B2FF2" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28C1130C" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49002000859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="405EFF0A" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="12046B42" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="176AEBB1" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="4E9389C9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Dzirnavu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1942,202 +1780,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BE09C98" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0D19B073" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20290061 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72E4755E" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="2D92E9BF" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>75-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4177849E" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="781E002D" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="4A81ADB1" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="04DD4BBF" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="510D38F6" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54C53C55" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38AF978F" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="2DA8614C" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KALNA 22A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="43561321" w14:textId="32FBC848" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA960F9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103212391</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5828AC15" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0FFA0B6C" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2152,51 +1973,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B5E8C54" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0694F558" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -2216,439 +2037,405 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 22a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="653A3F2A" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1B94F2E8" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0696277F" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="3C378220" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>52-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4975E291" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="3887E948" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="2B4124BB" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="6BF1310C" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="62450AA5" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="034F0BFD" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EF379B8" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0A8B9B7E" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>LATVIJAS PRAKTISKĀS ŠAUŠANAS CENTRS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="7D915218" w14:textId="1661D22D" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28D8D531" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103643291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B076325" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="21778DEA" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7573692A" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="028BFB6D" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67967195" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="4F394346" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29294995 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11904EC1" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="62D6BF3E" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>15-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6829EB9F" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="63738869" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="126D2004" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="7D2AD7F9" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="4F89F511" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB6485E" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FAC5494" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="2502EB42" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NORVEKS SPORTS LV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="4135ABF9" w14:textId="4CEBACEA" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0803C9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103410617</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43135330" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="5A863ACB" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2663,482 +2450,448 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="576B2936" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="6A8A527D" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Meža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 1A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4518CF1D" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="578B6FF5" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29222279; 67089554 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63CE64D9" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1B52EF16" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2-2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FFFC673" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="57AAD3BE" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>09.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="41A1EBDA" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="7F720534" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="4C392F50" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8B6D3B" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="543E8E3B" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="51EA6B64" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>OKSALIS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="7EE34E76" w14:textId="51C72870" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2926B804" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>42403025353</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71460DAF" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="4D6E3F61" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Upes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 38a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2787E67D" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1982427C" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzekne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Upes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 38A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23A22340" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="353D4525" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29178141 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E2F1FED" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="0A927BD4" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10E87A21" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="30A53042" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>25.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="6306FCB2" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="7BE1D5F2" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="0424C550" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48D8FA03" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21D99742" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="46FC18C9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>PURNAVU MUIŽA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="338C79A6" w14:textId="74BCC1D6" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="504FACBD" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103160117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F239166" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1BA2A0B6" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -3153,51 +2906,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="028DC376" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="48FC159F" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -3212,668 +2965,617 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13902B56" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="09D654C0" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CDB2ED4" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="7E7DF102" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>32-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FA0486B" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="4093E0D3" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>29.06.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="09AE42A5" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="1E1931FA" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="59AC513B" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11B24C8E" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="479EFA38" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="002FA9CC" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SPEKTRS SECURITY SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="38F20B3D" w14:textId="2B203E99" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F91B227" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103674963</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38A5F548" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="536C611A" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Daugavgrīvas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 29a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51BFA7FE" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="7FD60FFD" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Daugavgrīvas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 29A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="409C9723" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="52304C2E" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29322363 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="525EE7B7" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="21E75083" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>44-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DEC34B2" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="42087639" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>03.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="1B1FC0E7" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="7D3F6D55" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="2AA3209F" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42B52D2F" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05525B55" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="3B933B5E" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>STRĒLNIEKS-A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="43866C53" w14:textId="31782885" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A595014" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003055477</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16F67895" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="6F61DB51" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jaunmoku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 34 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="087CAA19" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="18279A47" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Slokas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 52 L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31963CE0" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="42566657" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20240888 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BAA3543" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="07A0FB90" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BCA4E03" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="45DF82A0" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>27.04.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C665E0" w14:paraId="2FEE452C" w14:textId="77777777" w:rsidTr="00C665E0">
-[...13 lines deleted...]
-          <w:p w14:paraId="2C38227B" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+      <w:tr w:rsidR="005B609A" w14:paraId="42ADB0A9" w14:textId="77777777" w:rsidTr="005B609A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F274E33" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="008F83E2" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="31EFDD95" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>VAIKUĻĀNI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="1CC31540" w14:textId="3945B7CC" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A147BE9" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>41503060708</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0312E8CF" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="5EE2913B" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Augšdaugavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Līksnas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -3896,149 +3598,145 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Smaidas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="077A00CB" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="34EA5A61" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Raiņa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E7D0E53" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="1D99FBD4" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">65423375 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E9B8389" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="375EBD85" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F11FB9B" w14:textId="77777777" w:rsidR="00C665E0" w:rsidRDefault="00C665E0">
+          <w:p w14:paraId="4899786C" w14:textId="77777777" w:rsidR="005B609A" w:rsidRDefault="005B609A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="557054E8" w14:textId="62E076FC" w:rsidR="00D8371A" w:rsidRDefault="00D8371A" w:rsidP="00C665E0">
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00D8371A" w:rsidSect="00897528">
+    <w:p w14:paraId="557054E8" w14:textId="62E076FC" w:rsidR="00D8371A" w:rsidRPr="005B609A" w:rsidRDefault="00D8371A" w:rsidP="005B609A"/>
+    <w:sectPr w:rsidR="00D8371A" w:rsidRPr="005B609A" w:rsidSect="00897528">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="758" w:bottom="993" w:left="993" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4052,53 +3750,55 @@
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B30D1"/>
     <w:rsid w:val="00030A22"/>
     <w:rsid w:val="000A4F35"/>
     <w:rsid w:val="000F7A43"/>
     <w:rsid w:val="0015273C"/>
     <w:rsid w:val="003622B6"/>
     <w:rsid w:val="003B30D1"/>
+    <w:rsid w:val="0040579A"/>
     <w:rsid w:val="00483CEE"/>
     <w:rsid w:val="00541C67"/>
     <w:rsid w:val="00566BFE"/>
+    <w:rsid w:val="005B609A"/>
     <w:rsid w:val="006B0610"/>
     <w:rsid w:val="0073660D"/>
     <w:rsid w:val="008760C8"/>
     <w:rsid w:val="00891BB6"/>
     <w:rsid w:val="00897528"/>
     <w:rsid w:val="008B6279"/>
     <w:rsid w:val="009F7EAF"/>
     <w:rsid w:val="00AB32D7"/>
     <w:rsid w:val="00C665E0"/>
     <w:rsid w:val="00D8371A"/>
     <w:rsid w:val="00E156F4"/>
     <w:rsid w:val="00E9001F"/>
     <w:rsid w:val="00F5040C"/>
     <w:rsid w:val="00F55A58"/>
     <w:rsid w:val="00F66434"/>
     <w:rsid w:val="00F71ACD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -5046,75 +4746,366 @@
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1551261205">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1623531245">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="368188964">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="416025928">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1314678378">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="676151543">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1638758723">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="484857958">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1646427889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1659572616">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1679381336">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2135247072">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1138916164">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="122037719">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1217232735">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="584386259">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="24210407">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1751002541">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="882641967">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="586037010">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1348025022">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="99033626">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="107824857">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1508981914">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1879119437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1847868273">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
             <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
             <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
           </w:divBdr>
@@ -5445,75 +5436,75 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1254</Words>
-  <Characters>715</Characters>
+  <Characters>716</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1966</CharactersWithSpaces>
+  <CharactersWithSpaces>1967</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Inta Kristapura-Nīmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>