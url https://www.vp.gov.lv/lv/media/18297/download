--- v0 (2025-10-13)
+++ v1 (2025-11-22)
@@ -1,593 +1,529 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="003E21FA" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRPr="009C7BF3" w:rsidRDefault="009C7BF3" w:rsidP="009C7BF3">
+    <w:p w14:paraId="02C364FA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666" w:rsidP="00AD3666">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Licencēto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>ieroču</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>munīcijas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>speciālo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>līdzekļu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>realizācijas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>uzņēmumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009C7BF3">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>saraksts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="254"/>
         <w:gridCol w:w="1719"/>
         <w:gridCol w:w="1257"/>
         <w:gridCol w:w="2091"/>
         <w:gridCol w:w="2082"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="633"/>
         <w:gridCol w:w="1034"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="5C53C979" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...28 lines deleted...]
-          <w:p w14:paraId="1EC6285C" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="77451B2A" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D058B69" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78C204A6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Uzņēmuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="330717B5" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="46394C6A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reģ.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32253CC4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1F355EF1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Juridiskā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59990604" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5D88149F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Realizācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E88A6FC" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="488C0622" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B7B0217" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3ED40F2F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Lic.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="790BFF73" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="685746D4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Izsniegta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="101600CB" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="156519FA" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="71D19693" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31300688" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62A23853" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1A775504" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>AGATE INVESTMENTS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0457C450" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="6F054A79" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103673578</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3612E3B7" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="390703DC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ropažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Garkalnes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -626,931 +562,931 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DB6B53B" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5D2BEB28" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3553526E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="78E94E5F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20310310 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="588E1010" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2970817B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D0B284D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5C2425F9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>22.02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="19D15598" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="37293806" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="3EE8A3C2" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="108A6C6F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43571492" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="296E8883" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ANIMA LIBRA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EBD0F6F" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1077C72F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003632696</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="360612D4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5E211563" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mālpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2b - 71 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="220D3273" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="363E6376" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Zeltiņu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F551AAD" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="127A804F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29252618 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EED41D4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="00991365" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F0339E8" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0B89C21E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>05.02.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="4B04B126" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="0ECD79AB" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="40421406" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDF2AEB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC1599A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="757E6F01" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARMA-A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="439769E6" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0E758076" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003128380</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22C66743" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="4CCDF586" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30742C7D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1450FA89" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73DB8542" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="01A81FFB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67284645 29335502 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47942A9D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="29DF9B3B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>48-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A33A9C5" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0252DF02" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>03.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="18216404" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="0E0CDCB1" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="2F021EBB" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42070688" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E7B3CA2" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="22926820" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARMA-A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78D1CD84" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="65B1497F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003128380</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23C649C6" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5D5D7DFA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0908FE7C" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="66B6CEC9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39178E73" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0E27F59A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67284645 29335502 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C09C7B" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2E05BCBC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="133FF832" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2D263D15" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>03.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="715DD119" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="5406BCBA" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="7ED2419E" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F61A613" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21830C28" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="602D254E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARSENAL LV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B76132D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3EFD0BA9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103297623</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BCA8B7A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0CB52292" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 228 - 53 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="645590E6" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1BFBFC27" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1576,185 +1512,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41A4AFA1" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2D053817" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29795363 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65F298CA" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3C458E9E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>58-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26DC6D67" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="537D0915" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>31.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="1B14C309" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="372B8D44" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="123F133F" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="632C462E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CD733CF" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="348D2F40" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARTEMĪDA L SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06EB5855" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="275A6A3E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45403024228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DA856FA" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="52AA84A5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Skrīveru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1769,236 +1705,236 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Maizīte</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E1D5ABD" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="72AF89A7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Aizkraukle, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Lāčplēša</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="172EB4B1" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5340B218" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26310080 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75D6AE55" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="73FD283E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>38-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47EAF062" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="51FDD772" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.07.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="58D935B4" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="068AE52C" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="66C638DF" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18D221C5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1986859B" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="506639CA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARTEMĪDA L SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58C03CC3" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="7CC3CF33" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45403024228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61E7DA2E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="7EF0C90A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Skrīveru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2013,1816 +1949,1813 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Maizīte</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16AA12A5" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="765D8C06" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Aizkraukle, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Lāčplēša</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="159A080E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="7DD1CB12" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26310080 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5133B8D5" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="74686C58" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>39-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4846A29D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="65116114" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.07.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="7DC8A5FB" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="1FEE1DF9" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="02C2C474" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D809F79" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D009C4C" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2A72C458" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CITA DABA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B78C3FB" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0FE32037" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203089550</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1303731D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="175792F5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Pūces</w:t>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 263 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15AD8498" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 263</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC4688D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29406818 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55EBBEF1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3-2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5008F599" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>08.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="708FC413" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04F74FC4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBBB978" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>COMOODO SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22C701F5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103852258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47A2E8A3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dzirnavu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 53 - 102 </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="0663EDFD" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+              <w:t xml:space="preserve"> 3a - 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC38221" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Brīvības</w:t>
-[...77 lines deleted...]
-              <w:t>08.08.2024</w:t>
+              <w:t>Aldaru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2/4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A64041B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29479797 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09FE4AAA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8320D7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>16.03.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="7E2B4713" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...85 lines deleted...]
-              <w:t>Rīga</w:t>
+      <w:tr w:rsidR="00AD3666" w14:paraId="30E8CFE8" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5662035D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0927E75F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>D DUPLEKS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE3E028" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003534304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="731B44A8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Dzirnavu</w:t>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7825D0F9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Eimuri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smaragdi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCEC8AE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67271797 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60F5AE86" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>66-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C35396C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="09689576" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7CD1CB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="458942C5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>D DUPLEKS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD35A4E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003534304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="703C3AE6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51AC7E38" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Eimuri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smaragdi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6172FD23" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67271797 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13661CE8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>67-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6FA70E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="0FE1E7AE" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3A8D63" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4EC750" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>DSR LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12411252" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003061350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6568877D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varšavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 3a - 3 </w:t>
-[...30 lines deleted...]
-              <w:t>Aldaru</w:t>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7622ACFC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varšavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 2/4</w:t>
-[...728 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve"> 28</w:t>
-            </w:r>
-[...552 lines deleted...]
-              <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t xml:space="preserve">Jelgava, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
+              <w:t>Krišjāņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Barona </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 40C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5332F0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29483395 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D5F08A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7-2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77799F51" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.11.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="59689DBE" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6881BE6C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5473289F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>GARDS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60EA5179" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003248369</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18447683" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tapešu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23 - 13 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1583341E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vienības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 113</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vienības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 194A</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 372</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kurzemes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Prospekts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3I</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kārļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ulmaņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 88A</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Latgales</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 400</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mūkusalas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 73</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Andreja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Saharova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 20A</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Krišjāņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Barona </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 130 k-8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ādaži</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>gatve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Siguldas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, , Sigulda, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mazā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gāles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t xml:space="preserve">Jelgava, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:t>Katoļu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 18</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ventspils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
@@ -3936,200 +3869,236 @@
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, BAUSKA, PIONIERU IELA 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, SALDUS, STRIĶU IELA 10C</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-          <w:p w14:paraId="5C7CF97E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Talsi, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65732309" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67313101; 29440960 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="417C39D4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0D13FCB2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>63-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55C358CD" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="52D1E5C5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="67EAD344" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...17 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00AD3666" w14:paraId="0BD79B9A" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D78606F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57AEA442" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2E185712" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GMB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61E067D8" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="76D111B9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45401009421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78FCAA93" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="4DA1CB49" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4144,51 +4113,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1028B2D4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="53008AB5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4241,51 +4210,50 @@
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Apvedceļš</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15a </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rēzeknes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -4338,186 +4306,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 11g K-2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04613860" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="56D61DC4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">65233452; 29255717 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20BC67AF" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="6F40C423" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>53-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76E26FE0" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="22B16E0D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="3D8E4F1F" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="36B7D150" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="13B67DC7" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6979233B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E5BC55" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="674988CA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GMB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C76F3A7" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0B119EFA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45401009421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A6E214A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3E0C9E62" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4532,51 +4499,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DFFE2A2" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0524ECF9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -4725,676 +4692,676 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 11g K-2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CA63705" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="74A3B7FD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">65233452; 29255717 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F999050" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="47D65334" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>54-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61420A34" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0442DA1F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="20085B4F" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="177E3720" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="0DF8FC97" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B03FCB4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60157873" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="4302752F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GUNMARKET EU SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32BACBF7" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="50566636" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203032068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="432F83B2" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1D9C132A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prūšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23a - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10DC09A6" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0797FB2B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Latgales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="646AF1CE" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="6C8B49FB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29415818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75CB5721" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="36A20637" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14DA9164" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="00D53258" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.01.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="6FDD0C1C" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="7BA39F17" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="2682A263" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23FEDD30" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F1B3ACD" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="03783F7D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GUNMARKET EU SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62ABB7A4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="37284D5B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203032068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70B1015E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="202C5AF7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prūšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23a - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="518E577A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="60AA68AE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Latgales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CBEC58D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="047EC8D6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29415818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DAD9116" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0EEB6341" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26A3AAD2" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="774B8036" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>27.11.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="45D133F9" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="0E267580" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="61C6458E" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9C72B9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7476758E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="18EA1D58" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IEROČI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F88C26A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="68746F71" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49002000859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C976A33" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="55E41DE9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17D1EC97" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2B5C6802" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbaži</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -5637,314 +5604,315 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Ventspils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Lielais</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prospekts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B6E09F6" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="130EF1F1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">20290061 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7781098A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3F645C87" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>72-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C57F7FB" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="083E86CE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="2864B98D" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="05C39E7E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="3FA52504" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6745AF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CA402BE" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2AE91009" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IEROČI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B0A0AFC" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="4A18EB5B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49002000859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B546F31" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3909E3D7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="013A7835" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="4B768A85" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbaži</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Pasta </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 10a </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
@@ -6184,610 +6152,609 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prospekts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B222EB8" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="1DACDADF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">20290061 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29671BCB" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0B556C97" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>73-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73A1FC9B" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="67338C95" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="4742A7FD" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="3B2F17C9" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="2D253B8D" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D89F214" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18B05163" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="7018CB1F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>JAHIPAUN SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F2F14DD" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="023546A6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203246657</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C402A38" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="50E3EE73" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ernestīnes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 7b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14A06835" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="533F88B2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ropažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, STOPIŅU PAG., DREILIŅI, BIĶERU IELA, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68CA8621" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="476BFA1E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">25535256 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C8887C4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1467287E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CCD33A2" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="54892A36" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>04.12.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="7F058000" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="63338274" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="4B573026" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="086A5336" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A208B69" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="720700ED" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>JAHIPAUN SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D910ADE" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="11BB7ACA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203246657</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="205ACAAE" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="60624011" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ernestīnes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 7b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="561E3B7E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3440BE38" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ropažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, STOPIŅU PAG., DREILIŅI, BIĶERU IEL, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60DD3926" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="32CE2F5B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">25535256 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21E6419F" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2AFB74B3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="197029EF" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0BB8CB2D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>04.12.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="4B8E283F" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="110C7976" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="3986F22A" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADF017C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="269C6847" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0848F088" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KALNA 22A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59593F69" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="714035E5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103212391</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FE29442" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="47607DA3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -6802,51 +6769,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="425E7E25" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5BC0C256" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -6878,185 +6845,185 @@
               <w:t xml:space="preserve">Daugavpils, Saules </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E1A26EF" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0CEC3B35" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C548255" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5DA80B30" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>50-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2118B2C0" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="12C20D5A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="40362A96" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="27AAD114" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="605C2835" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0904FF24" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F23BE16" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1FBCBF4D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KALNA 22A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79403951" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2703C1CB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103212391</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FE3C4C6" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="562E53E6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -7071,51 +7038,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5000AC95" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="4A557F83" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -7147,630 +7114,630 @@
               <w:t xml:space="preserve">Daugavpils, Saules </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E9A300" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="4D09A014" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="521F0CCB" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="054EF0CB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>51-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C3AA0C4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="407840D6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="4E0ADA98" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="790C9CD9" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="5516DD21" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7F6A9F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73EA214C" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...219 lines deleted...]
-          <w:p w14:paraId="2F388550" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="152A28C9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">LATVIJAS PRAKTISKĀS </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ŠAUŠANAS CENTRS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="265F25CE" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0D6B6464" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>40103643291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B3A1E36" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="6BF6FABC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FA5D74E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="7CFDF727" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 6A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4841B56F" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="35FF92EC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29294995 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BDA44F5" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="28B43609" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2489C9FE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="398005A1" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="692E1C3E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28FE6DE3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LATVIJAS PRAKTISKĀS ŠAUŠANAS CENTRS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43CA5E81" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103643291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="459847D1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Džūkstes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E07E54E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Džūkstes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF4CD03" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29294995 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D69A051" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F94387B" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="18380E0F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="11F4316C" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="19D7D283" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="712C03A2" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F64C375" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07B3A25E" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="57AB54C4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>LIARPS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11689B29" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="62DFC761" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>43202004295</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75153168" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="3DF0CED2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -7785,51 +7752,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="491567DB" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="5A3B2E6C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Balvi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -7844,9594 +7811,9217 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="553E06D0" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="2B70C0CC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29219207 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="479833A0" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="1FA12A9A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>47-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="350167B4" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="04EC1D48" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>03.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="7F4B35B0" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...13 lines deleted...]
-          <w:p w14:paraId="6018A538" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="6B6BFFF9" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40944BB2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C873CE5" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...52 lines deleted...]
-              <w:t>Lielā</w:t>
+          <w:p w14:paraId="1428D098" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LĪGA L SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD72464" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43603008073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="649C13FA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52B73D34" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Uzvaras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve"> 7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44F834A0" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...8 lines deleted...]
-              <w:t>Lielā</w:t>
+          <w:p w14:paraId="5AB3D67F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63923737 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4038A17A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="579788E8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="78F3A4DE" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2947EF8A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47BD532E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LĪGA L SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="452CE194" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43603008073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65D6CABF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 7</w:t>
-[...60 lines deleted...]
-          <w:p w14:paraId="4E9D301A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2CF55F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Uzvaras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63CE449B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63923737 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2ADB53" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="362D0A5F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="5D774E3A" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3608C7FE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09ED321E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>M &amp; D SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA87061" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003098654</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37EC1E05" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šarlotes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78486521" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5C8F7D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29541666 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55F9627C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>61-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B44121A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="432768D9" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4500FEA8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="523648F9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MELLA OZ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="079A5F6A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103700645</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="484B08A6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Katlakalns</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Samteņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0197A96A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mazā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, CĒSIS, RAUNAS IELA 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="324B0A92" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29727272 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E14C53" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>64-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7539BD7D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="4FCAA0F7" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59EE1570" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB943E7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MELLA OZ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="676EC311" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103700645</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3E4E53" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Katlakalns</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Samteņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="344F9640" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mazā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, , </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekava</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Nākotnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smiltenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smiltene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dārza</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valkas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Valka, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, CĒSIS, RAUNAS IELA 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C43F5C1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29727272 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0637EB85" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>65-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A531147" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="3AFA12BB" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8E0B35" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0350C42D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NORVEKS SPORTS LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C82B69B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103410617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA4445B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gaujas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31DF450E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Meža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D68F670" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29222279; 67089554 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC3040D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7F26A3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>09.07.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="6F3729C5" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26AD6FC5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66A59841" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NORVEKS SPORTS LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79CEDE96" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103410617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="103E0CB1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gaujas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3779A0DE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Meža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="501D31D3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29222279; 67089554 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0D48F1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17B3FE80" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>09.07.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="1C8E54D1" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="324A7064" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC66FB0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OKSALIS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13B79818" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42403025353</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05528C97" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 38a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE8355A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 38A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="495395E3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29178141 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26A9F74A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="618092D8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>25.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="16015ACA" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...88 lines deleted...]
-              <w:t>Lielā</w:t>
+      <w:tr w:rsidR="00AD3666" w14:paraId="5EF736E1" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B58A26E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="325C1AE5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OKSALIS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1280A13B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42403025353</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB60655" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 7 </w:t>
-[...25 lines deleted...]
-              <w:t>Lielā</w:t>
+              <w:t xml:space="preserve"> 38a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="411DEA08" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 7</w:t>
-[...60 lines deleted...]
-          <w:p w14:paraId="32522FD2" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+              <w:t xml:space="preserve"> 38A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33A81830" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29178141 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52B4B6C3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>22-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79D4420F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>25.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="7D2ACB6B" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...85 lines deleted...]
-              <w:t>Bauskas</w:t>
+      <w:tr w:rsidR="00AD3666" w14:paraId="3F72E139" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D013246" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41F28DC8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>POLIS LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11361025" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003383774</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="621610CA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Laboratorijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="038EFBD0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Laboratorijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5F19A8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26411115 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E67F343" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>55-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14EC11C8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="3ACEE4A0" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3537310F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2161CEC3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PURNAVU MUIŽA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4045DF2A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103160117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="538F1D4E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">, Bauska, </w:t>
-[...3 lines deleted...]
-              <w:t>Stacijas</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34642B61" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lilijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01E0ED40" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20200500 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFA6EE4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7CF4FA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.06.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="63B0666B" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E25A4BE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="752DE5F6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PURNAVU MUIŽA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDBFF81" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103160117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE602DC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7908634C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lilijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>., "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51D64F59" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20200500 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25AEE32C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>35-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="414DE0A8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.06.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="40212965" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01560B77" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D02799E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RAE LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="430094BE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103973547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08570303" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23 - 1c </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1B303B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23-1C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67160C5E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">25475000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53E5502F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>36-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F41F358" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="322AF993" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="533DEAE5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09693FEA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RAE LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25C5BCFD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103973547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF00C9B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23 - 1c </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D204FDA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23-1C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA44B38" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">25475000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38E661E9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>37-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7946F4D1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="418F0EA9" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35B55BC9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="098F10A1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RIGA INVESTMENT SOLUTIONS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="507DA576" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103731185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4189D0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Strēlnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9 - 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1050EAA0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lāčplēša</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B45AB8F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29486667; 26139831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD33F9B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="653BC8B1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="46092B9D" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28323380" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28EE81A1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RIGA INVESTMENT SOLUTIONS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60EFC5F1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103731185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6989A130" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Strēlnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9 - 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF9AB31" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lāčplēša</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08296134" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29486667; 26139831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3682B8AB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF35B7A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="14C59285" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68DB0D22" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3693CF28" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S. MEDNES SIA SANTA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7F0A65" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44602000546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27BEAEDE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bērzu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59473CE2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 41 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF799D2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29199831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61D4E075" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB3DA2C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="2A0C7911" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92A532" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66D867CC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S. MEDNES SIA SANTA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1712E809" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44602000546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5C5C76" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bērzu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="315407BD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 41 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB9B493" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29199831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12516038" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56E4FEB6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="30ED4289" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8D38B3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33C4F55B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SABIEDRĪBA VVV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26058518" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003293593</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCFA5D0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūrmala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0518E9F8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūrmala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27D4748F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67731779 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8864E6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>46-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="379381F4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>03.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="4DEA63BA" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="191E53E5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B852EAA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SAIN SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5C0B9E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42402005059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0936A0C4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5938BF8A" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...5 lines deleted...]
-              <w:t>Bauskas</w:t>
+          <w:p w14:paraId="0FC23621" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28A348EF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29111001 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B31D477" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2-2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61B09253" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="6E1FE388" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3400ADCA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1917E258" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SAIN SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44531A24" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42402005059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="431EBE8E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D812182" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DEF3C7D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29111001 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF04D18" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3-2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16CA68B7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="57610638" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5868DB4E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49B225C3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SPEKTRS SECURITY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="525F8F4B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103674963</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="370907D7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="707E838B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40894D6D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29322363 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6C3805" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48AE0776" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>03.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="217A275E" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40386FB4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="502232AB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SPEKTRS SECURITY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFEA1A3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103674963</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="258BCA0D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED31468" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02C2E920" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29322363 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A76102C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E572D85" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>03.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="5D33F1BC" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6645069B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="011B50C3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>STRĒLNIEKS-A SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF60443" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003055477</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0E3363" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jaunmoku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77D65961" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 52 L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="752FE2EF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20240888 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4921DF0A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="337651FC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="48B9669B" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCD9430" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65BAB593" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>STRĒLNIEKS-A SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46D4B4D3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003055477</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6929D61F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jaunmoku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05084A71" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 52 L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1C8919" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20240888 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23C458D4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E908133" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="233390E3" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA2236D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6635BB47" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TROFEJA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="365E72DA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503067528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6068E9CA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Arodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 - 23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33DDC6FF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vienības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 17-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E27EB98" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26239027 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C860095" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD13036" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="5F55FBBD" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4A2551" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13864788" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TUKUMA MEDNIEKS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2172DB3D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003206401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E517ACB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26E08A1A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">, Bauska, </w:t>
-[...3 lines deleted...]
-              <w:t>Uzvaras</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raudas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 7 </w:t>
-[...65 lines deleted...]
-              <w:t>27.04.2023</w:t>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1EBE72" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63125571; 29273646 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="297CDB54" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>23-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35F6FD08" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="40BEC722" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...85 lines deleted...]
-              <w:t>Bauskas</w:t>
+      <w:tr w:rsidR="00AD3666" w14:paraId="4BC72ACB" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00A767B7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31429A18" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TUKUMA MEDNIEKS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="631E508D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003206401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0521A8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">, Bauska, </w:t>
-[...3 lines deleted...]
-              <w:t>Stacijas</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 3 </w:t>
-[...22 lines deleted...]
-              <w:t>Bauskas</w:t>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68E8DF87" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raudas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48D43268" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63125571; 29273646 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9E9CFF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52F9949D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="1AB46FC3" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32C18CD5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46448E1C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UNISPORTS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0CB3FE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45403004857</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3561FFB9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9C3DFE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
-              <w:t>, ,</w:t>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> Bauska, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Saules </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 7 </w:t>
-[...65 lines deleted...]
-              <w:t>27.04.2023</w:t>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ābeļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tirgotāju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 18a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0402EE54" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">64822911 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7DB0B4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13F0DF55" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20.07.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="1DFE993C" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...79 lines deleted...]
-          <w:p w14:paraId="75FFE0B9" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+      <w:tr w:rsidR="00AD3666" w14:paraId="6643F9B1" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="173041F1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="315E7393" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UNISPORTS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F848AA6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45403004857</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC7B747" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACF08BF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ābeļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tirgotāju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 18a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="438F34DE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">64822911 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67EC0C4D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65A0D623" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="5A36532E" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58CEFA9A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1770D717" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UP AUTO SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF84B78" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42103041471</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76742AAF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dienvidkurzemes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Grobiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Priežu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2 - 36 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61967196" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Liepāja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Avotu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="639064A0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29173515 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="357145DD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5591ECCD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="738A7CF2" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7121FC53" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD9FC94" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UP AUTO SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28BBA07E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42103041471</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4108DCBD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dienvidkurzemes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Grobiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Priežu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2 - 36 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0905C5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Liepāja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Avotu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="512F1881" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29173515 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16CBE0B6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26786369" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="4A91DDFC" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22E84CE6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44DAC622" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VAIKUĻĀNI SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17EFD122" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503060708</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6636C377" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Augšdaugavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Līksnas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vaikuļāni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smaidas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF59C52" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="327AEBCD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">65423375 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30B4F489" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2915F62D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="6B4D0C8E" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58FDEAE1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2028ADE1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VAIKUĻĀNI SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53A3590B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503060708</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9BDFB3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Augšdaugavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Līksnas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vaikuļāni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smaidas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42E1B4A9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67DCA10B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">65423375 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="161B012F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="250927EA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="337BE645" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05E7878B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E479EF6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VEFABRIKA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CAA1770" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44103059378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6451F5E2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Šarlotes</w:t>
+              <w:t>Ieriķu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 1 </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="745D1ECD" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+              <w:t xml:space="preserve"> 73 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3752C2E8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Brīvības</w:t>
+              <w:t>Zeļļu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 147</w:t>
-[...65 lines deleted...]
-              <w:t>07.09.2023</w:t>
+              <w:t xml:space="preserve"> 23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0C1605" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67605306 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53B5B28E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1-2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8FCB6C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7BF3" w14:paraId="18D706C6" w14:textId="77777777" w:rsidTr="009C7BF3">
-[...93 lines deleted...]
-              <w:t>nov.</w:t>
+      <w:tr w:rsidR="00AD3666" w14:paraId="5627FD23" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="333DBE9B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62C61C78" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ZOMMERS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="653F1177" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003289047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8DF552" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ķekavas</w:t>
-[...15 lines deleted...]
-              <w:t>Katlakalns</w:t>
+              <w:t>Tērbatas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 59/61 - 2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="440924A1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 52L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCF0629" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67280790 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2C2C48" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>56-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BABBAC0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD3666" w14:paraId="01EA16A0" w14:textId="77777777" w:rsidTr="00AD3666">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57271A0E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="121F6BF9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ZOMMERS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7DDD9D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003289047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29ABA5AE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Samteņu</w:t>
+              <w:t>Tērbatas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 16 </w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> 59/61 - 2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38FFCF4A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 5 </w:t>
-[...7880 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve"> 52L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DE9C34D" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="48C023DF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67280790 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BF62CA6" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
-[...211 lines deleted...]
-          <w:p w14:paraId="41EE9663" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="0E2D01A0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>57-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="790C23FC" w14:textId="77777777" w:rsidR="009C7BF3" w:rsidRDefault="009C7BF3">
+          <w:p w14:paraId="6FA401E8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>24.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24931ACF" w14:textId="77777777" w:rsidR="00686F8D" w:rsidRPr="009C7BF3" w:rsidRDefault="00686F8D" w:rsidP="009C7BF3"/>
-    <w:sectPr w:rsidR="00686F8D" w:rsidRPr="009C7BF3" w:rsidSect="009007C2">
+    <w:p w14:paraId="24931ACF" w14:textId="77777777" w:rsidR="00686F8D" w:rsidRPr="00AD3666" w:rsidRDefault="00686F8D" w:rsidP="00AD3666"/>
+    <w:sectPr w:rsidR="00686F8D" w:rsidRPr="00AD3666" w:rsidSect="009007C2">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="900" w:bottom="1440" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -17445,62 +17035,64 @@
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F2BC4"/>
     <w:rsid w:val="000C51A5"/>
     <w:rsid w:val="00152518"/>
     <w:rsid w:val="00484521"/>
     <w:rsid w:val="0048491E"/>
     <w:rsid w:val="005112EA"/>
     <w:rsid w:val="00581F11"/>
+    <w:rsid w:val="00595C35"/>
     <w:rsid w:val="005E53CA"/>
     <w:rsid w:val="00686F8D"/>
     <w:rsid w:val="0072719A"/>
     <w:rsid w:val="00832F51"/>
     <w:rsid w:val="008C140A"/>
     <w:rsid w:val="008C19A8"/>
     <w:rsid w:val="008D065C"/>
     <w:rsid w:val="009007C2"/>
     <w:rsid w:val="009427EB"/>
     <w:rsid w:val="009B4D2A"/>
     <w:rsid w:val="009C7BF3"/>
     <w:rsid w:val="009F2BC4"/>
+    <w:rsid w:val="00AD3666"/>
     <w:rsid w:val="00B961D0"/>
     <w:rsid w:val="00D0168A"/>
     <w:rsid w:val="00D31F2F"/>
     <w:rsid w:val="00E92076"/>
     <w:rsid w:val="00EA5D0B"/>
     <w:rsid w:val="00ED7432"/>
     <w:rsid w:val="00FC4369"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -18008,50 +17600,147 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="302660077">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="305671523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="794719821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1902518275">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="471757254">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="641275442">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2077433038">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1960643698">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="593443091">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="658584305">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18455,50 +18144,147 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1439064325">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1492985349">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1327441124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="137112691">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="702704327">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="518740038">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2135557471">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="2023046325">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1695304398">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1931306954">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18758,76 +18544,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>6663</Words>
-  <Characters>3799</Characters>
+  <Words>6579</Words>
+  <Characters>3751</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10442</CharactersWithSpaces>
+  <CharactersWithSpaces>10310</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Inta Kristapura-Nīmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>