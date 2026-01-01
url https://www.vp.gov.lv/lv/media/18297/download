--- v1 (2025-11-22)
+++ v2 (2026-01-01)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="02C364FA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666" w:rsidP="00AD3666">
+    <w:p w14:paraId="6F0F7F6A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004" w:rsidP="00E80004">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Licencēto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ieroču</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>munīcijas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -94,436 +94,436 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="254"/>
         <w:gridCol w:w="1719"/>
         <w:gridCol w:w="1257"/>
         <w:gridCol w:w="2091"/>
         <w:gridCol w:w="2082"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="633"/>
         <w:gridCol w:w="1034"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD3666" w14:paraId="77451B2A" w14:textId="77777777" w:rsidTr="00AD3666">
-[...28 lines deleted...]
-          <w:p w14:paraId="78C204A6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="3279440C" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4097FB85" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2198FA74" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Uzņēmuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46394C6A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="04CD0584" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reģ.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F355EF1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="48595678" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Juridiskā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D88149F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2657184E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Realizācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="488C0622" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="764C3296" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ED40F2F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="643DA4EB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Lic.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="685746D4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2BECB219" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Izsniegta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="71D19693" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="31300688" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="5C688785" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71344777" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A775504" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7DA68887" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>AGATE INVESTMENTS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F054A79" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="78D09D3F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103673578</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="390703DC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="762D83FA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ropažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Garkalnes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -562,931 +562,931 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D2BEB28" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="4B2D0508" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78E94E5F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1926DD73" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20310310 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2970817B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="030A3A94" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C2425F9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3A760347" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>22.02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="3EE8A3C2" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="108A6C6F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="0EACBBE3" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3123EA29" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="296E8883" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="49DAEF80" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ANIMA LIBRA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1077C72F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="6F22DBB6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003632696</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E211563" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2753C9A2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mālpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2b - 71 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="363E6376" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="546B10B6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Zeltiņu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="127A804F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2A6CED2F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29252618 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00991365" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2FD40076" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B89C21E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="73228748" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>05.02.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="40421406" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="7DDF2AEB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="64027967" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13B0A824" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="757E6F01" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7B2F3B26" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARMA-A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E758076" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5DFD2B58" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003128380</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CCDF586" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5474C9A0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1450FA89" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1F67E63B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01A81FFB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="6FF81682" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67284645 29335502 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29DF9B3B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1B847875" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>48-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0252DF02" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="440DE477" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>03.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="2F021EBB" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="42070688" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="4A7D7DA8" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF84BE5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22926820" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="4984641C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARMA-A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65B1497F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="770170CB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003128380</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D5D7DFA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0D5107CC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66B6CEC9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="78A4CDE2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E27F59A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="657B60D1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67284645 29335502 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E05BCBC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="493E2CBC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D263D15" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7146F6F8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>03.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="7ED2419E" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="7F61A613" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="3DEEC25B" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4A6FB8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="602D254E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="01ACCFF2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARSENAL LV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EFD0BA9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5DB2322E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103297623</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CB52292" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="183C028E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 228 - 53 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BFBFC27" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="513AC505" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1512,185 +1512,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D053817" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="56A53CF0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29795363 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C458E9E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1C1FA126" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>58-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="537D0915" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0476001B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>31.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="123F133F" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="632C462E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="5B5EB2C2" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA2FFE4" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="348D2F40" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="073F97B6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARTEMĪDA L SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="275A6A3E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2DABD857" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45403024228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52AA84A5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3497566D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Skrīveru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1705,236 +1705,236 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Maizīte</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72AF89A7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2CDB5EC1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Aizkraukle, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Lāčplēša</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5340B218" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="76CECCB4" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26310080 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73FD283E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7690173D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>38-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51FDD772" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="10D87720" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.07.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="66C638DF" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="18D221C5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="32F9344D" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFC95CA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="506639CA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="270B5401" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>ARTEMĪDA L SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CC3CF33" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="78A27A3C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45403024228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EF0C90A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0C3841C4" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Skrīveru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -1949,676 +1949,676 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Maizīte</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="765D8C06" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="653FBA51" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aizkraukles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Aizkraukle, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Lāčplēša</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 21b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DD1CB12" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="58DBA584" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">26310080 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74686C58" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7D69AEF6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>39-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65116114" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5A6A16CA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20.07.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="02C2C474" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="5D809F79" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="6B06DDD3" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D583D8D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A72C458" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5D3DF9F3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CITA DABA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FE32037" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2DAAD42B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203089550</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="175792F5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0D9A36E3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 263 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15AD8498" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="70385DF5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 263</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CC4688D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3D796263" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29406818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55EBBEF1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="74C03678" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5008F599" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0CF696E1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>08.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="708FC413" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="04F74FC4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="6D817C51" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0178C850" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EBBB978" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="11A964D4" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>COMOODO SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22C701F5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2A8DE299" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103852258</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47A2E8A3" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="203AD4CC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Dzirnavu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 3a - 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FC38221" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0C0263B3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Aldaru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 2/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A64041B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="52B79418" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29479797 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09FE4AAA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="67B9388B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B8320D7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="47BB0A28" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16.03.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="30E8CFE8" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="5662035D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="49EDAB50" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8B1CD3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0927E75F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="42DD859F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>D DUPLEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AE3E028" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="475BFCBA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003534304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="731B44A8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2EFB4EDA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2633,51 +2633,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7825D0F9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7A0CCE85" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2700,185 +2700,185 @@
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Smaragdi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DCEC8AE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="585BAF8A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67271797 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60F5AE86" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="506A1846" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>66-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C35396C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="113218CA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="09689576" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="6E7CD1CB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="47431C16" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD2032A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="458942C5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3CD039B3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>D DUPLEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DD35A4E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1B4260E5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003534304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="703C3AE6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5C8BF500" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2893,51 +2893,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51AC7E38" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0042E99B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -2960,224 +2960,224 @@
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Smaragdi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6172FD23" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2208824D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67271797 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13661CE8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3B7B9725" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>67-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F6FA70E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0F624022" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="0FE1E7AE" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="0C3A8D63" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="3976CED1" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7499599F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D4EC750" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3A101C9A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DSR LV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12411252" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="172612E5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003061350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6568877D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2AAF9197" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Varšavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7622ACFC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2C7122C0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Varšavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 28</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t xml:space="preserve">Jelgava, </w:t>
@@ -3191,228 +3191,228 @@
               <w:t xml:space="preserve"> Barona </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 40C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B5332F0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0B4EF1E0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29483395 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31D5F08A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="6EA1D4D8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77799F51" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="516F64B2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13.11.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="59689DBE" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="6881BE6C" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="6A7194F6" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE8ECB6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5473289F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0BCDD238" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GARDS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60EA5179" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7206687C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40003248369</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18447683" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7AE35B73" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Tapešu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23 - 13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1583341E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7F383519" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Vienības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -3919,186 +3919,186 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65732309" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2A59F6B2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67313101; 29440960 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D13FCB2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5859D2D2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>63-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52D1E5C5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="08F9990F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>07.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="0BD79B9A" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="1D78606F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="043A1D70" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="226C8A45" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E185712" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="390137EF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GMB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76D111B9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7ECB8E82" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45401009421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DA1CB49" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="62270464" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4113,51 +4113,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53008AB5" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0DE05137" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4306,185 +4306,185 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 11g K-2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56D61DC4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="71985922" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">65233452; 29255717 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F40C423" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="7CA0695B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>53-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22B16E0D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="30F6B994" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="13B67DC7" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="6979233B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="0D8D187C" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44880DC8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="674988CA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="32857F0F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GMB SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B119EFA" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="46682E47" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45401009421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E0C9E62" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="25C42CBE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -4499,51 +4499,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 208 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0524ECF9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="71F52B6B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jēkabpils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -4692,676 +4692,676 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 11g K-2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74A3B7FD" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="658FA320" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">65233452; 29255717 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47D65334" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5271FB2F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>54-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0442DA1F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="79BE1DE0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="0DF8FC97" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="5B03FCB4" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="3DA437BD" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78F0F521" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4302752F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="4EF8FA02" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GUNMARKET EU SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50566636" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="409C04DB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203032068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D9C132A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3C730F24" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prūšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23a - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0797FB2B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="251899CB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Latgales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C8B49FB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3BD0BFB0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29415818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36A20637" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="52568C97" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00D53258" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5D5C6BE6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.01.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="2682A263" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="23FEDD30" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="5B413495" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFB17B0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03783F7D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3EC8A676" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>GUNMARKET EU SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37284D5B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="32A6C972" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203032068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="202C5AF7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="438AE651" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prūšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 23a - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60AA68AE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="42B28B57" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Latgales</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="047EC8D6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5698613F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">29415818 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EEB6341" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2ED78328" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="774B8036" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1CCF6422" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>27.11.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="61C6458E" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="7C9C72B9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="1BEA7F31" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8B15DD" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18EA1D58" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="45D2A20A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IEROČI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68746F71" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3C9F430F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49002000859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55E41DE9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="44DC5FBB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B5C6802" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="55515522" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbaži</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -5642,237 +5642,237 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prospekts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="130EF1F1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2C3BEF24" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">20290061 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F645C87" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1252003D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>72-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="083E86CE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="6EDFD490" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="3FA52504" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="0E6745AF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="2F0E1A3D" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1E3D6A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AE91009" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="3926D157" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IEROČI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A18EB5B" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2139DB89" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>49002000859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3909E3D7" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="43A7E3F2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Talsu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, Talsi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīgas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B768A85" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1AE09834" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Limbaži</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -6152,668 +6152,748 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Prospekts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DACDADF" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="353BBBD6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20290061 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B556C97" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="4FA1DC61" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>73-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67338C95" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0F9054B3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="2D253B8D" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="3D89F214" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="069B4F51" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B116D60" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7018CB1F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="769DE632" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>JAHIPAUN SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023546A6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="229502B4" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40203246657</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50E3EE73" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="499574A7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ernestīnes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 7b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="533F88B2" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="05A90C87" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ropažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>, STOPIŅU PAG., DREILIŅI, BIĶERU IELA, 4</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="476BFA1E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stopiņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ulbroka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Biķeru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41525310" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">25535256 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1467287E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
-[...21 lines deleted...]
-          <w:p w14:paraId="54892A36" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0E495340" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B67D6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.11.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="3145B397" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3E9059" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E346977" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>JAHIPAUN SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBEF0D7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40203246657</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="172A56A1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ernestīnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 7b </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4A0EF7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ropažu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stopiņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ulbroka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Biķeru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2D0794" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">25535256 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C88772D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8-2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A510551" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>04.12.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="4B573026" w14:textId="77777777" w:rsidTr="00AD3666">
-[...85 lines deleted...]
-              <w:t>Rīga</w:t>
+      <w:tr w:rsidR="00E80004" w14:paraId="3D380540" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A07866A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBC7330" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>KALNA 22A SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="719BDABE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103212391</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="032390DB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ernestīnes</w:t>
-[...202 lines deleted...]
-            <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>nov.</w:t>
-[...14 lines deleted...]
-            <w:r>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BC0C256" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="0678CF58" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -6845,185 +6925,185 @@
               <w:t xml:space="preserve">Daugavpils, Saules </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CEC3B35" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="63B715C5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DA80B30" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="01CB1D3F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>50-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12C20D5A" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="682DB9A6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="605C2835" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="0904FF24" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="308635A0" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="292E40F8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FBCBF4D" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="6E7F1FF7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>KALNA 22A SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2703C1CB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="1DFA3793" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>40103212391</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="562E53E6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="2332CB29" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -7038,51 +7118,51 @@
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A557F83" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="6EA8A5AE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Saldus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>, ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -7114,9914 +7194,9910 @@
               <w:t xml:space="preserve">Daugavpils, Saules </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D09A014" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="56E8F07B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="054EF0CB" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="415E8AA8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>51-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="407840D6" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="62FA1F0E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="5516DD21" w14:textId="77777777" w:rsidTr="00AD3666">
-[...13 lines deleted...]
-          <w:p w14:paraId="4A7F6A9F" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="082B2F93" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27C4174A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="152A28C9" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="28BE3565" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LATVIJAS PRAKTISKĀS ŠAUŠANAS CENTRS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2413306C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103643291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3552B7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Džūkstes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB2E1CB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Džūkstes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="688CDBC5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29294995 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED80927" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40E40F49" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="791DF62E" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCCDBE3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>ŠAUŠANAS CENTRS SIA</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="0D6B6464" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1C8A39" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LATVIJAS PRAKTISKĀS ŠAUŠANAS CENTRS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEFA92A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103643291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67397EDB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Džūkstes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23C48628" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Džūkstes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="455B63E7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29294995 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1477AC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="523FEAC2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="1AAD5512" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7A3D86" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2596E611" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LIARPS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2904F058" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43202004295</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D853576" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Balvu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Balvi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Partizānu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A60D35F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Balvu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Balvi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Partizānu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F99C5BE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29219207 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3943E8E2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>47-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D49FE4A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>03.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="3A2A3555" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06A55481" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA79ED9" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LĪGA L SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C85B756" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43603008073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20D7232E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="786D5361" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Uzvaras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1524AEDF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63923737 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B555397" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="537492A2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="1206DEB9" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="004CC79D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C927B53" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LĪGA L SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A91D5DA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43603008073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07C5E4FD" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DEE7AC0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bauskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Bauska, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Uzvaras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50E80478" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63923737 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70005EEF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5946F3E1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="39D17400" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9B2CD6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5813C81C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>M &amp; D SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09F0C71F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003098654</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7513A7C8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šarlotes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E18945A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFFFB5D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29541666 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5B013D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>61-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="104B74ED" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="4AFB3C40" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="335BFDEA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B28D2A5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MELLA OZ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1825FF93" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103700645</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04CA7928" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Katlakalns</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Samteņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6696A355" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mazā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, CĒSIS, RAUNAS IELA 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C04EFBC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29727272 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="246DE2CE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>64-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26A2B4B5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="44E2D856" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23433B71" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="654C2FDF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MELLA OZ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36D56557" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103700645</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="339D8097" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Katlakalns</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Samteņu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5AED5C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mazā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Stacijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, , </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ķekava</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Nākotnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smiltenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smiltene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dārza</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valkas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Valka, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, CĒSIS, RAUNAS IELA 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0750A75C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29727272 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C312C18" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>65-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45756CFC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>07.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="0FD639A8" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D923E72" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E728822" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NORVEKS SPORTS LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADD6FB3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103410617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C12D681" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gaujas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29BC00B6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Meža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7404AF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29222279; 67089554 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79E47ABF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D45F509" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>09.07.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="0463819B" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="286E9E46" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36BABEC5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NORVEKS SPORTS LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35354F27" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103410617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="592A5EDD" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gaujas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49861A01" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Meža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38A06A69" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29222279; 67089554 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1F1402" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4F9713" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>09.07.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="3B8998E6" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="786FD8A5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75D71AC3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OKSALIS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="582AAF89" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42403025353</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="789D0EFB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 38a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C54A8D2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 38A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16DD6106" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29178141 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45DFE9C3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A17BBBA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="69DF7167" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28BB9097" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>40103643291</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="6BF6FABC" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA6ACF3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OKSALIS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B45B3AE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42403025353</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0AE609" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 38a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2927E095" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Upes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 38A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79DF6A86" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29178141 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0691F1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>22-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16197663" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="566B2A15" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0E7A86" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="127F350F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>POLIS LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="352333C7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003383774</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22861D08" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Džūkstes</w:t>
+              <w:t>Laboratorijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 6a </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="7CFDF727" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+              <w:t xml:space="preserve"> 11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E14772E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Džūkstes</w:t>
+              <w:t>Laboratorijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 6A</w:t>
-[...60 lines deleted...]
-          <w:p w14:paraId="2489C9FE" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+              <w:t xml:space="preserve"> 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="422CC6D3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26411115 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD45F73" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>55-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="505E8D9A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="2BA1C1D1" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="683A3900" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA998E2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PURNAVU MUIŽA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="315ACE73" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103160117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03AEDC09" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="663BF8F8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lilijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25CB28AC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20200500 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE41B82" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33003FF1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.06.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="10941BBA" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77952A6A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30892D41" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PURNAVU MUIŽA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1999DD20" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103160117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC4C52E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DCD442A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmieras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Valmiera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lilijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārupes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>., "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mārtiņmuiža</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66BCB98D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20200500 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71273C33" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>35-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="093D528A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.06.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="626D5141" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF86CC3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0171458B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RAE LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71858AA8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103973547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2552D5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23 - 1c </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51E787E0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23-1C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5475B1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">25475000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5533CE8E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>36-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8813D3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="46476CC3" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16D30F05" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39F3F594" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RAE LV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F210289" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103973547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="106B1E76" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23 - 1c </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="787C3C6D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Cēsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 23-1C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51271E34" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">25475000 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64BE8D6D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>37-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4474F2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="77721555" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2450A1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3535F785" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RIGA INVESTMENT SOLUTIONS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72658AA5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103731185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C84DA45" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Strēlnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9 - 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB66C7F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lāčplēša</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="246D1F67" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29486667; 26139831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="095A6F0A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D628415" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="687612EF" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA959E2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71EA249D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>RIGA INVESTMENT SOLUTIONS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8BA26E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103731185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE3387F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Strēlnieku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9 - 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60FB0E24" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lāčplēša</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5A6927" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29486667; 26139831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1980AA21" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="780B66DD" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="3FDA86F9" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14C15556" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57F3770B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S. MEDNES SIA SANTA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="322AC0AE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44602000546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2EAB54" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bērzu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="726F805E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>, ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 41 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9C8199" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29199831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21249058" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12C23792" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="5ADD79AD" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D78DB5E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="608487FA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S. MEDNES SIA SANTA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57617210" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44602000546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5061AD66" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Bērzu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E45F6DF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 41 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1CBA87" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29199831 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="022CAE01" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="071C11A4" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="52F20DAF" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D91BC0C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE823F3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SABIEDRĪBA VVV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16B80A68" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003293593</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D73E530" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūrmala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="522C3F1F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jūrmala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šoseja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="067E7C8E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67731779 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7D0377" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>46-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFAC8B0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>03.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="5193AF3B" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B03D542" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1900EB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SAIN SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53451D33" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42402005059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7E0199" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06101CC8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332CE219" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29111001 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEAB0D2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2-2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="558E5D07" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="56FC65F2" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29B65489" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52D5C709" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SAIN SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E41981B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42402005059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65753CF7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB0C4FE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rēzekne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, F. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Varslavāna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61822860" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29111001 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5953DE7D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3-2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="018B45AB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="3B3C052D" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDFD0EE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="445EFB80" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SPEKTRS SECURITY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE32A74" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103674963</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47E06C85" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07B015FE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0948656D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29322363 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3967CA42" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC720A3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>03.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="3F15F785" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="089F61C6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="657694E9" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SPEKTRS SECURITY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="113BA064" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40103674963</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3784C577" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B98355A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Daugavgrīvas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1943B6B5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29322363 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55C4FEB7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="016C9ED5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>03.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="18F3E839" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48C56E40" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="592376BF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>STRĒLNIEKS-A SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="408F7400" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003055477</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A61EC14" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jaunmoku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79AAB16D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 52 L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24658D99" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20240888 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66F5E8BE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02EEA9C7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="786F2618" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60209DA3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4C5945" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>STRĒLNIEKS-A SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32098ADA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003055477</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33209E6B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jaunmoku</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 34 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="056A44D1" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 52 L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58DEC683" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">20240888 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75727F74" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44908C9C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27.04.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="2F509760" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B15565C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9EFA23" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TROFEJA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59EEEE13" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503067528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E30352E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Arodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 3 - 23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A74FD3A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vienības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 17-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="552379E7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">26239027 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0878F8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5915AB11" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="62B7CDF5" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41CBFC71" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49A0483A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TUKUMA MEDNIEKS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24FFB65C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003206401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0103A05F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="032C11CA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raudas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB32B7B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63125571; 29273646 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1097DC66" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>23-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CEEDD98" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="71B34613" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4065239E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="031448A8" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>TUKUMA MEDNIEKS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3409DB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003206401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="336AF293" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talsu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28E8BDFB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tukums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raudas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03CD1217" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">63125571; 29273646 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3BAFE7" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25D82FEC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="331D73C7" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="059442D6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23D4D001" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UNISPORTS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="363C7C0C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45403004857</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="496FAF5A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA6E51D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ābeļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tirgotāju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 18a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09B06613" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">64822911 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F48A6E4" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31375750" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="1770BF4E" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEF595C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7843DD82" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UNISPORTS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E95C22E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>45403004857</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32474597" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73457464" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madonas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Madona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Saules </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 1a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gulbene</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ābeļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksnes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Alūksne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tirgotāju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 18a </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Jēkabpils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Brīvības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8F058E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">64822911 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD501B5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65AF76E3" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="4870F3AB" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B67C8D5" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="379087BE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UP AUTO SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB4613C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42103041471</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29031324" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dienvidkurzemes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Grobiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Priežu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2 - 36 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76020578" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Liepāja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Avotu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4698D20A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29173515 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBEB6CD" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0277C944" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="5D2DB23C" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3040C948" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="407697B0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>UP AUTO SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20A60E2F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42103041471</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7AF359" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dienvidkurzemes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Grobiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Priežu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 2 - 36 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10D661BF" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Liepāja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Avotu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7089A6" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">29173515 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="775D4DB0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="517A5578" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="5AB29640" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1B993D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66D29326" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VAIKUĻĀNI SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3763F86A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503060708</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="113DCBA9" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Augšdaugavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Līksnas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vaikuļāni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smaidas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABABB02" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38A50070" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">65423375 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0E91D2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22FCE38E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="398005A1" w14:textId="77777777" w:rsidTr="00AD3666">
-[...79 lines deleted...]
-          <w:p w14:paraId="459847D1" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+      <w:tr w:rsidR="00E80004" w14:paraId="0DF83F23" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="103B0306" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42EFB4A0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VAIKUĻĀNI SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00F147DA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41503060708</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="435E34FC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Augšdaugavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>nov.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Līksnas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vaikuļāni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Smaidas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="102389A2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Raiņa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E63C1E0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">65423375 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="141186CB" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6CDA1B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="07222ADF" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="079AE8FA" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE86854" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>VEFABRIKA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF7507B" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>44103059378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD76316" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Džūkstes</w:t>
+              <w:t>Ieriķu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 6a </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="7E07E54E" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+              <w:t xml:space="preserve"> 73 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E012C1E" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Džūkstes</w:t>
+              <w:t>Zeļļu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 6A</w:t>
-[...65 lines deleted...]
-              <w:t>18.05.2023</w:t>
+              <w:t xml:space="preserve"> 23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E064EAC" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67605306 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7304D2CE" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1-2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B181D21" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD3666" w14:paraId="712C03A2" w14:textId="77777777" w:rsidTr="00AD3666">
-[...93 lines deleted...]
-              <w:t>nov.</w:t>
+      <w:tr w:rsidR="00E80004" w14:paraId="1A2D2D55" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44D3631C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8E088D" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ZOMMERS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEB1230" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003289047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2825BD24" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Balvi</w:t>
+              <w:t>Tērbatas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 59/61 - 2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD5D1BD" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 52L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07DC1A54" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">67280790 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21EAB3C0" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>56-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43FE9F2C" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80004" w14:paraId="184CD1ED" w14:textId="77777777" w:rsidTr="00E80004">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5230E142" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="383E707A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ZOMMERS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6DC772" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40003289047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6489330F" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Partizānu</w:t>
+              <w:t>Tērbatas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 28 </w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> 59/61 - 2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E78ADB2" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, Slokas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> 28 </w:t>
-[...8896 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve"> 52L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DCF0629" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="76AC9167" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">67280790 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A2C2C48" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
-[...211 lines deleted...]
-          <w:p w14:paraId="0E2D01A0" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="5553137A" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>57-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FA401E8" w14:textId="77777777" w:rsidR="00AD3666" w:rsidRDefault="00AD3666">
+          <w:p w14:paraId="6F1F2149" w14:textId="77777777" w:rsidR="00E80004" w:rsidRDefault="00E80004">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>24.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24931ACF" w14:textId="77777777" w:rsidR="00686F8D" w:rsidRPr="00AD3666" w:rsidRDefault="00686F8D" w:rsidP="00AD3666"/>
-    <w:sectPr w:rsidR="00686F8D" w:rsidRPr="00AD3666" w:rsidSect="009007C2">
+    <w:p w14:paraId="24931ACF" w14:textId="77777777" w:rsidR="00686F8D" w:rsidRPr="00E80004" w:rsidRDefault="00686F8D" w:rsidP="00E80004"/>
+    <w:sectPr w:rsidR="00686F8D" w:rsidRPr="00E80004" w:rsidSect="009007C2">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="900" w:bottom="1440" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -17052,50 +17128,51 @@
   <w:rsids>
     <w:rsidRoot w:val="009F2BC4"/>
     <w:rsid w:val="000C51A5"/>
     <w:rsid w:val="00152518"/>
     <w:rsid w:val="00484521"/>
     <w:rsid w:val="0048491E"/>
     <w:rsid w:val="005112EA"/>
     <w:rsid w:val="00581F11"/>
     <w:rsid w:val="00595C35"/>
     <w:rsid w:val="005E53CA"/>
     <w:rsid w:val="00686F8D"/>
     <w:rsid w:val="0072719A"/>
     <w:rsid w:val="00832F51"/>
     <w:rsid w:val="008C140A"/>
     <w:rsid w:val="008C19A8"/>
     <w:rsid w:val="008D065C"/>
     <w:rsid w:val="009007C2"/>
     <w:rsid w:val="009427EB"/>
     <w:rsid w:val="009B4D2A"/>
     <w:rsid w:val="009C7BF3"/>
     <w:rsid w:val="009F2BC4"/>
     <w:rsid w:val="00AD3666"/>
     <w:rsid w:val="00B961D0"/>
     <w:rsid w:val="00D0168A"/>
     <w:rsid w:val="00D31F2F"/>
+    <w:rsid w:val="00E80004"/>
     <w:rsid w:val="00E92076"/>
     <w:rsid w:val="00EA5D0B"/>
     <w:rsid w:val="00ED7432"/>
     <w:rsid w:val="00FC4369"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -17833,50 +17910,147 @@
                           <w:divsChild>
                             <w:div w:id="819005830">
                               <w:marLeft w:val="450"/>
                               <w:marRight w:val="450"/>
                               <w:marTop w:val="75"/>
                               <w:marBottom w:val="75"/>
                               <w:divBdr>
                                 <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
                                 <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
                                 <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
                                 <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="715662559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="407656725">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="322509439">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="846097256">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1927762497">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1407537491">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="2082869261">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="738746734">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="810945768">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18544,76 +18718,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>6579</Words>
+  <Words>6578</Words>
   <Characters>3751</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10310</CharactersWithSpaces>
+  <CharactersWithSpaces>10309</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Inta Kristapura-Nīmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>