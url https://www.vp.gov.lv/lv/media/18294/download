--- v0 (2025-10-13)
+++ v1 (2025-11-22)
@@ -1,1781 +1,4212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="59D9DD89" w14:textId="77777777" w:rsidR="00BE54C8" w:rsidRPr="0064043F" w:rsidRDefault="00BE54C8" w:rsidP="00BE54C8">
+    <w:p w14:paraId="657CEC1E" w14:textId="047B22C1" w:rsidR="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1"/>
+    <w:p w14:paraId="65B8A3DA" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Licencēto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ieroču</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>munīcijas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>speciālo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>līdzekļu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>izgatavošanas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>realizācijas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>uzņēmumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0064043F">
+      <w:r w:rsidRPr="003926B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>saraksts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblW w:w="13978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="187"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1079"/>
+        <w:gridCol w:w="150"/>
+        <w:gridCol w:w="2821"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="2725"/>
+        <w:gridCol w:w="2936"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="786"/>
+        <w:gridCol w:w="1110"/>
+        <w:gridCol w:w="1110"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="28B8A715" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...20 lines deleted...]
-              <w:rPr>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="6E41216B" w14:textId="77511C54" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7772C52C" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0903272B" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Uzņēmuma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nosaukums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59024B9A" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reģ.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="481B2883" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Juridiskā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54EE1410" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Realizācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8487EC" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="135F47F9" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lic.Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4958C9C3" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Izsniegta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB8B9CC" w14:textId="7F5F4056" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Derīga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="7AB4E3A6" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="648E0A70" w14:textId="32BCCDE8" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53ABEF12" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05FF6048" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>D DUPLEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="311D5C5C" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>40003534304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6D03B9" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4734A2EE" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Eimuri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Smaragdi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="495B4C51" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">67271797 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8BA0AF" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>69-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA02A92" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10340E6F" w14:textId="0434265F" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.09.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="36DEFE22" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="6BF7CC84" w14:textId="381A60F0" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38335E01" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25AA14BF" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>D DUPLEKS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08EAA8B3" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>40003534304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D568F2E" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBF9B5E" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Ādažu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Eimuri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Smaragdi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB8662E" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">67271797 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76349E17" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>71-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA1DF13" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>14.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67059BE5" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="040EFBC7" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="12EE6A03" w14:textId="5D3A8FAF" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6DE462" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDF43F7" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>DSR LV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="163F35B2" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>40003061350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11FBB4C6" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Varšavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0052D1DF" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Varšavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 28</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Daugavpils, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varšavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Augšdaugavas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Novads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Naujenes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Buļi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Buļi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="044A057F" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">29483395 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26C1966E" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>4-2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB4D223" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>15.12.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA71134" w14:textId="5FB0B931" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.12.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="6D63DAB3" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="04A04444" w14:textId="664BCF8E" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F65B680" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C173C4B" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>LATVIJAS PRAKTISKĀS ŠAUŠANAS CENTRS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0270E364" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>40103643291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD01426" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 6a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA1BEB7" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 6A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="541E32D8" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">29294995 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2591636F" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>16-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55A0606E" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0566685C" w14:textId="19BD6CDD" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.05.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="0B8571D3" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="694645D0" w14:textId="44BE48DE" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13679230" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="075FF8BC" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>LATVIJAS PRAKTISKĀS ŠAUŠANAS CENTRS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07D5E7BE" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>40103643291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34281447" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 6a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="009EC0BD" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Džūkstes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 6A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6554B713" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">29294995 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E003861" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>19-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="697FDCCB" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FE565F" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="26CF5C7C" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="4C994347" w14:textId="02445FAB" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47F1363F" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBAE821" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>PURNAVU MUIŽA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C67FA47" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>40103160117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF949C9" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0590959D" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārupes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mārtiņmuiža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16C8699A" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">20200500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2187E9F3" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>33-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7626E12C" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>29.06.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1416DED8" w14:textId="13060885" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29.06.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="528D99A0" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="56F1B5BD" w14:textId="4C6FAF08" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB6E305" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="393003B2" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>URA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="020A8515" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>40003889659</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68A019B1" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Rīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Brīvības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>gatve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 204a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61069BCE" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Daugavpils, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Dunduru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55940C05" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">65407472 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9E0205" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>3-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67C04A5D" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>30.03.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="739A96FA" w14:textId="69818C90" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30.03.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE54C8" w14:paraId="53C62686" w14:textId="77777777" w:rsidTr="00BE54C8">
-[...10 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="003926B1" w:rsidRPr="003926B1" w14:paraId="40CEF5FB" w14:textId="0C9EE331" w:rsidTr="00321017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11D5F957" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58CB44BD" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>VLADCOM SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0918E11A" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>50103337631</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A805F24" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Jelgavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>nov.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Kalnciema</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Kalnciems</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Robežu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 3a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49CEA080" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Jelgavas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Novads</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Kalnciema</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pag</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Kalnciems</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Robežu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>iela</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 3a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16F01FBA" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">29234396 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14FDD227" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>76-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6873E2C1" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>14.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="467E97B5" w14:textId="29FA5DA2" w:rsidR="003926B1" w:rsidRPr="003926B1" w:rsidRDefault="003926B1" w:rsidP="003926B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003926B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.09.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73C0B59F" w14:textId="77777777" w:rsidR="00225B0A" w:rsidRPr="00BE54C8" w:rsidRDefault="00225B0A" w:rsidP="00BE54C8"/>
-[...2 lines deleted...]
-      <w:pgMar w:top="1440" w:right="900" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:p w14:paraId="02F0F027" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="0064043F" w:rsidRDefault="003926B1" w:rsidP="003926B1"/>
+    <w:p w14:paraId="73C0B59F" w14:textId="04E6EA38" w:rsidR="00225B0A" w:rsidRDefault="00225B0A" w:rsidP="00BE54C8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B41C12" w14:textId="77777777" w:rsidR="003926B1" w:rsidRPr="00BE54C8" w:rsidRDefault="003926B1" w:rsidP="00BE54C8"/>
+    <w:sectPr w:rsidR="003926B1" w:rsidRPr="00BE54C8" w:rsidSect="003926B1">
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+      <w:pgMar w:top="284" w:right="1440" w:bottom="900" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
@@ -1784,60 +4215,66 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F13867"/>
     <w:rsid w:val="000E626E"/>
     <w:rsid w:val="00162525"/>
     <w:rsid w:val="00225B0A"/>
+    <w:rsid w:val="00232960"/>
     <w:rsid w:val="00271152"/>
     <w:rsid w:val="0032236B"/>
+    <w:rsid w:val="003926B1"/>
     <w:rsid w:val="004C7AF4"/>
+    <w:rsid w:val="00553670"/>
     <w:rsid w:val="005807B6"/>
     <w:rsid w:val="005E0072"/>
     <w:rsid w:val="00603F1F"/>
     <w:rsid w:val="00607AE1"/>
+    <w:rsid w:val="00636511"/>
     <w:rsid w:val="0064043F"/>
+    <w:rsid w:val="00684C8C"/>
     <w:rsid w:val="007626BC"/>
     <w:rsid w:val="009320C2"/>
+    <w:rsid w:val="00A64025"/>
     <w:rsid w:val="00AC4634"/>
     <w:rsid w:val="00B06B48"/>
     <w:rsid w:val="00BE54C8"/>
     <w:rsid w:val="00C121B4"/>
     <w:rsid w:val="00CD450C"/>
     <w:rsid w:val="00DF33A5"/>
     <w:rsid w:val="00DF47B2"/>
     <w:rsid w:val="00E0699E"/>
     <w:rsid w:val="00E32B29"/>
     <w:rsid w:val="00F13867"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -1957,94 +4394,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2544,50 +4985,147 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="887258634">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1230459323">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1129202928">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1215198735">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="891114350">
+                  <w:marLeft w:val="450"/>
+                  <w:marRight w:val="450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="935677955">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="75"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="477721930">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="75"/>
+                          <w:marBottom w:val="75"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="937063703">
+                              <w:marLeft w:val="450"/>
+                              <w:marRight w:val="450"/>
+                              <w:marTop w:val="75"/>
+                              <w:marBottom w:val="75"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1458914442">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1588729535">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -2897,76 +5435,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>815</Words>
-  <Characters>466</Characters>
+  <Words>916</Words>
+  <Characters>523</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1279</CharactersWithSpaces>
+  <CharactersWithSpaces>1437</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Inta Kristapura-Nīmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>