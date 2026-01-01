--- v0 (2025-10-13)
+++ v1 (2026-01-01)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="328F82EF" w14:textId="392D63C6" w:rsidR="00AD0FF0" w:rsidRDefault="00C8631A" w:rsidP="00C8631A">
+    <w:p w14:paraId="328F82EF" w14:textId="2303B99E" w:rsidR="00AD0FF0" w:rsidRDefault="00C8631A" w:rsidP="00C8631A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SERTIFICĒTO DETEKTĪVU SARAKSTS </w:t>
@@ -63,144 +63,170 @@
       </w:r>
       <w:r w:rsidR="00AD7E4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA1091">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>07</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70C8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DA1091">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E144B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A432A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00DE2A66">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A432A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="11049" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="686"/>
         <w:gridCol w:w="3855"/>
         <w:gridCol w:w="2149"/>
         <w:gridCol w:w="1962"/>
-        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2397"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD0FF0" w:rsidRPr="00AD0FF0" w14:paraId="77262161" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00AD0FF0" w:rsidRPr="00AD0FF0" w14:paraId="77262161" w14:textId="77777777" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="469EE244" w14:textId="77777777" w:rsidR="00AD0FF0" w:rsidRPr="00AD0FF0" w:rsidRDefault="00AD0FF0" w:rsidP="00AD0FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -301,21971 +327,21647 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0FF0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>izsniegts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C3277AE" w14:textId="77777777" w:rsidR="00AD0FF0" w:rsidRPr="00AD0FF0" w:rsidRDefault="00AD0FF0" w:rsidP="00AD0FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0FF0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">derīgs </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="36456B02" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00E144B4" w:rsidRPr="00AD0FF0" w14:paraId="36456B02" w14:textId="422BBCE3" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CDB77E8" w14:textId="024F20A2" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="0CDB77E8" w14:textId="024F20A2" w:rsidR="00E144B4" w:rsidRPr="00AD0FF0" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A93C7E3" w14:textId="4BB706C5" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="5A93C7E3" w14:textId="76A988BA" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ALADJEVS ALEKSEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726829AD" w14:textId="623150F5" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="726829AD" w14:textId="5A935234" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2113C65D" w14:textId="18FBAC16" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="2113C65D" w14:textId="086D5952" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.12.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EADA2A6" w14:textId="38EC3A3C" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.12.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="00B57B11" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="00B57B11" w14:textId="014BBCE9" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2027081E" w14:textId="611B337E" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="2027081E" w14:textId="611B337E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146F18F4" w14:textId="478B8DB4" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">AĻBINOVIČS ALEKSANDRS </w:t>
+          <w:p w14:paraId="146F18F4" w14:textId="13E4ADDF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANTĀNS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="051D0902" w14:textId="0F8F5A12" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2020-D0026</w:t>
+          <w:p w14:paraId="051D0902" w14:textId="46EEEE7F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45EF4654" w14:textId="097F1E3D" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>03.12.2025</w:t>
+          <w:p w14:paraId="45EF4654" w14:textId="5740579A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0769CBA0" w14:textId="5A6D8423" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="0EC25C56" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="0EC25C56" w14:textId="698B8D60" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D3EE8A8" w14:textId="6FA8F85A" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="4D3EE8A8" w14:textId="6FA8F85A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="017058B1" w14:textId="4FC81FEF" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ANTĀNS JURIS </w:t>
+          <w:p w14:paraId="017058B1" w14:textId="367320B6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APERĀNS VENTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E072D35" w14:textId="5F29B0F0" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0027</w:t>
+          <w:p w14:paraId="4E072D35" w14:textId="79BAB277" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045E18DC" w14:textId="5D75D482" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="045E18DC" w14:textId="0A5D82F5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>31.07.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28EC5D41" w14:textId="4075B111" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>31.07.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1441D4F9" w14:textId="4D158495" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="515CFAED" w14:textId="1BDBEE83" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77132BF6" w14:textId="7E16BEA0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ARĀJS RAIMONDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358A82B7" w14:textId="499BFE14" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC5742F" w14:textId="006F2C25" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B06F06A" w14:textId="43FD49FA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6B3E3CBE" w14:textId="4FF97329" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C940C5B" w14:textId="5B97556A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AAC5DE" w14:textId="670BE10C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BACULE IVETA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A214" w14:textId="4DC57DDF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD7973C" w14:textId="2C7ABF29" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D19498" w14:textId="7C0457FD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2236439D" w14:textId="585D78AD" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAD47B3" w14:textId="6C4D0D52" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA46F7A" w14:textId="4DB08BC8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BARENS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E555FCE" w14:textId="08EF4FB3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C493C6C" w14:textId="5FD149E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.06.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="509FEC3A" w14:textId="7B0D5F36" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.06.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="78393E5A" w14:textId="37B3B2A9" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16CCB002" w14:textId="5774A28C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45890BA0" w14:textId="4B0A8637" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BEBRIŠS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358FDD3B" w14:textId="6DCBBF86" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B26EDAF" w14:textId="3C7F65D3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.06.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7936D4" w14:textId="7E722A16" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.06.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="37839B76" w14:textId="45D18466" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4719ECA5" w14:textId="6770D365" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="489849C9" w14:textId="7CC59768" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BELASOVS ĢIRTS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155387AD" w14:textId="434E7614" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4088C1A7" w14:textId="3414BC80" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5979FA49" w14:textId="1A904F2C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.07.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4D8B0B87" w14:textId="235F080B" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEFC8A5" w14:textId="59CE7D1C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF1466B" w14:textId="2D3A0834" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BENEFELDS KRISTIANS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="462766F7" w14:textId="265975BB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A5E160" w14:textId="51063B4F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.05.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C4234D" w14:textId="771E1E43" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.05.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5DB8870C" w14:textId="438A92BA" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A46099D" w14:textId="40581C45" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEBC87E" w14:textId="597BE501" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BERNĀNS JURIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F77584C" w14:textId="010D2A2A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6083433C" w14:textId="711735B7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.04.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B736A8" w14:textId="2274B0FC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5A68948C" w14:textId="0B545B7F" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B21C429" w14:textId="7FEE3470" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="296F027B" w14:textId="71B66A2B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BĒRZIŅŠ JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BEFB42" w14:textId="7E13DD6B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B9CCE6" w14:textId="5B223DFE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F656B0" w14:textId="4BB1174F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="1441D4F9" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5227F645" w14:textId="4747F122" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="515CFAED" w14:textId="1BDBEE83" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="7917AD4D" w14:textId="6FF0DDC3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77132BF6" w14:textId="4B7E0318" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">APERĀNS VENTS </w:t>
+          <w:p w14:paraId="1C605923" w14:textId="63D809F6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BITE AIGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358A82B7" w14:textId="4D87D1F1" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2025-D0013</w:t>
+          <w:p w14:paraId="3748586D" w14:textId="72032185" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC5742F" w14:textId="6E8DED74" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>31.07.2030</w:t>
+          <w:p w14:paraId="6D7516BA" w14:textId="7D29CE85" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF5C233" w14:textId="47E4B10A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="6B3E3CBE" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="261A84F9" w14:textId="5FB26FB3" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C940C5B" w14:textId="5B97556A" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="621F8371" w14:textId="67DEC858" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16AAC5DE" w14:textId="3C497F71" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ARĀJS RAIMONDS </w:t>
+          <w:p w14:paraId="6E025FBD" w14:textId="2B6895B1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BLAUS EDIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3075A214" w14:textId="5EBEC03C" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2024-D0010</w:t>
+          <w:p w14:paraId="6C1FBFC2" w14:textId="66435E99" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD7973C" w14:textId="56E199F5" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>25.04.2029</w:t>
+          <w:p w14:paraId="190C571C" w14:textId="4190EF5F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09769ABA" w14:textId="703BD68B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="2236439D" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="24AB1D45" w14:textId="2AFE5DE4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DAD47B3" w14:textId="6C4D0D52" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="626C0F29" w14:textId="399D8D7F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA46F7A" w14:textId="6AAAF614" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BACULE IVETA </w:t>
+          <w:p w14:paraId="668E7567" w14:textId="42A273D4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BOGDANOVS ILMĀRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E555FCE" w14:textId="460BC577" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0005</w:t>
+          <w:p w14:paraId="023AE4A3" w14:textId="6D42640E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C493C6C" w14:textId="4CA34012" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>24.02.2027</w:t>
+          <w:p w14:paraId="2861EA21" w14:textId="27055756" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.06.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5FAE36" w14:textId="12F4479A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.06.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="78393E5A" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="295BDDAB" w14:textId="30DEC8B2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16CCB002" w14:textId="5774A28C" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="538E96C3" w14:textId="4B31C9A3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45890BA0" w14:textId="3BAF49EA" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BARENS JĀNIS </w:t>
+          <w:p w14:paraId="203AA79C" w14:textId="406B8BC1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BONDARJKOVS DENISS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358FDD3B" w14:textId="2FBD2502" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2024-D0015</w:t>
+          <w:p w14:paraId="053CCD50" w14:textId="78DD366A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B26EDAF" w14:textId="06418BF5" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>06.06.2029</w:t>
+          <w:p w14:paraId="089D2E0A" w14:textId="597D6F67" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FBDD0C" w14:textId="3C2795AA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="37839B76" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="50B10FF4" w14:textId="0D52056D" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4719ECA5" w14:textId="6770D365" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="4453A776" w14:textId="2947784B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="489849C9" w14:textId="4EB35805" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BEBRIŠS JĀNIS </w:t>
+          <w:p w14:paraId="584C3880" w14:textId="55A56D07" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BORS AIGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="155387AD" w14:textId="51C77DAB" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0014</w:t>
+          <w:p w14:paraId="7F207025" w14:textId="46549051" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4088C1A7" w14:textId="6D2CEA00" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>04.06.2026</w:t>
+          <w:p w14:paraId="1A7B3FFE" w14:textId="3531470C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>12.11.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0552B331" w14:textId="3E7F661C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="4D8B0B87" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="17573C65" w14:textId="75A0A432" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EEFC8A5" w14:textId="59CE7D1C" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="33BDE37A" w14:textId="338E4AED" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF1466B" w14:textId="514492A1" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BELASOVS ĢIRTS </w:t>
+          <w:p w14:paraId="16CC7F03" w14:textId="387D1657" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BOŽINSKA OLGA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="462766F7" w14:textId="53073FBE" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2024-D0017</w:t>
+          <w:p w14:paraId="3E3158B4" w14:textId="31CEDD1A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A5E160" w14:textId="58254D8A" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>18.07.2029</w:t>
+          <w:p w14:paraId="0624B73A" w14:textId="6804EB96" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.07.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4995EAA3" w14:textId="1FCEBBBA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="5DB8870C" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="3A47B083" w14:textId="7AD358FC" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A46099D" w14:textId="40581C45" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="08B4A59E" w14:textId="76085471" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEBC87E" w14:textId="4EBA0A05" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BENEFELDS KRISTIANS </w:t>
+          <w:p w14:paraId="15425759" w14:textId="59048711" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BRIEDIS UVIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F77584C" w14:textId="239DB5D8" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2025-D0007</w:t>
+          <w:p w14:paraId="2D1DA69C" w14:textId="1DBE6F5E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6083433C" w14:textId="7455F0FD" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>10.05.2030</w:t>
+          <w:p w14:paraId="658D67C4" w14:textId="2DC33AF9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.04.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD2B3C6" w14:textId="35BA236C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="5A68948C" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="79CB8190" w14:textId="4322A982" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B21C429" w14:textId="7FEE3470" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="6B4B558C" w14:textId="07AEF02A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="296F027B" w14:textId="521F525C" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BERNĀNS JURIS </w:t>
+          <w:p w14:paraId="441DD265" w14:textId="40EDAC38" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BRINKMANIS ARTIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22BEFB42" w14:textId="62CDB51C" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0011</w:t>
+          <w:p w14:paraId="471D5451" w14:textId="78F4ACD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B9CCE6" w14:textId="08A9EB83" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>01.04.2026</w:t>
+          <w:p w14:paraId="4B388948" w14:textId="5D97C5C4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.08.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F77189" w14:textId="228ACE3E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="5227F645" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4BBE53ED" w14:textId="2DA4DF04" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7917AD4D" w14:textId="6FF0DDC3" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="0F3667A1" w14:textId="6FE3004F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C605923" w14:textId="16A76685" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BĒRZIŅŠ JĀNIS </w:t>
+          <w:p w14:paraId="353237C6" w14:textId="4216D26D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BUNDZIS ANDREJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3748586D" w14:textId="55B114BA" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0026</w:t>
+          <w:p w14:paraId="629267D1" w14:textId="00937864" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7516BA" w14:textId="05751730" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>15.09.2027</w:t>
+          <w:p w14:paraId="25A5A24E" w14:textId="347E512C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E505AF5" w14:textId="6CFCCB57" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="261A84F9" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="206A32B5" w14:textId="5E162611" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="621F8371" w14:textId="67DEC858" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="5FA68CA7" w14:textId="37F8EF55" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E025FBD" w14:textId="2F14C0A7" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BITE AIGARS </w:t>
+          <w:p w14:paraId="136ECF8B" w14:textId="3911C373" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BURIJS MARJANS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1FBFC2" w14:textId="4ABB53B4" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0015</w:t>
+          <w:p w14:paraId="1D1CB80D" w14:textId="7983F827" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="190C571C" w14:textId="0F86FC7B" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>13.08.2026</w:t>
+          <w:p w14:paraId="71CD992B" w14:textId="56D3E727" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="777A0DA4" w14:textId="1A57AE18" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.08.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="24AB1D45" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="70B014EE" w14:textId="27F949A2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="626C0F29" w14:textId="399D8D7F" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="25281369" w14:textId="64ADDC94" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="668E7567" w14:textId="4A2F9352" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BLAUS EDIJS </w:t>
+          <w:p w14:paraId="0D7D6BD4" w14:textId="30BE89EA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CUZANOVSKA ELĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023AE4A3" w14:textId="72D1FCEA" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2025-D0017</w:t>
+          <w:p w14:paraId="1F9E5ED6" w14:textId="18BD9C85" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2861EA21" w14:textId="7CE09CD5" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>04.09.2030</w:t>
+          <w:p w14:paraId="19A901C6" w14:textId="3D2A4ADF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B5CE18" w14:textId="1A871B77" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.09.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="295BDDAB" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="06B65A1F" w14:textId="19AD7F01" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="538E96C3" w14:textId="4B31C9A3" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="16AD0D2A" w14:textId="6BE9EB51" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203AA79C" w14:textId="1E3383AA" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BOGDANOVS ILMĀRS </w:t>
+          <w:p w14:paraId="07DED183" w14:textId="4C355E86" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CVETKOVS DENISS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="053CCD50" w14:textId="683088A2" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0016</w:t>
+          <w:p w14:paraId="0A184C7C" w14:textId="367820A8" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="089D2E0A" w14:textId="28F6A04B" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>16.06.2027</w:t>
+          <w:p w14:paraId="613AE5DF" w14:textId="3989AF0A" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.10.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B917806" w14:textId="720CDC96" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.10.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="50B10FF4" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5210FB28" w14:textId="44D3ADA4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4453A776" w14:textId="2947784B" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="2E1FE0BA" w14:textId="5F6AC14C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="584C3880" w14:textId="394EC030" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BOIKO DMITRIJS </w:t>
+          <w:p w14:paraId="17FD1990" w14:textId="72774B0B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ČERNOUSOVS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F207025" w14:textId="2403D868" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2020-D0024</w:t>
+          <w:p w14:paraId="63CA628E" w14:textId="6586DC34" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7B3FFE" w14:textId="4291DEEE" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>13.11.2025</w:t>
+          <w:p w14:paraId="6633D918" w14:textId="01BAB6CC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.04.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1C630E" w14:textId="730365E8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="17573C65" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1CFFA096" w14:textId="6E821F54" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33BDE37A" w14:textId="338E4AED" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="70801D19" w14:textId="06F1F2C6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16CC7F03" w14:textId="1D2FCA74" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BONDARJKOVS DENISS </w:t>
+          <w:p w14:paraId="7DE933AD" w14:textId="64695F28" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ČERNOVS VLADIMIRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3158B4" w14:textId="451CD066" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2023-D0014</w:t>
+          <w:p w14:paraId="76706DC1" w14:textId="39746543" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0624B73A" w14:textId="7D73A242" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>10.08.2028</w:t>
+          <w:p w14:paraId="522F7355" w14:textId="415D8C1D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.02.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01686537" w14:textId="3CD50708" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="3A47B083" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4BFC54F3" w14:textId="26169559" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="08B4A59E" w14:textId="76085471" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="15C0576A" w14:textId="798D4079" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15425759" w14:textId="4D7695E3" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BORS AIGARS </w:t>
+          <w:p w14:paraId="0EE62FFA" w14:textId="537B9738" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DALIŠEVSKA KATRĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1DA69C" w14:textId="118A3FF3" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0028</w:t>
+          <w:p w14:paraId="2FCB36F7" w14:textId="47652CF7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="658D67C4" w14:textId="7FC4150E" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="22087936" w14:textId="0F7ACF9B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.11.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1ED5C9" w14:textId="757B38E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.11.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7DC44328" w14:textId="1AAA4EEE" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A53D707" w14:textId="36535C8B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6CFED5" w14:textId="1343270D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DĀRZIŅA ANITA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="097922AD" w14:textId="123DE07D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0733EC8A" w14:textId="6AD9C8D0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E062B9E" w14:textId="3FF9D69D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="345A7A4D" w14:textId="4961ABE4" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5151FC" w14:textId="6CB1524D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C32582" w14:textId="6EAB1308" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DERVANS RUSLANS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5082DAE5" w14:textId="34061D7B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="471467E5" w14:textId="69A5D006" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E29AD3" w14:textId="192A55F1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6BD11ED8" w14:textId="145C8F12" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E12BA50" w14:textId="714EA9F1" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F823679" w14:textId="082FB746" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DORONDA ALEKSANDRS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4170AEA0" w14:textId="2996BF2A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE814E8" w14:textId="173073B8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5476C785" w14:textId="38D41BEE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="79CB8190" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="74800DDA" w14:textId="1CD5FF5B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6B4B558C" w14:textId="07AEF02A" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="50992307" w14:textId="2550BEAF" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="441DD265" w14:textId="596105D2" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BOŽINSKA OLGA </w:t>
+          <w:p w14:paraId="1DE1A660" w14:textId="3C405B3E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DROZDOVSKIS PĀVELS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471D5451" w14:textId="6CD0B9DA" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2025-D0011</w:t>
+          <w:p w14:paraId="74B87AC0" w14:textId="0BF934F1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B388948" w14:textId="1E76CE31" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>17.07.2030</w:t>
+          <w:p w14:paraId="644A1BB2" w14:textId="7270A5BD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1576ED" w14:textId="66933998" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="4BBE53ED" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6A15D527" w14:textId="18FB2691" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0F3667A1" w14:textId="6FE3004F" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="6FA06764" w14:textId="1FFA4917" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353237C6" w14:textId="7A2939C1" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BRIEDIS UVIS </w:t>
+          <w:p w14:paraId="77AB69A0" w14:textId="391578D3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DZELME MĀRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="629267D1" w14:textId="42198787" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0012</w:t>
+          <w:p w14:paraId="06001A89" w14:textId="07C9131E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A5A24E" w14:textId="68712C51" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>30.04.2026</w:t>
+          <w:p w14:paraId="4D06B38A" w14:textId="47EF1EEB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.10.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="152290B3" w14:textId="3B81FFFA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="206A32B5" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5BCD4810" w14:textId="2541291E" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FA68CA7" w14:textId="37F8EF55" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="629F26DC" w14:textId="6FB46831" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="136ECF8B" w14:textId="1A99939B" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BRINKMANIS ARTIS </w:t>
+          <w:p w14:paraId="0EA2C321" w14:textId="0545F529" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DZEVA IRINA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1CB80D" w14:textId="1077192C" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0022</w:t>
+          <w:p w14:paraId="15249079" w14:textId="67DAE97A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71CD992B" w14:textId="440D6CAC" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>11.08.2027</w:t>
+          <w:p w14:paraId="36C73060" w14:textId="543BE761" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1297921E" w14:textId="192849F5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="70B014EE" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="45BD55FE" w14:textId="2859B8BF" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="25281369" w14:textId="64ADDC94" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          </w:tcPr>
+          <w:p w14:paraId="6D526C5F" w14:textId="146DFE6D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7D6BD4" w14:textId="10C069C4" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">BUNDZIS ANDREJS </w:t>
+          <w:p w14:paraId="0E145B32" w14:textId="39AA0E0D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EIFEROVS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9E5ED6" w14:textId="216BD3B4" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2023-D0006</w:t>
+          <w:p w14:paraId="3DFB492F" w14:textId="4BE9DE97" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A901C6" w14:textId="40A55EF5" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>11.05.2028</w:t>
+          <w:p w14:paraId="6C335681" w14:textId="660D26D6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.01.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="088A892E" w14:textId="2197D3BC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.01.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="06B65A1F" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5CA28B67" w14:textId="6E5CC48B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16AD0D2A" w14:textId="6BE9EB51" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="0B98D887" w14:textId="718EBF7E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07DED183" w14:textId="40A6507B" w:rsidR="00DA1091" w:rsidRPr="00D14226" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">BURIJS MARJANS </w:t>
+          <w:p w14:paraId="01B77210" w14:textId="58A28DAA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GAILIS ZINTIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A184C7C" w14:textId="4FE583FF" w:rsidR="00DA1091" w:rsidRPr="00D14226" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...15 lines deleted...]
-              <w:t>2024-D0023</w:t>
+          <w:p w14:paraId="759F7A12" w14:textId="6F219FB3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613AE5DF" w14:textId="3305ACF2" w:rsidR="00DA1091" w:rsidRPr="00D14226" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...47 lines deleted...]
-              <w:t>29.08.2029</w:t>
+          <w:p w14:paraId="021AEF78" w14:textId="77F89A46" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.12.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E617A6D" w14:textId="17436033" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.12.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="5210FB28" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="04799CF4" w14:textId="4C5641E7" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1FE0BA" w14:textId="5F6AC14C" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="62CADD29" w14:textId="12CF8727" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17FD1990" w14:textId="476A5513" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">CUZANOVSKA ELĪNA </w:t>
+          <w:p w14:paraId="1B935992" w14:textId="0ECE463E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GALVANOVSKIS AGRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CA628E" w14:textId="5A044FAE" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2023-D0016</w:t>
+          <w:p w14:paraId="7EDFEA30" w14:textId="1A697777" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6633D918" w14:textId="7271AFEF" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>07.09.2028</w:t>
+          <w:p w14:paraId="6F281D75" w14:textId="5B18D9E2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.07.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FF129A" w14:textId="636BA225" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="1CFFA096" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="63510448" w14:textId="54A723A0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70801D19" w14:textId="06F1F2C6" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="4886EB9F" w14:textId="4067F96C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE933AD" w14:textId="554EA44D" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ČERNOUSOVS MIHAILS </w:t>
+          <w:p w14:paraId="7B0A0854" w14:textId="333846A0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GAVARS ITĀLO </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76706DC1" w14:textId="1137810E" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0006</w:t>
+          <w:p w14:paraId="4AEE68FD" w14:textId="10FA3228" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="522F7355" w14:textId="195EAE96" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>24.04.2027</w:t>
+          <w:p w14:paraId="373E9019" w14:textId="6962EDB0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.08.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="762ACEEB" w14:textId="13456BE1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.08.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="4BFC54F3" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="157D125C" w14:textId="4D207FD6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15C0576A" w14:textId="798D4079" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="361E2230" w14:textId="0FC54DB7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE62FFA" w14:textId="4501F51D" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ČERNOVS VLADIMIRS </w:t>
+          <w:p w14:paraId="3D1251B9" w14:textId="694862A3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GLOVECKIS EDGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FCB36F7" w14:textId="5334B59C" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2023-D0004</w:t>
+          <w:p w14:paraId="02D5E839" w14:textId="18FD077F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22087936" w14:textId="28280900" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>16.02.2028</w:t>
+          <w:p w14:paraId="633A8728" w14:textId="3E15456A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.12.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="575FE911" w14:textId="5114C8C7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.12.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="7DC44328" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6853FAB7" w14:textId="23BAA44B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A53D707" w14:textId="36535C8B" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="7A361D73" w14:textId="7957EECA" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6CFED5" w14:textId="77253CE3" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">DĀRZIŅA ANITA </w:t>
+          <w:p w14:paraId="0914B04E" w14:textId="256748E5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GOĻIKOVS JURIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="097922AD" w14:textId="2128320D" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0004</w:t>
+          <w:p w14:paraId="79BC469F" w14:textId="0664416D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0733EC8A" w14:textId="1E14E1A9" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>05.02.2026</w:t>
+          <w:p w14:paraId="46EE3AFF" w14:textId="4F2EA9F8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.09.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5A1E94" w14:textId="4C3B71D9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.09.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="345A7A4D" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="25C9876A" w14:textId="04F6452B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5151FC" w14:textId="6CB1524D" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="78C62E58" w14:textId="388D0430" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C32582" w14:textId="6A9DCB1F" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">DERVANS RUSLANS </w:t>
+          <w:p w14:paraId="65ECED70" w14:textId="1F8B7B1C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRABOVSKIS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5082DAE5" w14:textId="05050C72" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0011</w:t>
+          <w:p w14:paraId="4D5DCB1C" w14:textId="44FE9C84" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471467E5" w14:textId="2DBB23D8" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="2245E0D1" w14:textId="76C74865" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCE7E20" w14:textId="56313FBA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="01DE308F" w14:textId="7D8B2580" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F5CB5AA" w14:textId="36F34B8A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B21186" w14:textId="3A66B849" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRINBERGS ĒRIKS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6457288E" w14:textId="11B889B6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBBB87B" w14:textId="6F87BFA4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A15247" w14:textId="45CFDD14" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="6BD11ED8" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="38C86147" w14:textId="1FE15840" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E12BA50" w14:textId="714EA9F1" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="43F98B5C" w14:textId="70372010" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F823679" w14:textId="42864B70" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">DORONDA ALEKSANDRS </w:t>
+          <w:p w14:paraId="576415BE" w14:textId="526134B0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRIŠĀNS EDGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4170AEA0" w14:textId="5A430D6B" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0027</w:t>
+          <w:p w14:paraId="35A2FD9B" w14:textId="762F1768" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE814E8" w14:textId="5966B14A" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>12.11.2026</w:t>
+          <w:p w14:paraId="48E7E625" w14:textId="07A1D7F6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0374F42F" w14:textId="66E6B07D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="74800DDA" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6A577576" w14:textId="3578C697" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50992307" w14:textId="2550BEAF" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="7A48AF17" w14:textId="0F5C9A18" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE1A660" w14:textId="3508E619" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">DROZDOVSKIS PĀVELS </w:t>
+          <w:p w14:paraId="5171FE70" w14:textId="3B0D871F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GUDENS NORMUNDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74B87AC0" w14:textId="125B4D49" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2021-D0019</w:t>
+          <w:p w14:paraId="1D3AFCE9" w14:textId="110596B1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="644A1BB2" w14:textId="53B0B08D" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>20.08.2026</w:t>
+          <w:p w14:paraId="7B053189" w14:textId="1E72C365" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="114A4C22" w14:textId="33BEAAEC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="6A15D527" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="749D080F" w14:textId="4FBFEF6B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA06764" w14:textId="1FFA4917" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...2003 lines deleted...]
-          <w:p w14:paraId="38422A27" w14:textId="5B9429C7" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="38422A27" w14:textId="5B9429C7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D57DE6D" w14:textId="7C4FDE4F" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="5D57DE6D" w14:textId="34AFE02C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">HAČATUROVS DIMITRIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFCE7A6" w14:textId="7904A3A0" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2020-D0021</w:t>
+          <w:p w14:paraId="0EFCE7A6" w14:textId="5A37D9EA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="174F7BF0" w14:textId="420637B2" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>23.10.2025</w:t>
+          <w:p w14:paraId="174F7BF0" w14:textId="2BAFCF5C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.10.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F52553E" w14:textId="12B2BEBD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.10.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="6501D2A0" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6501D2A0" w14:textId="0A3A01E1" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474B0DCD" w14:textId="35115EE6" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="474B0DCD" w14:textId="35115EE6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255D501C" w14:textId="1F107C87" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="255D501C" w14:textId="6E4C029E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">HESINS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D70576" w14:textId="4E297488" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="07D70576" w14:textId="750D5CCF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF937B0" w14:textId="2768737A" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="5EF937B0" w14:textId="1CAE6351" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DA4124" w14:textId="6924E67A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="72BD3EE9" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="72BD3EE9" w14:textId="0CA9B1E1" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11FA2815" w14:textId="602958AF" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="11FA2815" w14:textId="602958AF" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44E06CF1" w14:textId="56861C63" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="44E06CF1" w14:textId="47AABE2C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ILSTERIS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70C0460B" w14:textId="6E5D86D1" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="70C0460B" w14:textId="7C4E6E61" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0029</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4C14CD" w14:textId="1509E6A8" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="1B4C14CD" w14:textId="67ED7B9E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C6B93D" w14:textId="1CAC4A52" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="1144130C" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1144130C" w14:textId="795F850F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6123641B" w14:textId="6943282B" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="6123641B" w14:textId="6943282B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25C45C91" w14:textId="71FBD788" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">IVAŅENKO IGORS </w:t>
+          <w:p w14:paraId="25C45C91" w14:textId="18ABF12D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KAIMIŅŠ RITVARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791FEAB5" w14:textId="04E440D5" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2020-D0023</w:t>
+          <w:p w14:paraId="791FEAB5" w14:textId="17500678" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="587C1F42" w14:textId="4397E932" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>13.11.2025</w:t>
+          <w:p w14:paraId="587C1F42" w14:textId="7414E921" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC80A68" w14:textId="61409863" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="27EF33B6" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="27EF33B6" w14:textId="7EDD792C" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9B6FF9" w14:textId="009F55D6" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="7B9B6FF9" w14:textId="009F55D6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1523A1A4" w14:textId="658866E1" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">KAIMIŅŠ RITVARS </w:t>
+          <w:p w14:paraId="1523A1A4" w14:textId="0623027B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KALUGINS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12FCBF90" w14:textId="05F44ABD" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2023-D0007</w:t>
+          <w:p w14:paraId="12FCBF90" w14:textId="0822ED79" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="054DA685" w14:textId="07E3E9DD" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="054DA685" w14:textId="3EFCE4B1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.10.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFA006E" w14:textId="06DE3AD0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.10.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="358872FD" w14:textId="63BE891B" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9F85FD" w14:textId="53805033" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E40F94" w14:textId="1682EF3E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KAPRANOVS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10368459" w14:textId="3820E169" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16800D2C" w14:textId="60744259" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.08.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4986055C" w14:textId="67223BED" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.08.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="630B1029" w14:textId="2B42529B" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB02236" w14:textId="46BCDD0C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="561D4456" w14:textId="2761ED02" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KĀPOSTIŅŠ JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD38576" w14:textId="72CE2D81" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB3E120" w14:textId="6AB4AE83" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>02.02.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD0599F" w14:textId="3097D326" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>02.02.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="61B1453D" w14:textId="2EB959E6" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A77E836" w14:textId="6AC4E7AD" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25142800" w14:textId="4B8C2070" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KIRŠBLATS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="114F4D50" w14:textId="59C5350A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A55AA37" w14:textId="7D909DFD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.03.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="336FC3A4" w14:textId="3009FF8D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.03.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5734E865" w14:textId="242325CF" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BA2D1E" w14:textId="5D7335CC" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4961D0AF" w14:textId="0A9D9BD1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KLABATS ARTŪRS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="488F9BEC" w14:textId="5B6F615D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485D781D" w14:textId="5AF70EB7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.01.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D5C009" w14:textId="52FC6BD4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.01.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="127A2FF8" w14:textId="3E3706AE" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C43D57" w14:textId="086F7E16" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A71F37E" w14:textId="38C18CB1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KOMUĻS OSKARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40970E27" w14:textId="743F329F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E06BECA" w14:textId="3785F32D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.12.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D2364E" w14:textId="28CED11A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.12.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="28CFF9D1" w14:textId="0124EEA1" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3359FC" w14:textId="6E196FD3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560FE87F" w14:textId="21389E6D" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KOPASS OĻEGS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5722B5" w14:textId="1422761F" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DB5A0A" w14:textId="091A316C" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.02.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3219F4C5" w14:textId="4CE6AB83" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7980E4E7" w14:textId="5D63081D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="748F0A91" w14:textId="0596569B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9555D6" w14:textId="484EB208" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KOTKE ARMANDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="320AC1A5" w14:textId="0E10B6E6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B394AE" w14:textId="32454ECD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.05.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="415BCAD3" w14:textId="27ECDF9F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.05.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="0149EB65" w14:textId="66469D85" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DA7378" w14:textId="47C925A7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C9EAE" w14:textId="454BA5BC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KOVAĻEVS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B05C1E" w14:textId="02220860" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CABBC0" w14:textId="6EA7EDA4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.02.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9167DA" w14:textId="3B549136" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.02.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="621E8B9E" w14:textId="159D3A90" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD822F7" w14:textId="5B838BC5" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC203B8" w14:textId="36538CED" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KOVAĻOVS VADIMS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="171592B5" w14:textId="3E521E70" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A9F85B" w14:textId="6F668D52" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A9834A" w14:textId="4C486C70" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.08.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7E68A157" w14:textId="530449A2" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DF0F27" w14:textId="7F85C5F1" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30553472" w14:textId="1174E306" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KOVRIGO VIKTORS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC9B4C2" w14:textId="4C362AF4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08284AED" w14:textId="551AC14F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>12.02.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCF0E6A" w14:textId="7E76D866" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>12.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="50BED1B4" w14:textId="24934DC6" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F028696" w14:textId="4FEEF6DA" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF1E542" w14:textId="3058C60E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KRASTIŅA KRISTĪNA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F4FABA" w14:textId="58B2CA72" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6143A52F" w14:textId="5E0D5C91" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B24E053" w14:textId="41A508C2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4AE216D2" w14:textId="7442FE8F" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="437FC27A" w14:textId="578C1B01" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1754A53A" w14:textId="734DCB65" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KRŪMIŅŠ EDGARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255372EB" w14:textId="0A80E87E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2020-D0028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6C7AD7" w14:textId="0E63D490" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.12.2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B138F0" w14:textId="26DE40ED" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4D2F5465" w14:textId="52A5E017" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9242A4" w14:textId="234D0C7E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C136AF1" w14:textId="376D88CF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĶEIZARS MĀRTIŅŠ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFA5F76" w14:textId="00263655" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="432D2FBF" w14:textId="54FF1925" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.10.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378D9239" w14:textId="5974781C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.10.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="72B89E02" w14:textId="0DE90932" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC58FAB" w14:textId="6254BFA8" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="552558F4" w14:textId="64309FF6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĶIKULIS ANDRIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D26D92" w14:textId="38759FBF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C24737" w14:textId="137E3423" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.10.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2332E645" w14:textId="6BA2DCB5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.10.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7F906055" w14:textId="7EEBF9DB" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F92B4BA" w14:textId="43D9628C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2C231B" w14:textId="61F9FC38" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LEJAVA ULDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4B8CFC" w14:textId="4E4DE2E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C9902" w14:textId="1D06D412" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.12.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4436A623" w14:textId="2A027EB2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.12.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="02ECF6AA" w14:textId="3C653171" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CC91FD" w14:textId="689928EE" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23099385" w14:textId="3CC3496E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LEVINS VSEVOLODS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="416D0B6A" w14:textId="2AE4E7D7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5BC0E5" w14:textId="2A9EE5A5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.06.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E03CD6F" w14:textId="2CDCA9CF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.06.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5364B493" w14:textId="5D257E36" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BF9B58" w14:textId="54B2818C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB752AA" w14:textId="286B2CE3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LOBKOVS HERMANIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEB307A" w14:textId="32A5CD44" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAFA7BE" w14:textId="1DC08A83" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.10.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C2DB52" w14:textId="7E8E9123" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.10.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="3B8BCDFC" w14:textId="624C3F01" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="597058CC" w14:textId="0529E6CB" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="460B6B71" w14:textId="3E62EBD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LOGINS EDUARDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F25A604" w14:textId="73FE8852" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225ECABC" w14:textId="06C09D3D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29945BA0" w14:textId="265CF2EC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="47D20752" w14:textId="68BA885F" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6A139C" w14:textId="735C9383" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="697F4A6B" w14:textId="56DFFF55" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LUBEJS JURIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5356E9B9" w14:textId="6A53312D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48514BE7" w14:textId="14926843" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.03.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D9B3C2" w14:textId="4FB68ECE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.03.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="298B8A36" w14:textId="1072151A" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6FB9B7" w14:textId="6F310D36" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C349505" w14:textId="29916515" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LUSTE VALDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6845BE1A" w14:textId="49DF8DDA" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="569ACAC1" w14:textId="2051B904" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6129C1" w14:textId="7A33999A" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.04.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5BBAB651" w14:textId="2F0F18A0" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6941FCD3" w14:textId="56388CC7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="238D283C" w14:textId="2898B044" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LŪKINS OĻEGS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="794D49C1" w14:textId="04AEFC58" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="251367A7" w14:textId="48137510" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="747C32ED" w14:textId="2D7ED063" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.07.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="3B26741B" w14:textId="5833A7D0" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F123F5" w14:textId="5BD67F6D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51FD425F" w14:textId="750D3D2E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĻEŠČINSKIS ALEKSANDRS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE82494" w14:textId="17F0F809" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D03B74" w14:textId="12684185" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.03.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36858405" w14:textId="44A65366" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.03.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4B5368FB" w14:textId="1AC9C747" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4103CD" w14:textId="6433F51C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="523BC110" w14:textId="3BDA3FDB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MACKEVIČS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="596A6ABD" w14:textId="3ED07931" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="628DAC06" w14:textId="5EC63553" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="700D5A70" w14:textId="74F899E6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.04.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7AE7E398" w14:textId="698EE4FC" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EF4D68" w14:textId="72D3893C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C798205" w14:textId="00350A37" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MACUJEVS LEONĪDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7DE197" w14:textId="0DD584A0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34444DA6" w14:textId="534D9AC8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.01.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B63B372" w14:textId="6337DCC0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.01.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2FC5D581" w14:textId="7FC9E42E" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D132D7D" w14:textId="248CA3F2" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="649067C0" w14:textId="77777777" w:rsidR="00A70C8F" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53C4E435" w14:textId="3D4D966B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MARKUS ULDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4373B040" w14:textId="6FA772B8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="483D6FC6" w14:textId="05E8E7B2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.02.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F5E7AD" w14:textId="530D4C0A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.02.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2015862D" w14:textId="15BAB2E4" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539C80DE" w14:textId="0D80BF01" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360897AB" w14:textId="402AF433" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MARNAUZA IVARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AF5EDB" w14:textId="4AE716D4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD6A1F8" w14:textId="1E6395BD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.12.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71107997" w14:textId="6D743B84" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.12.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2375A248" w14:textId="52D27F08" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C92A9C" w14:textId="4A9782F1" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6474A0B3" w14:textId="1F1C1836" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MIKLONS ANDRIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6945E0F2" w14:textId="13D9A0C4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D38FA9" w14:textId="1EF94E2E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.01.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="273B27E1" w14:textId="5D38FF6B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.01.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="67DA46C7" w14:textId="0A60CF4D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DF58D4" w14:textId="01021AF8" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5FB173" w14:textId="6EAB9B5D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MIĶELSONS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B279378" w14:textId="4874236A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="185144D4" w14:textId="2A7F7140" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CA3184" w14:textId="7628729F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.08.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="56816EC9" w14:textId="50906DB1" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDA387B" w14:textId="0A35604D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB5931C" w14:textId="08C23DD1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MILLERS RAITIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D97D7F" w14:textId="1ECA3EBD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B079A8" w14:textId="4FD59AE5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.03.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3837FA13" w14:textId="50A432E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.03.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5A49718B" w14:textId="02D76F86" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E840497" w14:textId="30CB71C4" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B0DA16" w14:textId="4641E7D1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MINAKOVS ALEKSEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AB77E7" w14:textId="6967083A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D23A0B4" w14:textId="30B387F7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD8CD51" w14:textId="7273E1F9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.09.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="044F8B29" w14:textId="3145F21E" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E95C886" w14:textId="35F49AA0" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633A8D27" w14:textId="62B10617" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MONTIKS ANDRIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5845EE27" w14:textId="3C438B47" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCE37F8" w14:textId="0643045A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B45EADA" w14:textId="540AB734" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7A76905C" w14:textId="5BC9BBC0" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9A4ED3" w14:textId="1F5F8C48" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCEF7EE" w14:textId="3A231CCF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MORDAŅS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0A21ED" w14:textId="7014FFA6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC47157" w14:textId="70A063F6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="613CF457" w14:textId="5427BA7E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.07.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="534FB7B1" w14:textId="1F244EF5" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2EA9B4" w14:textId="65779904" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C313DEC" w14:textId="132A63CB" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MUHA NATAĻJA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08217748" w14:textId="5C432B6D" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E9B20B" w14:textId="17E5D5C8" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.05.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5FFBE7" w14:textId="674723AF" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.05.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="62F30C20" w14:textId="6D1E78CE" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="318D02B3" w14:textId="738E0B07" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09AD4873" w14:textId="2F30DC19" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NAZARENKO EDUARDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C118D3" w14:textId="007877AA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E24792" w14:textId="28935A4C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.05.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E07B9C" w14:textId="37FBEF86" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="502E504E" w14:textId="150CFD79" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21251C97" w14:textId="4391CA2D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C69517" w14:textId="5720CBD2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NEIMANE LIENE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08524ABB" w14:textId="20381B3F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5809A453" w14:textId="2379FF34" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F1ED6E" w14:textId="1A403407" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.07.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="672C554A" w14:textId="66B63D80" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCB94C8" w14:textId="175203D6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C178B54" w14:textId="2C18A49F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NIKITINS ALEKSANDRS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E490B14" w14:textId="48702474" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333AD7F5" w14:textId="113354EE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>02.03.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="737B95BC" w14:textId="794DD951" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>02.03.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4A72ECB7" w14:textId="2571C886" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD0EBCC" w14:textId="438A238A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF2CAE0" w14:textId="3A96F4BC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OBOĻĒVIČS JEVGĒNIJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5DBE15" w14:textId="4C3790F6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351E2C6" w14:textId="0AC0FDD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.07.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0775BA26" w14:textId="28D6FE18" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.07.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="67F7983D" w14:textId="304C2BC7" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F00910" w14:textId="7315F8C0" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549889D2" w14:textId="5ADEA227" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ODINCOVS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEC236A" w14:textId="29FF9E4B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50178973" w14:textId="4E685AD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3200E901" w14:textId="1471E1C5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="203A8F9B" w14:textId="22FF4155" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="209843F0" w14:textId="68A38A1B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C73179F" w14:textId="6FEEF91D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OZOLIŅŠ KASPARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="365DE28A" w14:textId="3DD7B05E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC88F50" w14:textId="1695D01B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2EDF56" w14:textId="0C5D5A01" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="224F44A5" w14:textId="3F3EE242" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A3EAFB" w14:textId="188B332F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="087A3F1B" w14:textId="745282B2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIČS INGŪNS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D3B0D2" w14:textId="1C6CD88F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58334E9A" w14:textId="16BC9D06" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.04.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="435B5817" w14:textId="5CE0B60F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="156FD20F" w14:textId="72CC07F9" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5609430F" w14:textId="2B88D76D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5E7D7A" w14:textId="33B55735" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIUSS ARNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="100081CC" w14:textId="4EDF6C76" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8025BB" w14:textId="6C50CD65" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="153460BC" w14:textId="72E4966C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.09.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4C7F1879" w14:textId="46F106F6" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDA410B" w14:textId="78265EA7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FE3AA8" w14:textId="466B9B74" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLAUDIS SANDRIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1D1C05" w14:textId="29379279" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C8AF40" w14:textId="53FB03EC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.08.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F8165F" w14:textId="5FD25803" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.08.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="20FC6D88" w14:textId="1BF42A44" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42DAAB41" w14:textId="4E21799B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E8B986" w14:textId="23875EC8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLESKAČOVS IGORS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50222C82" w14:textId="1B4BE385" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A126778" w14:textId="49641605" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.05.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F18442E" w14:textId="1FAD9A35" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.05.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="18A5E78F" w14:textId="49DB3F13" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F02C590" w14:textId="00198FE0" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7861DFE7" w14:textId="6201954E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLISS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD7A2C4" w14:textId="71C9B80F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="348C312A" w14:textId="62A718C6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.04.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0146EAAF" w14:textId="3F6E518D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.04.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2235CF44" w14:textId="3031AB54" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB12454" w14:textId="64619466" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CB8584" w14:textId="063B5E1A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODIŅŠ KASPARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCDF6BA" w14:textId="2E95B0B0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7F1098" w14:textId="3FA80DFA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AC5496" w14:textId="2D2D18F2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="363465DC" w14:textId="1805BE60" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="055D3634" w14:textId="782EE6B8" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F51BD7" w14:textId="3622CFAF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">POTAŅINS ROMĀNS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D39F4BA" w14:textId="70864942" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="436E5372" w14:textId="6AB55D43" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A840803" w14:textId="4AC7CFF2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7D81B858" w14:textId="7CF5E32A" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13346BB0" w14:textId="72E1DF93" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D13EC58" w14:textId="6E815360" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">POTAŅINS ALEKSEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="605EC8A7" w14:textId="72686942" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F44A2F5" w14:textId="2A9AEBA9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="772C673E" w14:textId="144F6E6A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4FA023F6" w14:textId="37786104" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="748A0DDD" w14:textId="1243757C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F42C7E6" w14:textId="464B9EF1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PUMPURS VALDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFBC30E" w14:textId="5E1D537F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2876DDB5" w14:textId="26192813" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.07.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="732438B3" w14:textId="2E231AD3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.07.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7D2DE7D6" w14:textId="1A77C306" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9074CD" w14:textId="25683DC2" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DDAD8C" w14:textId="13C8D3CB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PUTANS IMANTS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08579BDF" w14:textId="1A71BCA2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24035C7B" w14:textId="185E5AEF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.06.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFFA371" w14:textId="76D3529F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.06.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="184A2B4D" w14:textId="1D60CB85" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6523E903" w14:textId="0CAAD258" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAF0410" w14:textId="241588C3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAGAINE OLGA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3BA9D6" w14:textId="692C6300" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41EF5048" w14:textId="66DEDFBF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.10.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E7B652" w14:textId="0F3AA00B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.10.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="70764D08" w14:textId="7E047C89" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="706BF5B2" w14:textId="7E700F99" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BDADDD" w14:textId="571A90EC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAKSTIŅŠ VITĀLIJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC3EF66" w14:textId="3136A027" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC3D620" w14:textId="17AAB9A8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.01.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FA5AB4" w14:textId="0BA1326F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.01.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1882072B" w14:textId="69288AA7" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05761B1B" w14:textId="08BFA3E7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFA7D34" w14:textId="42187BFB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REVENKO BORISS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA1F5AE" w14:textId="405913BE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="025ADA20" w14:textId="34572568" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.01.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726E9CCB" w14:textId="0E42E844" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.01.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="79BBA865" w14:textId="642E2013" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F59CAEC" w14:textId="28DEDCF9" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CA9275" w14:textId="37D5383E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ROŽKALNS RAIMONDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70615A5C" w14:textId="09DB7D91" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D45CAD" w14:textId="446CCB63" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF4505C" w14:textId="1CC37925" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="667CFAC2" w14:textId="09FF4582" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3815C4" w14:textId="0E8A4DA4" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A7C969" w14:textId="120B54AA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAŅŅIKOVS MIHAILS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E68660" w14:textId="57BBB787" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BE0ACA" w14:textId="577C919B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.02.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B088CD" w14:textId="60EABFCC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4401CEC4" w14:textId="1F2AF759" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63ACDFF5" w14:textId="04788774" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18A107" w14:textId="28CCE2CE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIRMAIS MĀRTIŅŠ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE68062" w14:textId="5725CFAD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED7E660" w14:textId="609D0DB1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.10.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BADC240" w14:textId="04232415" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.10.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1954F31C" w14:textId="5C079851" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="146613EA" w14:textId="7CB908BF" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B16C243" w14:textId="532BF8DE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SKUJIŅŠ ANDREJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23275E68" w14:textId="58F7422D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="385D7BFF" w14:textId="20B296E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="756AB2A9" w14:textId="7E5424F5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5F4EE9E0" w14:textId="6C536657" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFF3A6F" w14:textId="2A6F3021" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C71962E" w14:textId="7D1AD3AB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SLADZS UĢIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9B453F" w14:textId="09375351" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBC2FE5" w14:textId="2A83F835" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.11.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D862BE6" w14:textId="23D5E26C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.11.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="30DEE514" w14:textId="4585A772" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="716F0F9D" w14:textId="0FDB9F75" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB6E0B0" w14:textId="5F5C028E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SLAVINSKIS MĀRCIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED69416" w14:textId="67DAD9B3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FBC2CC" w14:textId="51DE993E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.02.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6CC56E" w14:textId="63A9CAF8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.02.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="49603EDC" w14:textId="2F3BA7E3" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7206FB1E" w14:textId="46BD0E0F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DC9959" w14:textId="03DC7812" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOKOLOVS JURIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F3B116" w14:textId="3BF6F433" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DD9D52" w14:textId="0C032212" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E8FDE0" w14:textId="6F3EC256" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="29210599" w14:textId="5EEA5292" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C585883" w14:textId="5182297A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34486438" w14:textId="55B2471D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPURE VILJAMS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58398EE3" w14:textId="335F16B3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332B6C70" w14:textId="61F6B1D5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.10.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EBD397" w14:textId="50112C4B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.10.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="301D191D" w14:textId="4D54D832" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E08BD5" w14:textId="405DFE0E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B614EA2" w14:textId="3DDD1303" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STANKEVIČS GUNTARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F127830" w14:textId="652F24CB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1299B364" w14:textId="5CA35D41" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D83B0A9" w14:textId="023D7AD5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="15225A9D" w14:textId="349F8B64" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67593F94" w14:textId="631D5D13" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E90CFF" w14:textId="0B9DE64B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STRUPKA RAIVIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A4729F" w14:textId="43988578" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CE0B64" w14:textId="4D451C3C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.02.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5697B5B2" w14:textId="6F58F792" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.02.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="103BA520" w14:textId="01AF8457" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FAF08E" w14:textId="05E7D710" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EB6846" w14:textId="431E8AB5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŠARAFANOVIČA ALLA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0C4CD3" w14:textId="05BC2689" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEC1D30" w14:textId="1E1F1503" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13286872" w14:textId="2975D342" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4A40EBFF" w14:textId="494A6B68" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3A6995" w14:textId="259A2268" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF1525E" w14:textId="2836432D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŠEFCERE ALEKSANDRA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F1C6CD" w14:textId="44BBD1AA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44647A9E" w14:textId="74674910" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC0D890" w14:textId="396AD0A4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4DBEBE1A" w14:textId="4EFBAB6D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AA6DC1" w14:textId="4C8285FA" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20414FF8" w14:textId="51D2F7B9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TĀLANTS JURĢIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A5A22E" w14:textId="25764D60" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="614B8451" w14:textId="46831532" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29200DD0" w14:textId="2DD0F748" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="51574FB0" w14:textId="477798E7" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="298FC79C" w14:textId="4E7A19A7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE96F30" w14:textId="44AB5002" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TREPŠA NORBERTS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155B2ACE" w14:textId="7B29482C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6585D44F" w14:textId="79C2ABF4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2ED2BC" w14:textId="3C4BA61A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="3228CABD" w14:textId="07C30EF0" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D98E12A" w14:textId="3E0AE0B5" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D02D404" w14:textId="3D301407" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TROFIMOVS PĀVELS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="408C4311" w14:textId="787D2F8D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF5C40E" w14:textId="75961A59" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.01.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726F47F7" w14:textId="1A7DB85A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.01.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="0BF8A7D9" w14:textId="47DBE254" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F67FD0" w14:textId="106782A3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48922F85" w14:textId="64161D73" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TURAMURINS VLADIMIRS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B35DCCE" w14:textId="3F74ACEE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C649C5C" w14:textId="7A1AEC5E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACF40E0" w14:textId="75EABE0B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="072B697C" w14:textId="16C32BE0" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4BD478" w14:textId="475BD451" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4122F8FA" w14:textId="49899B6A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UKRAINCEVS ANATOLIJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B6728C" w14:textId="3F1C0F3E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73555BFE" w14:textId="3281A048" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB71849" w14:textId="31EEAD12" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="23E32FE6" w14:textId="21AEBC15" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="277A8008" w14:textId="636CCC9A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="218E7F69" w14:textId="2C7246E2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VALAINIS OSKARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BAA413" w14:textId="3716208C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D35714C" w14:textId="66EB6988" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06486F51" w14:textId="703C7BF7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.09.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="0E8CDC2A" w14:textId="15428830" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB14A3E" w14:textId="644B680E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="757A157F" w14:textId="5B6CB2B5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VANAGS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67979555" w14:textId="7410ACE2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D48C2CF" w14:textId="3EC53FDB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.02.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B664C60" w14:textId="302F81D0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.02.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1079492C" w14:textId="0F7E3C87" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE6F034" w14:textId="418F5715" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5299D687" w14:textId="2993C674" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VASIĻJEVS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C7D880" w14:textId="25312B55" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C99012" w14:textId="6A581186" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA90033" w14:textId="4FA543FB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="31A8B1A2" w14:textId="4AF37521" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F8C9A5" w14:textId="41F7BECB" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5C7C4F" w14:textId="122DC928" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VĒBERIS ARMANDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D19B378" w14:textId="018AB643" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E06FB74" w14:textId="417EDAB1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE96A88" w14:textId="3A98948A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1F3B5B76" w14:textId="6B863303" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB35F9B" w14:textId="384DC83F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F67894A" w14:textId="0A874814" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIDRIĶIS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="120A9668" w14:textId="02E4E7DC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B38C1F0" w14:textId="229F8611" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B74E9D6" w14:textId="5CE6F4EC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1713C908" w14:textId="1E3E817D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4330717E" w14:textId="2649C681" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="347ECE62" w14:textId="234EDBCD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VĪTOLS MIERVALDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC056BF" w14:textId="235307B0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CCD2BA" w14:textId="435AB7F7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBCEE6F" w14:textId="0A504E15" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="75D9B98C" w14:textId="06B7B680" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D13EDED" w14:textId="0EEAD3D2" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="309B9BE1" w14:textId="45D03CD1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZAMAZLOVA-KAZIKOVA LIENE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB7C71A" w14:textId="60B9F8D0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="115E0B69" w14:textId="598B2A10" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE88240" w14:textId="4AD9943C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="358872FD" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="115022AD" w14:textId="57790B46" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9F85FD" w14:textId="53805033" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="3CB02A11" w14:textId="1869E5F3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>48</w:t>
+              <w:t>124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E40F94" w14:textId="3CDFA3EC" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">KALUGINS JĀNIS </w:t>
+          <w:p w14:paraId="4D4AB1E8" w14:textId="18189545" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZAUERS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10368459" w14:textId="13982AD8" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2024-D0026</w:t>
+          <w:p w14:paraId="4597E20E" w14:textId="022338E2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16800D2C" w14:textId="4FB050F2" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>24.10.2029</w:t>
+          <w:p w14:paraId="6EC80594" w14:textId="1C49EE27" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.06.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8AFE72" w14:textId="5B41FC8D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.06.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="630B1029" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4297E570" w14:textId="2E6CD99C" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB02236" w14:textId="46BCDD0C" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="4A4EF05C" w14:textId="0A56BD4E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>49</w:t>
+              <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="561D4456" w14:textId="6AA07AEF" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">KAPRANOVS SERGEJS </w:t>
+          <w:p w14:paraId="5167C506" w14:textId="0D82886A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZEĻENKOVS ANDREJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD38576" w14:textId="35CD9442" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2025-D0015</w:t>
+          <w:p w14:paraId="14FE5B96" w14:textId="63B80028" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0033</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB3E120" w14:textId="2ABD6738" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>28.08.2030</w:t>
+          <w:p w14:paraId="7D0C4C40" w14:textId="24EADA78" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.12.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD62D62" w14:textId="60CC0290" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.12.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="61B1453D" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="0096FB77" w14:textId="69009C7F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A77E836" w14:textId="6AC4E7AD" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="5849D58C" w14:textId="5D92FEC5" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25142800" w14:textId="299919BD" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">KĀPOSTIŅŠ JĀNIS </w:t>
+          <w:p w14:paraId="2392503A" w14:textId="0D8B2768" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZEĻIKA OLGA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="114F4D50" w14:textId="51C0EFC9" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2023-D0001</w:t>
+          <w:p w14:paraId="3F1C77EB" w14:textId="2E737322" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A55AA37" w14:textId="71BBD4B3" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>02.02.2028</w:t>
+          <w:p w14:paraId="42314AB6" w14:textId="1E14BB97" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="780C07DF" w14:textId="1C6D5A56" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="5734E865" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="09DF805D" w14:textId="235175D8" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68BA2D1E" w14:textId="5D7335CC" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="3B39A4AD" w14:textId="2EDEDA8A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4961D0AF" w14:textId="717D2540" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">KIRŠBLATS JĀNIS </w:t>
+          <w:p w14:paraId="2D6F4D47" w14:textId="2A2F5DD9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZIEMANIS MĀRTIŅŠ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="488F9BEC" w14:textId="0161D7B6" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2022-D0007</w:t>
+          <w:p w14:paraId="21F4663A" w14:textId="7630280B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485D781D" w14:textId="219D0ED3" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>24.03.2027</w:t>
+          <w:p w14:paraId="380272D9" w14:textId="307D2283" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.07.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FCB603" w14:textId="4BA1C073" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="127A2FF8" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="605A85A9" w14:textId="4E4DD432" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C43D57" w14:textId="086F7E16" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="5E4C1925" w14:textId="435A029F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>52</w:t>
+              <w:t>128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A71F37E" w14:textId="690AEDED" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">KLABATS ARTŪRS </w:t>
+          <w:p w14:paraId="286D8479" w14:textId="1760D2D9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZUJS JEVGENIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40970E27" w14:textId="5C982223" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...16 lines deleted...]
-              <w:t>2025-D0001</w:t>
+          <w:p w14:paraId="0C7FDC3E" w14:textId="788584DA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E06BECA" w14:textId="53627F1A" w:rsidR="00DA1091" w:rsidRPr="0068282C" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...49 lines deleted...]
-              <w:t>15.01.2030</w:t>
+          <w:p w14:paraId="2030F88A" w14:textId="35469DFA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BB7A96" w14:textId="7127402E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w14:paraId="28CFF9D1" w14:textId="77777777" w:rsidTr="00DA1091">
+      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="42A6F313" w14:textId="14A9AA21" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3359FC" w14:textId="6E196FD3" w:rsidR="00DA1091" w:rsidRPr="00AD0FF0" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
+          <w:p w14:paraId="0BC694F1" w14:textId="43786050" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>53</w:t>
+              <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560FE87F" w14:textId="635689AB" w:rsidR="00DA1091" w:rsidRPr="0077431A" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">KOMUĻS OSKARS </w:t>
+          <w:p w14:paraId="5C4C8E48" w14:textId="09D6260A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŽEBRAKOVA REGĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5722B5" w14:textId="61B90CFC" w:rsidR="00DA1091" w:rsidRPr="0077431A" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...15 lines deleted...]
-              <w:t>2024-D0028</w:t>
+          <w:p w14:paraId="7FFB4ADA" w14:textId="777E14E3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18DB5A0A" w14:textId="13341749" w:rsidR="00DA1091" w:rsidRPr="0077431A" w:rsidRDefault="00DA1091" w:rsidP="00DA1091">
-[...10863 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+          <w:p w14:paraId="66738035" w14:textId="3AF43EB4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...2191 lines deleted...]
-            <w:r w:rsidRPr="00CA6622">
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="780A6A8F" w14:textId="47164B25" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7873D1D9" w14:textId="77777777" w:rsidR="003F368A" w:rsidRPr="00AD0FF0" w:rsidRDefault="003F368A" w:rsidP="00AD0FF0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F368A" w:rsidRPr="00AD0FF0" w:rsidSect="00C8631A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
@@ -22290,124 +21992,126 @@
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C8631A"/>
     <w:rsid w:val="00044D6F"/>
     <w:rsid w:val="00075614"/>
     <w:rsid w:val="000836BA"/>
     <w:rsid w:val="00143514"/>
     <w:rsid w:val="00257A7E"/>
     <w:rsid w:val="003042C2"/>
     <w:rsid w:val="00337A1D"/>
     <w:rsid w:val="00341C56"/>
     <w:rsid w:val="00347C7C"/>
     <w:rsid w:val="0036035F"/>
     <w:rsid w:val="00374030"/>
     <w:rsid w:val="003D6752"/>
     <w:rsid w:val="003E7744"/>
     <w:rsid w:val="003F368A"/>
     <w:rsid w:val="004004BF"/>
     <w:rsid w:val="00402821"/>
     <w:rsid w:val="004769E9"/>
     <w:rsid w:val="004C5DD6"/>
     <w:rsid w:val="004D5DFF"/>
     <w:rsid w:val="00540DC7"/>
     <w:rsid w:val="0057458B"/>
     <w:rsid w:val="005B779A"/>
     <w:rsid w:val="005F0C3D"/>
     <w:rsid w:val="00606275"/>
     <w:rsid w:val="00631974"/>
     <w:rsid w:val="00637763"/>
     <w:rsid w:val="006724DB"/>
     <w:rsid w:val="0077431A"/>
     <w:rsid w:val="007B6540"/>
     <w:rsid w:val="007C722D"/>
     <w:rsid w:val="007C78CA"/>
     <w:rsid w:val="007F2DD5"/>
     <w:rsid w:val="007F665A"/>
     <w:rsid w:val="00816206"/>
     <w:rsid w:val="008B2FEF"/>
     <w:rsid w:val="00912812"/>
     <w:rsid w:val="00A432A6"/>
+    <w:rsid w:val="00A70C8F"/>
     <w:rsid w:val="00AB4740"/>
     <w:rsid w:val="00AD0FF0"/>
     <w:rsid w:val="00AD7E4C"/>
     <w:rsid w:val="00B0534F"/>
     <w:rsid w:val="00B347EC"/>
     <w:rsid w:val="00BB2FD7"/>
     <w:rsid w:val="00BD0E68"/>
     <w:rsid w:val="00BF4B80"/>
     <w:rsid w:val="00C4015C"/>
     <w:rsid w:val="00C61CAB"/>
     <w:rsid w:val="00C8631A"/>
     <w:rsid w:val="00CA4F5D"/>
     <w:rsid w:val="00CB361C"/>
     <w:rsid w:val="00CF48C4"/>
     <w:rsid w:val="00D13D3D"/>
     <w:rsid w:val="00D14226"/>
     <w:rsid w:val="00D43FD8"/>
     <w:rsid w:val="00D6418A"/>
     <w:rsid w:val="00D74198"/>
     <w:rsid w:val="00D84A45"/>
     <w:rsid w:val="00DA1091"/>
     <w:rsid w:val="00DE2A66"/>
     <w:rsid w:val="00DF0259"/>
     <w:rsid w:val="00E022BB"/>
+    <w:rsid w:val="00E144B4"/>
     <w:rsid w:val="00E4780C"/>
     <w:rsid w:val="00EB68C7"/>
     <w:rsid w:val="00F745C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -24762,70 +24466,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4571</Words>
-  <Characters>2606</Characters>
+  <Words>4502</Words>
+  <Characters>2567</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7163</CharactersWithSpaces>
+  <CharactersWithSpaces>7055</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Strazdiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>