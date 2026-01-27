--- v1 (2026-01-01)
+++ v2 (2026-01-27)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="328F82EF" w14:textId="2303B99E" w:rsidR="00AD0FF0" w:rsidRDefault="00C8631A" w:rsidP="00C8631A">
+    <w:p w14:paraId="328F82EF" w14:textId="5DFD071E" w:rsidR="00AD0FF0" w:rsidRDefault="00C8631A" w:rsidP="00C8631A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SERTIFICĒTO DETEKTĪVU SARAKSTS </w:t>
@@ -52,140 +52,114 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(dati uz</w:t>
       </w:r>
       <w:r w:rsidR="00AD7E4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DA1091">
+      <w:r w:rsidR="001474F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...12 lines deleted...]
-        <w:t>9</w:t>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DA1091">
+      <w:r w:rsidR="001474F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...12 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>01</w:t>
       </w:r>
       <w:r w:rsidRPr="00A432A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2A66">
+      <w:r w:rsidR="001474F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A432A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11049" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -365,21609 +339,22097 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0FF0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">derīgs </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E144B4" w:rsidRPr="00AD0FF0" w14:paraId="36456B02" w14:textId="422BBCE3" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="36456B02" w14:textId="422BBCE3" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CDB77E8" w14:textId="024F20A2" w:rsidR="00E144B4" w:rsidRPr="00AD0FF0" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
+          <w:p w14:paraId="0CDB77E8" w14:textId="024F20A2" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A93C7E3" w14:textId="76A988BA" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5A93C7E3" w14:textId="1420AEC6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AKMENTIŅA ANDRA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726829AD" w14:textId="393DDC1C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2113C65D" w14:textId="1531ECB3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EADA2A6" w14:textId="3752504A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.12.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="00B57B11" w14:textId="014BBCE9" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2027081E" w14:textId="611B337E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="146F18F4" w14:textId="44DDAAAF" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ALADJEVS ALEKSEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726829AD" w14:textId="5A935234" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="051D0902" w14:textId="6BDF08BD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2113C65D" w14:textId="086D5952" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="45EF4654" w14:textId="665F1D0A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.12.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EADA2A6" w14:textId="38EC3A3C" w:rsidR="00E144B4" w:rsidRPr="0068282C" w:rsidRDefault="00E144B4" w:rsidP="00E144B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0769CBA0" w14:textId="69E9F580" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.12.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="00B57B11" w14:textId="014BBCE9" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0EC25C56" w14:textId="698B8D60" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2027081E" w14:textId="611B337E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4D3EE8A8" w14:textId="6FA8F85A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146F18F4" w14:textId="13E4ADDF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="017058B1" w14:textId="06E9E3BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ANTĀNS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="051D0902" w14:textId="46EEEE7F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4E072D35" w14:textId="50DB411A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45EF4654" w14:textId="5740579A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="045E18DC" w14:textId="69CEC31B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0769CBA0" w14:textId="5A6D8423" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="28EC5D41" w14:textId="3C1FC377" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="0EC25C56" w14:textId="698B8D60" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1441D4F9" w14:textId="4D158495" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D3EE8A8" w14:textId="6FA8F85A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="515CFAED" w14:textId="1BDBEE83" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="017058B1" w14:textId="367320B6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="77132BF6" w14:textId="55D21C7A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">APERĀNS VENTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E072D35" w14:textId="79BAB277" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="358A82B7" w14:textId="299A9236" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045E18DC" w14:textId="0A5D82F5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1DC5742F" w14:textId="29E7DD43" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>31.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28EC5D41" w14:textId="4075B111" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3B06F06A" w14:textId="3F201D4B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>31.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1441D4F9" w14:textId="4D158495" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6B3E3CBE" w14:textId="4FF97329" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="515CFAED" w14:textId="1BDBEE83" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="3C940C5B" w14:textId="5B97556A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77132BF6" w14:textId="7E16BEA0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="16AAC5DE" w14:textId="789B6037" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ARĀJS RAIMONDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358A82B7" w14:textId="499BFE14" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3075A214" w14:textId="4E10AACD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC5742F" w14:textId="006F2C25" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2BD7973C" w14:textId="70754B2B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25.04.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B06F06A" w14:textId="43FD49FA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="08D19498" w14:textId="5ED1A283" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6B3E3CBE" w14:textId="4FF97329" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2236439D" w14:textId="585D78AD" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C940C5B" w14:textId="5B97556A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4DAD47B3" w14:textId="6C4D0D52" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16AAC5DE" w14:textId="670BE10C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0BA46F7A" w14:textId="7BC70D65" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BACULE IVETA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3075A214" w14:textId="4DC57DDF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3E555FCE" w14:textId="2B545907" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD7973C" w14:textId="2C7ABF29" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6C493C6C" w14:textId="5DE8286C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.02.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08D19498" w14:textId="7C0457FD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="509FEC3A" w14:textId="2E63B0FF" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.02.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2236439D" w14:textId="585D78AD" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="78393E5A" w14:textId="37B3B2A9" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DAD47B3" w14:textId="6C4D0D52" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="16CCB002" w14:textId="5774A28C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA46F7A" w14:textId="4DB08BC8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="45890BA0" w14:textId="1E59DFCB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BARENS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E555FCE" w14:textId="08EF4FB3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="358FDD3B" w14:textId="4189E07B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C493C6C" w14:textId="5FD149E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6B26EDAF" w14:textId="6175B136" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>06.06.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="509FEC3A" w14:textId="7B0D5F36" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4F7936D4" w14:textId="7B1C5F59" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>06.06.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="78393E5A" w14:textId="37B3B2A9" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="37839B76" w14:textId="45D18466" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16CCB002" w14:textId="5774A28C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4719ECA5" w14:textId="6770D365" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45890BA0" w14:textId="4B0A8637" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="489849C9" w14:textId="78EB2B36" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BEBRIŠS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358FDD3B" w14:textId="6DCBBF86" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="155387AD" w14:textId="0A82C768" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B26EDAF" w14:textId="3C7F65D3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4088C1A7" w14:textId="56288DD0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.06.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7936D4" w14:textId="7E722A16" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5979FA49" w14:textId="6CD544C5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.06.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="37839B76" w14:textId="45D18466" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4D8B0B87" w14:textId="235F080B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4719ECA5" w14:textId="6770D365" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4EEFC8A5" w14:textId="59CE7D1C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="489849C9" w14:textId="7CC59768" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5FF1466B" w14:textId="70E5A6DB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BELASOVS ĢIRTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="155387AD" w14:textId="434E7614" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="462766F7" w14:textId="4CBC1C19" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4088C1A7" w14:textId="3414BC80" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="70A5E160" w14:textId="678EBF86" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.07.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5979FA49" w14:textId="1A904F2C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="26C4234D" w14:textId="6A566CB7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.07.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4D8B0B87" w14:textId="235F080B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5DB8870C" w14:textId="438A92BA" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EEFC8A5" w14:textId="59CE7D1C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="6A46099D" w14:textId="40581C45" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF1466B" w14:textId="2D3A0834" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1BEBC87E" w14:textId="353F23A8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BENEFELDS KRISTIANS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="462766F7" w14:textId="265975BB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3F77584C" w14:textId="10959E0C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A5E160" w14:textId="51063B4F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6083433C" w14:textId="56DCE59C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C4234D" w14:textId="771E1E43" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="26B736A8" w14:textId="736174CD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5DB8870C" w14:textId="438A92BA" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5A68948C" w14:textId="0B545B7F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A46099D" w14:textId="40581C45" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0B21C429" w14:textId="7FEE3470" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEBC87E" w14:textId="597BE501" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="296F027B" w14:textId="5247C6DC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BENĶIS ULDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BEFB42" w14:textId="7CCAC239" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B9CCE6" w14:textId="0989F853" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.12.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F656B0" w14:textId="0D08461F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.12.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5227F645" w14:textId="4747F122" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7917AD4D" w14:textId="6FF0DDC3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C605923" w14:textId="26A4D62B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BERNĀNS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F77584C" w14:textId="010D2A2A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3748586D" w14:textId="1176CF0F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6083433C" w14:textId="711735B7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6D7516BA" w14:textId="15F223FB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B736A8" w14:textId="2274B0FC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3FF5C233" w14:textId="055B0A23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5A68948C" w14:textId="0B545B7F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="261A84F9" w14:textId="5FB26FB3" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B21C429" w14:textId="7FEE3470" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="621F8371" w14:textId="67DEC858" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="296F027B" w14:textId="71B66A2B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6E025FBD" w14:textId="1CB8E6D9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BĒRZIŅŠ JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22BEFB42" w14:textId="7E13DD6B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6C1FBFC2" w14:textId="10A08BCD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B9CCE6" w14:textId="5B223DFE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="190C571C" w14:textId="7A1FFBF4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59F656B0" w14:textId="4BB1174F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="09769ABA" w14:textId="3811C098" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5227F645" w14:textId="4747F122" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="24AB1D45" w14:textId="2AFE5DE4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7917AD4D" w14:textId="6FF0DDC3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="626C0F29" w14:textId="399D8D7F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C605923" w14:textId="63D809F6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="668E7567" w14:textId="7C7CC149" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BITE AIGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3748586D" w14:textId="72032185" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="023AE4A3" w14:textId="1C1651ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7516BA" w14:textId="7D29CE85" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2861EA21" w14:textId="1F51A83F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF5C233" w14:textId="47E4B10A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4F5FAE36" w14:textId="1AB046BD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="261A84F9" w14:textId="5FB26FB3" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="295BDDAB" w14:textId="30DEC8B2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="621F8371" w14:textId="67DEC858" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="538E96C3" w14:textId="4B31C9A3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E025FBD" w14:textId="2B6895B1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="203AA79C" w14:textId="590FFF09" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BLAUS EDIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1FBFC2" w14:textId="66435E99" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="053CCD50" w14:textId="77968FEE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="190C571C" w14:textId="4190EF5F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="089D2E0A" w14:textId="661CA468" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.09.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09769ABA" w14:textId="703BD68B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="10FBDD0C" w14:textId="73DC08DD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.09.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="24AB1D45" w14:textId="2AFE5DE4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="50B10FF4" w14:textId="0D52056D" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="626C0F29" w14:textId="399D8D7F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4453A776" w14:textId="2947784B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="668E7567" w14:textId="42A273D4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="584C3880" w14:textId="55B7DD4D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BOGDANOVS ILMĀRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023AE4A3" w14:textId="6D42640E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7F207025" w14:textId="5B4CF361" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2861EA21" w14:textId="27055756" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1A7B3FFE" w14:textId="3221BC10" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.06.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5FAE36" w14:textId="12F4479A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0552B331" w14:textId="533873E6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.06.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="295BDDAB" w14:textId="30DEC8B2" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="17573C65" w14:textId="75A0A432" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538E96C3" w14:textId="4B31C9A3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="33BDE37A" w14:textId="338E4AED" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203AA79C" w14:textId="406B8BC1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="16CC7F03" w14:textId="09B1B56F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BONDARJKOVS DENISS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="053CCD50" w14:textId="78DD366A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3E3158B4" w14:textId="37C32056" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="089D2E0A" w14:textId="597D6F67" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0624B73A" w14:textId="53BC5EA7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10FBDD0C" w14:textId="3C2795AA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4995EAA3" w14:textId="7C881D95" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.08.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="50B10FF4" w14:textId="0D52056D" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3A47B083" w14:textId="7AD358FC" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4453A776" w14:textId="2947784B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="08B4A59E" w14:textId="76085471" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="584C3880" w14:textId="55A56D07" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="15425759" w14:textId="018A0A5E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BORS AIGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F207025" w14:textId="46549051" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2D1DA69C" w14:textId="0CE3D312" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7B3FFE" w14:textId="3531470C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="658D67C4" w14:textId="1B25096C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0552B331" w14:textId="3E7F661C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7CD2B3C6" w14:textId="76E72A54" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="17573C65" w14:textId="75A0A432" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="79CB8190" w14:textId="4322A982" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33BDE37A" w14:textId="338E4AED" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="6B4B558C" w14:textId="07AEF02A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16CC7F03" w14:textId="387D1657" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="441DD265" w14:textId="27BC5D9D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BOŽINSKA OLGA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3158B4" w14:textId="31CEDD1A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="471D5451" w14:textId="1D4FDE44" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0624B73A" w14:textId="6804EB96" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4B388948" w14:textId="1C0E9306" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4995EAA3" w14:textId="1FCEBBBA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="52F77189" w14:textId="762B091F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="3A47B083" w14:textId="7AD358FC" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4BBE53ED" w14:textId="2DA4DF04" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08B4A59E" w14:textId="76085471" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0F3667A1" w14:textId="6FE3004F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15425759" w14:textId="59048711" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="353237C6" w14:textId="006022FC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BRIEDIS UVIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1DA69C" w14:textId="1DBE6F5E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="629267D1" w14:textId="6C09D016" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="658D67C4" w14:textId="2DC33AF9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="25A5A24E" w14:textId="4F80D680" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD2B3C6" w14:textId="35BA236C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5E505AF5" w14:textId="1CB1C5BE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="79CB8190" w14:textId="4322A982" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="206A32B5" w14:textId="5E162611" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B4B558C" w14:textId="07AEF02A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="5FA68CA7" w14:textId="37F8EF55" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="441DD265" w14:textId="40EDAC38" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="136ECF8B" w14:textId="032ADF73" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BRINKMANIS ARTIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471D5451" w14:textId="78F4ACD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1D1CB80D" w14:textId="6AFBCA4F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B388948" w14:textId="5D97C5C4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="71CD992B" w14:textId="588D330E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.08.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52F77189" w14:textId="228ACE3E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="777A0DA4" w14:textId="3BEC91C1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4BBE53ED" w14:textId="2DA4DF04" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="70B014EE" w14:textId="27F949A2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F3667A1" w14:textId="6FE3004F" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="25281369" w14:textId="64ADDC94" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353237C6" w14:textId="4216D26D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0D7D6BD4" w14:textId="1ECAFBF6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BUNDZIS ANDREJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="629267D1" w14:textId="00937864" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1F9E5ED6" w14:textId="7DA061A4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A5A24E" w14:textId="347E512C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="19A901C6" w14:textId="0CCECA31" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E505AF5" w14:textId="6CFCCB57" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="03B5CE18" w14:textId="742F65C8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="206A32B5" w14:textId="5E162611" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="06B65A1F" w14:textId="19AD7F01" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FA68CA7" w14:textId="37F8EF55" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          </w:tcPr>
+          <w:p w14:paraId="16AD0D2A" w14:textId="6BE9EB51" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="136ECF8B" w14:textId="3911C373" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="07DED183" w14:textId="6C30C6E9" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BURIJS MARJANS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1CB80D" w14:textId="7983F827" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0A184C7C" w14:textId="59609B65" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71CD992B" w14:textId="56D3E727" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="613AE5DF" w14:textId="6A3667B4" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="777A0DA4" w14:textId="1A57AE18" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2B917806" w14:textId="44354174" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29.08.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="70B014EE" w14:textId="27F949A2" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5210FB28" w14:textId="44D3ADA4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="25281369" w14:textId="64ADDC94" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          </w:tcPr>
+          <w:p w14:paraId="2E1FE0BA" w14:textId="5F6AC14C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7D6BD4" w14:textId="30BE89EA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="17FD1990" w14:textId="264BC3F2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">CUZANOVSKA ELĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9E5ED6" w14:textId="18BD9C85" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="63CA628E" w14:textId="4A1CC98B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A901C6" w14:textId="3D2A4ADF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6633D918" w14:textId="4D6CC17F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03B5CE18" w14:textId="1A871B77" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6E1C630E" w14:textId="60480378" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.09.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="06B65A1F" w14:textId="19AD7F01" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1CFFA096" w14:textId="6E821F54" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16AD0D2A" w14:textId="6BE9EB51" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="70801D19" w14:textId="06F1F2C6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07DED183" w14:textId="4C355E86" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7DE933AD" w14:textId="43A8D296" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">CVETKOVS DENISS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A184C7C" w14:textId="367820A8" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="76706DC1" w14:textId="45BA06BC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613AE5DF" w14:textId="3989AF0A" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="522F7355" w14:textId="0CA1229B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B917806" w14:textId="720CDC96" w:rsidR="00A70C8F" w:rsidRPr="00D14226" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="01686537" w14:textId="1CB952A7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5210FB28" w14:textId="44D3ADA4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4BFC54F3" w14:textId="26169559" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1FE0BA" w14:textId="5F6AC14C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="15C0576A" w14:textId="798D4079" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17FD1990" w14:textId="72774B0B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0EE62FFA" w14:textId="3EA39CC2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ČERNOUSOVS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CA628E" w14:textId="6586DC34" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2FCB36F7" w14:textId="0CA488F1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6633D918" w14:textId="01BAB6CC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="22087936" w14:textId="1F2648D7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1C630E" w14:textId="730365E8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3A1ED5C9" w14:textId="1AC517EE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1CFFA096" w14:textId="6E821F54" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7DC44328" w14:textId="1AAA4EEE" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70801D19" w14:textId="06F1F2C6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="2A53D707" w14:textId="36535C8B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE933AD" w14:textId="64695F28" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6D6CFED5" w14:textId="25C19745" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ČERNOVS VLADIMIRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76706DC1" w14:textId="39746543" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="097922AD" w14:textId="1633C54D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="522F7355" w14:textId="415D8C1D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0733EC8A" w14:textId="5B24EB85" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.02.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01686537" w14:textId="3CD50708" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6E062B9E" w14:textId="326C3146" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4BFC54F3" w14:textId="26169559" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="345A7A4D" w14:textId="4961ABE4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15C0576A" w14:textId="798D4079" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="6D5151FC" w14:textId="6CB1524D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE62FFA" w14:textId="537B9738" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="63C32582" w14:textId="0ED4EEE9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DALIŠEVSKA KATRĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FCB36F7" w14:textId="47652CF7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5082DAE5" w14:textId="7BAB09BE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22087936" w14:textId="0F7ACF9B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="471467E5" w14:textId="6BA1AA84" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.11.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1ED5C9" w14:textId="757B38E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="74E29AD3" w14:textId="34178AC2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.11.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7DC44328" w14:textId="1AAA4EEE" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6BD11ED8" w14:textId="145C8F12" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A53D707" w14:textId="36535C8B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0E12BA50" w14:textId="714EA9F1" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6CFED5" w14:textId="1343270D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7F823679" w14:textId="19DE2701" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DALIŠEVSKA INĀRA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4170AEA0" w14:textId="0632F13F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE814E8" w14:textId="6B5DBD46" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5476C785" w14:textId="063319E6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.12.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="74800DDA" w14:textId="1CD5FF5B" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50992307" w14:textId="2550BEAF" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE1A660" w14:textId="7A8B1A57" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DĀRZIŅA ANITA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="097922AD" w14:textId="123DE07D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="74B87AC0" w14:textId="71753C95" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0733EC8A" w14:textId="6AD9C8D0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="644A1BB2" w14:textId="39A20A87" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.02.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E062B9E" w14:textId="3FF9D69D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0A1576ED" w14:textId="187AB430" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="345A7A4D" w14:textId="4961ABE4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6A15D527" w14:textId="18FB2691" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5151FC" w14:textId="6CB1524D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="6FA06764" w14:textId="1FFA4917" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C32582" w14:textId="6EAB1308" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="77AB69A0" w14:textId="457E78A9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DERVANS RUSLANS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5082DAE5" w14:textId="34061D7B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="06001A89" w14:textId="365F526E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471467E5" w14:textId="69A5D006" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4D06B38A" w14:textId="01EA1A42" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74E29AD3" w14:textId="192A55F1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="152290B3" w14:textId="0CFE16B8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6BD11ED8" w14:textId="145C8F12" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5BCD4810" w14:textId="2541291E" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E12BA50" w14:textId="714EA9F1" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="629F26DC" w14:textId="6FB46831" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F823679" w14:textId="082FB746" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0EA2C321" w14:textId="1FE7CB61" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DORONDA ALEKSANDRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4170AEA0" w14:textId="2996BF2A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="15249079" w14:textId="0ABA41ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE814E8" w14:textId="173073B8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="36C73060" w14:textId="267FEA98" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5476C785" w14:textId="38D41BEE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1297921E" w14:textId="14579B12" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="74800DDA" w14:textId="1CD5FF5B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="45BD55FE" w14:textId="2859B8BF" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50992307" w14:textId="2550BEAF" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="6D526C5F" w14:textId="146DFE6D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE1A660" w14:textId="3C405B3E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0E145B32" w14:textId="1A7215DE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DROZDOVSKIS PĀVELS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74B87AC0" w14:textId="0BF934F1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3DFB492F" w14:textId="7FE4C9EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="644A1BB2" w14:textId="7270A5BD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6C335681" w14:textId="0723280C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1576ED" w14:textId="66933998" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="088A892E" w14:textId="6AC40895" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6A15D527" w14:textId="18FB2691" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5CA28B67" w14:textId="6E5CC48B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA06764" w14:textId="1FFA4917" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0B98D887" w14:textId="718EBF7E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>31</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77AB69A0" w14:textId="391578D3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="01B77210" w14:textId="25BDA005" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DZELME MĀRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06001A89" w14:textId="07C9131E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="759F7A12" w14:textId="7D8A2D1E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D06B38A" w14:textId="47EF1EEB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="021AEF78" w14:textId="38F1D4CE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="152290B3" w14:textId="3B81FFFA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5E617A6D" w14:textId="307DB4E2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5BCD4810" w14:textId="2541291E" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="04799CF4" w14:textId="4C5641E7" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="629F26DC" w14:textId="6FB46831" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="62CADD29" w14:textId="12CF8727" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA2C321" w14:textId="0545F529" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1B935992" w14:textId="76B0A665" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DZEVA IRINA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15249079" w14:textId="67DAE97A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7EDFEA30" w14:textId="619117F8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36C73060" w14:textId="543BE761" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6F281D75" w14:textId="16516514" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1297921E" w14:textId="192849F5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="70FF129A" w14:textId="4B9F7DE4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.02.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="45BD55FE" w14:textId="2859B8BF" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="63510448" w14:textId="54A723A0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D526C5F" w14:textId="146DFE6D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4886EB9F" w14:textId="4067F96C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E145B32" w14:textId="39AA0E0D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7B0A0854" w14:textId="71EC74F0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">EIFEROVS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFB492F" w14:textId="4BE9DE97" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4AEE68FD" w14:textId="40AD7490" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C335681" w14:textId="660D26D6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="373E9019" w14:textId="595D7EE5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.01.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="088A892E" w14:textId="2197D3BC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="762ACEEB" w14:textId="72D9F513" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.01.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5CA28B67" w14:textId="6E5CC48B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="157D125C" w14:textId="4D207FD6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B98D887" w14:textId="718EBF7E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="361E2230" w14:textId="0FC54DB7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>34</w:t>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B77210" w14:textId="58A28DAA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3D1251B9" w14:textId="174F0BF5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GAILIS ZINTIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="759F7A12" w14:textId="6F219FB3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="02D5E839" w14:textId="2E9BCA99" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021AEF78" w14:textId="77F89A46" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="633A8728" w14:textId="29B80A41" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.12.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E617A6D" w14:textId="17436033" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="575FE911" w14:textId="146E1BB5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.12.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="04799CF4" w14:textId="4C5641E7" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6853FAB7" w14:textId="23BAA44B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62CADD29" w14:textId="12CF8727" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="7A361D73" w14:textId="7957EECA" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B935992" w14:textId="0ECE463E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0914B04E" w14:textId="4E8A77B7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GALVANOVSKIS AGRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDFEA30" w14:textId="1A697777" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="79BC469F" w14:textId="5F29BC27" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F281D75" w14:textId="5B18D9E2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="46EE3AFF" w14:textId="5F24165B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70FF129A" w14:textId="636BA225" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3C5A1E94" w14:textId="067A9A5F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="63510448" w14:textId="54A723A0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="25C9876A" w14:textId="04F6452B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4886EB9F" w14:textId="4067F96C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="78C62E58" w14:textId="388D0430" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0A0854" w14:textId="333846A0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="65ECED70" w14:textId="311F8CC9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GAVARS ITĀLO </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEE68FD" w14:textId="10FA3228" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4D5DCB1C" w14:textId="2880E4E9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="373E9019" w14:textId="6962EDB0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2245E0D1" w14:textId="73DA9389" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.08.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="762ACEEB" w14:textId="13456BE1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6DCE7E20" w14:textId="235AE742" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.08.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="157D125C" w14:textId="4D207FD6" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="01DE308F" w14:textId="7D8B2580" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="361E2230" w14:textId="0FC54DB7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="3F5CB5AA" w14:textId="36F34B8A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>37</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1251B9" w14:textId="694862A3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="62B21186" w14:textId="2268C4AD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GLOVECKIS EDGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02D5E839" w14:textId="18FD077F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6457288E" w14:textId="71668572" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="633A8728" w14:textId="3E15456A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7EBBB87B" w14:textId="051A68A5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.12.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="575FE911" w14:textId="5114C8C7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="02A15247" w14:textId="612D29BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.12.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6853FAB7" w14:textId="23BAA44B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="38C86147" w14:textId="1FE15840" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A361D73" w14:textId="7957EECA" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="43F98B5C" w14:textId="70372010" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>38</w:t>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0914B04E" w14:textId="256748E5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="576415BE" w14:textId="284DE988" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GOĻIKOVS JURIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79BC469F" w14:textId="0664416D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="35A2FD9B" w14:textId="1CA6AFB8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46EE3AFF" w14:textId="4F2EA9F8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="48E7E625" w14:textId="41AFF5F1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.09.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5A1E94" w14:textId="4C3B71D9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0374F42F" w14:textId="167AFF10" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.09.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="25C9876A" w14:textId="04F6452B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6A577576" w14:textId="3578C697" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C62E58" w14:textId="388D0430" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="7A48AF17" w14:textId="0F5C9A18" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>39</w:t>
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65ECED70" w14:textId="1F8B7B1C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5171FE70" w14:textId="5004C139" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GRABOVSKIS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5DCB1C" w14:textId="44FE9C84" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1D3AFCE9" w14:textId="0797BA7E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2245E0D1" w14:textId="76C74865" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7B053189" w14:textId="62DA37A8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.07.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCE7E20" w14:textId="56313FBA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="114A4C22" w14:textId="68961799" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="01DE308F" w14:textId="7D8B2580" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="749D080F" w14:textId="4FBFEF6B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5CB5AA" w14:textId="36F34B8A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...500 lines deleted...]
-          <w:p w14:paraId="38422A27" w14:textId="5B9429C7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="38422A27" w14:textId="5B9429C7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D57DE6D" w14:textId="34AFE02C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5D57DE6D" w14:textId="61759819" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRINBERGS ĒRIKS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFCE7A6" w14:textId="6114342D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="174F7BF0" w14:textId="5F229C41" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F52553E" w14:textId="4DD157C2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6501D2A0" w14:textId="0A3A01E1" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="474B0DCD" w14:textId="35115EE6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255D501C" w14:textId="7758E29A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRIŠĀNS EDGARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D70576" w14:textId="732087C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF937B0" w14:textId="42053F52" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DA4124" w14:textId="5E5B13D0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.04.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="72BD3EE9" w14:textId="0CA9B1E1" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FA2815" w14:textId="602958AF" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E06CF1" w14:textId="27FA20E3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GUDENS NORMUNDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C0460B" w14:textId="67140966" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4C14CD" w14:textId="06B96B0B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C6B93D" w14:textId="124C486F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1144130C" w14:textId="795F850F" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6123641B" w14:textId="6943282B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C45C91" w14:textId="41CC7084" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">HAČATUROVS DIMITRIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFCE7A6" w14:textId="5A37D9EA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="791FEAB5" w14:textId="13839016" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="174F7BF0" w14:textId="2BAFCF5C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="587C1F42" w14:textId="393B5397" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F52553E" w14:textId="12B2BEBD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2CC80A68" w14:textId="34029927" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="6501D2A0" w14:textId="0A3A01E1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="27EF33B6" w14:textId="7EDD792C" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474B0DCD" w14:textId="35115EE6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="7B9B6FF9" w14:textId="009F55D6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255D501C" w14:textId="6E4C029E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1523A1A4" w14:textId="5B055FCD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">HESINS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D70576" w14:textId="750D5CCF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="12FCBF90" w14:textId="62BA4A14" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF937B0" w14:textId="1CAE6351" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="054DA685" w14:textId="1FB8C419" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19DA4124" w14:textId="6924E67A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0EFA006E" w14:textId="0E47BCF7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="72BD3EE9" w14:textId="0CA9B1E1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="358872FD" w14:textId="63BE891B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11FA2815" w14:textId="602958AF" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="1E9F85FD" w14:textId="53805033" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44E06CF1" w14:textId="47AABE2C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="68E40F94" w14:textId="7839323B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ILSTERIS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70C0460B" w14:textId="7C4E6E61" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="10368459" w14:textId="712906F3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0029</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4C14CD" w14:textId="67ED7B9E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="16800D2C" w14:textId="4DFC9375" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50C6B93D" w14:textId="1CAC4A52" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4986055C" w14:textId="6DB1E105" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="1144130C" w14:textId="795F850F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="630B1029" w14:textId="2B42529B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6123641B" w14:textId="6943282B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4EB02236" w14:textId="46BCDD0C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25C45C91" w14:textId="18ABF12D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="561D4456" w14:textId="4548FDD1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KAIMIŅŠ RITVARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791FEAB5" w14:textId="17500678" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3BD38576" w14:textId="5C125DC6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="587C1F42" w14:textId="7414E921" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3CB3E120" w14:textId="47A45091" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC80A68" w14:textId="61409863" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="5BD0599F" w14:textId="05B3AA23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="27EF33B6" w14:textId="7EDD792C" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="61B1453D" w14:textId="2EB959E6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9B6FF9" w14:textId="009F55D6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="3A77E836" w14:textId="6AC4E7AD" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>47</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1523A1A4" w14:textId="0623027B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="25142800" w14:textId="1C3E027C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KALUGINS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12FCBF90" w14:textId="0822ED79" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="114F4D50" w14:textId="5892C3ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="054DA685" w14:textId="3EFCE4B1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2A55AA37" w14:textId="11733251" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.10.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFA006E" w14:textId="06DE3AD0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="336FC3A4" w14:textId="0B5E1164" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.10.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="358872FD" w14:textId="63BE891B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5734E865" w14:textId="242325CF" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9F85FD" w14:textId="53805033" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="68BA2D1E" w14:textId="5D7335CC" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>48</w:t>
+              <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E40F94" w14:textId="1682EF3E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4961D0AF" w14:textId="11F2146F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KAPRANOVS SERGEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10368459" w14:textId="3820E169" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="488F9BEC" w14:textId="32CDD324" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16800D2C" w14:textId="60744259" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="485D781D" w14:textId="1D29CD31" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.08.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4986055C" w14:textId="67223BED" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="44D5C009" w14:textId="67B1A4B8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.08.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="630B1029" w14:textId="2B42529B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="127A2FF8" w14:textId="3E3706AE" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB02236" w14:textId="46BCDD0C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="23C43D57" w14:textId="086F7E16" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>49</w:t>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="561D4456" w14:textId="2761ED02" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3A71F37E" w14:textId="0F06A172" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KĀPOSTIŅŠ JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD38576" w14:textId="72CE2D81" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="40970E27" w14:textId="25091178" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB3E120" w14:textId="6AB4AE83" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7E06BECA" w14:textId="67EFEE46" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>02.02.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD0599F" w14:textId="3097D326" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="63D2364E" w14:textId="7A94F0C8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>02.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="61B1453D" w14:textId="2EB959E6" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="28CFF9D1" w14:textId="0124EEA1" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A77E836" w14:textId="6AC4E7AD" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="1D3359FC" w14:textId="6E196FD3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25142800" w14:textId="4B8C2070" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="560FE87F" w14:textId="0C6C51F5" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KIRŠBLATS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="114F4D50" w14:textId="59C5350A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3B5722B5" w14:textId="3EE62470" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A55AA37" w14:textId="7D909DFD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="18DB5A0A" w14:textId="1E10B93A" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.03.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="336FC3A4" w14:textId="3009FF8D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="3219F4C5" w14:textId="029EA610" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.03.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5734E865" w14:textId="242325CF" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7980E4E7" w14:textId="5D63081D" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68BA2D1E" w14:textId="5D7335CC" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="748F0A91" w14:textId="0596569B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4961D0AF" w14:textId="0A9D9BD1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2E9555D6" w14:textId="3290D8AE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KLABATS ARTŪRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="488F9BEC" w14:textId="5B6F615D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="320AC1A5" w14:textId="1B556BF0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485D781D" w14:textId="5AF70EB7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="61B394AE" w14:textId="371A8B8A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.01.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44D5C009" w14:textId="52FC6BD4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="415BCAD3" w14:textId="10680434" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.01.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="127A2FF8" w14:textId="3E3706AE" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0149EB65" w14:textId="66469D85" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C43D57" w14:textId="086F7E16" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="60DA7378" w14:textId="47C925A7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>52</w:t>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A71F37E" w14:textId="38C18CB1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="378C9EAE" w14:textId="79D55948" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOMUĻS OSKARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40970E27" w14:textId="743F329F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="28B05C1E" w14:textId="0175F4EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E06BECA" w14:textId="3785F32D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="10CABBC0" w14:textId="25418D6D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>19.12.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63D2364E" w14:textId="28CED11A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4C9167DA" w14:textId="5EDB4EF6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>19.12.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="28CFF9D1" w14:textId="0124EEA1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="621E8B9E" w14:textId="159D3A90" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3359FC" w14:textId="6E196FD3" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0BD822F7" w14:textId="5B838BC5" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>53</w:t>
+              <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560FE87F" w14:textId="21389E6D" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7DC203B8" w14:textId="08CF29B4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOPASS OĻEGS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5722B5" w14:textId="1422761F" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="171592B5" w14:textId="1E7119D6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18DB5A0A" w14:textId="091A316C" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="31A9F85B" w14:textId="73F8D618" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26.02.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3219F4C5" w14:textId="4CE6AB83" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="60A9834A" w14:textId="2C3A4F21" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7980E4E7" w14:textId="5D63081D" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7E68A157" w14:textId="530449A2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="748F0A91" w14:textId="0596569B" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="48DF0F27" w14:textId="7F85C5F1" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9555D6" w14:textId="484EB208" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="30553472" w14:textId="0E7F8C53" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOTKE ARMANDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="320AC1A5" w14:textId="0E10B6E6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="4FC9B4C2" w14:textId="53FA7AEE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61B394AE" w14:textId="32454ECD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="08284AED" w14:textId="4B4AE369" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="415BCAD3" w14:textId="27ECDF9F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0CCF0E6A" w14:textId="13032304" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="0149EB65" w14:textId="66469D85" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="50BED1B4" w14:textId="24934DC6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60DA7378" w14:textId="47C925A7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0F028696" w14:textId="4FEEF6DA" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>55</w:t>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378C9EAE" w14:textId="454BA5BC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6EF1E542" w14:textId="4E370CE4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOVAĻEVS SERGEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B05C1E" w14:textId="02220860" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="50F4FABA" w14:textId="7A630B32" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10CABBC0" w14:textId="6EA7EDA4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="6143A52F" w14:textId="44B16697" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>09.02.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C9167DA" w14:textId="3B549136" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7B24E053" w14:textId="64B97835" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>09.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="621E8B9E" w14:textId="159D3A90" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4AE216D2" w14:textId="7442FE8F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD822F7" w14:textId="5B838BC5" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="437FC27A" w14:textId="578C1B01" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>56</w:t>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC203B8" w14:textId="36538CED" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="1754A53A" w14:textId="30F65E45" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOVAĻOVS VADIMS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="171592B5" w14:textId="3E521E70" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="255372EB" w14:textId="3A4582CA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A9F85B" w14:textId="6F668D52" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="0D6C7AD7" w14:textId="17B74AB0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A9834A" w14:textId="4C486C70" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="15B138F0" w14:textId="6DB90A77" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.08.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7E68A157" w14:textId="530449A2" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4D2F5465" w14:textId="52A5E017" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48DF0F27" w14:textId="7F85C5F1" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="5E9242A4" w14:textId="234D0C7E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>57</w:t>
+              <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30553472" w14:textId="1174E306" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2C136AF1" w14:textId="768B55EE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOVRIGO VIKTORS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC9B4C2" w14:textId="4C362AF4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="7FFA5F76" w14:textId="6ED370D6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08284AED" w14:textId="551AC14F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="432D2FBF" w14:textId="409CBA74" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.02.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCF0E6A" w14:textId="7E76D866" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="378D9239" w14:textId="57A9BF98" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="50BED1B4" w14:textId="24934DC6" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="72B89E02" w14:textId="0DE90932" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F028696" w14:textId="4FEEF6DA" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="2BC58FAB" w14:textId="6254BFA8" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>58</w:t>
+              <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF1E542" w14:textId="3058C60E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="552558F4" w14:textId="5A6C75A2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KRASTIŅA KRISTĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50F4FABA" w14:textId="58B2CA72" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="14D26D92" w14:textId="262800B0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6143A52F" w14:textId="5E0D5C91" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="67C24737" w14:textId="67AF2AF0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.09.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B24E053" w14:textId="41A508C2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="2332E645" w14:textId="460F3292" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.09.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4AE216D2" w14:textId="7442FE8F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7F906055" w14:textId="7EEBF9DB" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="437FC27A" w14:textId="578C1B01" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="2F92B4BA" w14:textId="43D9628C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>59</w:t>
+              <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1754A53A" w14:textId="734DCB65" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">KRŪMIŅŠ EDGARS </w:t>
+          <w:p w14:paraId="2A2C231B" w14:textId="0DE9B088" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĶEIZARS MĀRTIŅŠ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255372EB" w14:textId="0A80E87E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2020-D0028</w:t>
+          <w:p w14:paraId="7A4B8CFC" w14:textId="5013EEC5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6C7AD7" w14:textId="0E63D490" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>18.12.2020</w:t>
+          <w:p w14:paraId="3F6C9902" w14:textId="27BBCC57" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15B138F0" w14:textId="26DE40ED" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>18.12.2025</w:t>
+          <w:p w14:paraId="4436A623" w14:textId="6A9AF819" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4D2F5465" w14:textId="52A5E017" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="02ECF6AA" w14:textId="3C653171" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9242A4" w14:textId="234D0C7E" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="60CC91FD" w14:textId="689928EE" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>60</w:t>
+              <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C136AF1" w14:textId="376D88CF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ĶEIZARS MĀRTIŅŠ </w:t>
+          <w:p w14:paraId="23099385" w14:textId="5925FB5D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĶIKULIS ANDRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFA5F76" w14:textId="00263655" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2021-D0024</w:t>
+          <w:p w14:paraId="416D0B6A" w14:textId="562CD6C2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="432D2FBF" w14:textId="54FF1925" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>15.10.2021</w:t>
+          <w:p w14:paraId="0F5BC0E5" w14:textId="1137BE1A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378D9239" w14:textId="5974781C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>15.10.2026</w:t>
+          <w:p w14:paraId="4E03CD6F" w14:textId="228494F5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="72B89E02" w14:textId="0DE90932" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5364B493" w14:textId="5D257E36" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC58FAB" w14:textId="6254BFA8" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="57BF9B58" w14:textId="54B2818C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>61</w:t>
+              <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="552558F4" w14:textId="64309FF6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ĶIKULIS ANDRIS </w:t>
+          <w:p w14:paraId="6CB752AA" w14:textId="21291433" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LEVINS VSEVOLODS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14D26D92" w14:textId="38759FBF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2021-D0026</w:t>
+          <w:p w14:paraId="4FEB307A" w14:textId="5353469B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C24737" w14:textId="137E3423" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>22.10.2021</w:t>
+          <w:p w14:paraId="0CAFA7BE" w14:textId="3CC88CB7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.06.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2332E645" w14:textId="6BA2DCB5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>22.10.2026</w:t>
+          <w:p w14:paraId="49C2DB52" w14:textId="74CB0B3D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.06.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7F906055" w14:textId="7EEBF9DB" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3B8BCDFC" w14:textId="624C3F01" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F92B4BA" w14:textId="43D9628C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="597058CC" w14:textId="0529E6CB" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>62</w:t>
+              <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2C231B" w14:textId="61F9FC38" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">LEJAVA ULDIS </w:t>
+          <w:p w14:paraId="460B6B71" w14:textId="3FF8B435" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LOBKOVS HERMANIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4B8CFC" w14:textId="4E4DE2E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2021-D0030</w:t>
+          <w:p w14:paraId="3F25A604" w14:textId="2C7B1D4B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F6C9902" w14:textId="1D06D412" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>22.12.2021</w:t>
+          <w:p w14:paraId="225ECABC" w14:textId="0A1FA316" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4436A623" w14:textId="2A027EB2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>22.12.2026</w:t>
+          <w:p w14:paraId="29945BA0" w14:textId="7AC0387D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="02ECF6AA" w14:textId="3C653171" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="47D20752" w14:textId="68BA885F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60CC91FD" w14:textId="689928EE" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="7D6A139C" w14:textId="735C9383" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>63</w:t>
+              <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23099385" w14:textId="3CC3496E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">LEVINS VSEVOLODS </w:t>
+          <w:p w14:paraId="697F4A6B" w14:textId="43261A43" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LOGINS EDUARDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="416D0B6A" w14:textId="2AE4E7D7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2023-D0010</w:t>
+          <w:p w14:paraId="5356E9B9" w14:textId="3B4407C6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5BC0E5" w14:textId="2A9EE5A5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>15.06.2023</w:t>
+          <w:p w14:paraId="48514BE7" w14:textId="3BEB1437" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E03CD6F" w14:textId="2CDCA9CF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>15.06.2028</w:t>
+          <w:p w14:paraId="71D9B3C2" w14:textId="4473614A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5364B493" w14:textId="5D257E36" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="298B8A36" w14:textId="1072151A" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57BF9B58" w14:textId="54B2818C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="5F6FB9B7" w14:textId="6F310D36" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>64</w:t>
+              <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB752AA" w14:textId="286B2CE3" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">LOBKOVS HERMANIS </w:t>
+          <w:p w14:paraId="5C349505" w14:textId="27CA6158" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LUBEJS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEB307A" w14:textId="32A5CD44" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2021-D0023</w:t>
+          <w:p w14:paraId="6845BE1A" w14:textId="19682F86" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CAFA7BE" w14:textId="1DC08A83" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>08.10.2021</w:t>
+          <w:p w14:paraId="569ACAC1" w14:textId="4CF3E0C6" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.03.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49C2DB52" w14:textId="7E8E9123" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>08.10.2026</w:t>
+          <w:p w14:paraId="0B6129C1" w14:textId="4302F581" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.03.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="3B8BCDFC" w14:textId="624C3F01" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5BBAB651" w14:textId="2F0F18A0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="597058CC" w14:textId="0529E6CB" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="6941FCD3" w14:textId="56388CC7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>65</w:t>
+              <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="460B6B71" w14:textId="3E62EBD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">LOGINS EDUARDS </w:t>
+          <w:p w14:paraId="238D283C" w14:textId="1A05411E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LUSTE VALDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F25A604" w14:textId="73FE8852" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2023-D0020</w:t>
+          <w:p w14:paraId="794D49C1" w14:textId="63912D14" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="225ECABC" w14:textId="06C09D3D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="251367A7" w14:textId="537B4297" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="747C32ED" w14:textId="3AB66B08" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.04.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3B26741B" w14:textId="5833A7D0" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F123F5" w14:textId="5BD67F6D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51FD425F" w14:textId="569FCEB3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LŪKINS OĻEGS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE82494" w14:textId="0334D306" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D03B74" w14:textId="1C903ABD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36858405" w14:textId="642A28EC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11.07.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4B5368FB" w14:textId="1AC9C747" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4103CD" w14:textId="6433F51C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="523BC110" w14:textId="4BC988B6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĻEŠČINSKIS ALEKSANDRS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="596A6ABD" w14:textId="4070C26C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="628DAC06" w14:textId="40DF7729" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.03.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="700D5A70" w14:textId="57EB3623" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.03.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7AE7E398" w14:textId="698EE4FC" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EF4D68" w14:textId="72D3893C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C798205" w14:textId="0D8E863C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MACKEVIČS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7DE197" w14:textId="7588B92C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34444DA6" w14:textId="1934D2BC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.04.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B63B372" w14:textId="1A85329E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.04.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2FC5D581" w14:textId="7FC9E42E" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D132D7D" w14:textId="248CA3F2" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C4E435" w14:textId="2FC076A7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MACUJEVS LEONĪDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4373B040" w14:textId="02F39358" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="483D6FC6" w14:textId="5568566F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.01.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F5E7AD" w14:textId="1EC8B466" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.01.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2015862D" w14:textId="15BAB2E4" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539C80DE" w14:textId="0D80BF01" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360897AB" w14:textId="0594A9C1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MARKUS ULDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AF5EDB" w14:textId="14BD6FE5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD6A1F8" w14:textId="427A5891" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.02.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71107997" w14:textId="6AA48B3D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.02.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2375A248" w14:textId="52D27F08" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C92A9C" w14:textId="4A9782F1" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6474A0B3" w14:textId="334116B9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MARNAUZA IVARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6945E0F2" w14:textId="457E97D3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D38FA9" w14:textId="24934C60" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.12.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="273B27E1" w14:textId="41E5C6BB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.12.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="67DA46C7" w14:textId="0A60CF4D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DF58D4" w14:textId="01021AF8" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5FB173" w14:textId="6311873B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MIKLONS ANDRIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B279378" w14:textId="2705D531" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="185144D4" w14:textId="25D089CD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.01.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CA3184" w14:textId="4C433E83" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.01.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="56816EC9" w14:textId="50906DB1" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDA387B" w14:textId="0A35604D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB5931C" w14:textId="327DBBF9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MIĶELSONS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D97D7F" w14:textId="4AC1F48A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B079A8" w14:textId="0DCF40E1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3837FA13" w14:textId="62F8BD0C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.08.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5A49718B" w14:textId="02D76F86" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E840497" w14:textId="30CB71C4" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B0DA16" w14:textId="1CA11B9F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MILLERS RAITIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AB77E7" w14:textId="7B794FDF" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D23A0B4" w14:textId="77FA0808" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.03.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD8CD51" w14:textId="4E131C02" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.03.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="044F8B29" w14:textId="3145F21E" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E95C886" w14:textId="35F49AA0" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633A8D27" w14:textId="6BAD6645" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MINAKOVS ALEKSEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5845EE27" w14:textId="4E26515E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCE37F8" w14:textId="2F0C586B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.09.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B45EADA" w14:textId="07A8CF7A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.09.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7A76905C" w14:textId="5BC9BBC0" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9A4ED3" w14:textId="1F5F8C48" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCEF7EE" w14:textId="76395827" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MONTIKS ANDRIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0A21ED" w14:textId="722C1D2F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC47157" w14:textId="2168982D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="613CF457" w14:textId="44A2B2D1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="534FB7B1" w14:textId="1F244EF5" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2EA9B4" w14:textId="65779904" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C313DEC" w14:textId="10F7D060" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MORDAŅS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08217748" w14:textId="30B2C5CE" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E9B20B" w14:textId="555B4D6C" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5FFBE7" w14:textId="2AB5FD0E" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.07.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="62F30C20" w14:textId="6D1E78CE" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="318D02B3" w14:textId="738E0B07" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09AD4873" w14:textId="0E019E43" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MUHA NATAĻJA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C118D3" w14:textId="22B9CD3E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E24792" w14:textId="4D037E1E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.05.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E07B9C" w14:textId="1A0A2063" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.05.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="502E504E" w14:textId="150CFD79" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21251C97" w14:textId="4391CA2D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C69517" w14:textId="6F212A55" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NAZARENKO EDUARDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08524ABB" w14:textId="1189477D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5809A453" w14:textId="5A8851DD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.05.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F1ED6E" w14:textId="3AB961C1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.05.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="672C554A" w14:textId="66B63D80" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCB94C8" w14:textId="175203D6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C178B54" w14:textId="6661EF58" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NEIMANE LIENE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E490B14" w14:textId="74E7F41D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333AD7F5" w14:textId="018CF5EC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.07.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="737B95BC" w14:textId="17C31C1A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.07.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4A72ECB7" w14:textId="2571C886" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD0EBCC" w14:textId="438A238A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF2CAE0" w14:textId="5627F588" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NIKITINS ALEKSANDRS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5DBE15" w14:textId="3319E238" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351E2C6" w14:textId="03085C58" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>02.03.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0775BA26" w14:textId="72CB5D91" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>02.03.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="67F7983D" w14:textId="304C2BC7" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F00910" w14:textId="7315F8C0" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549889D2" w14:textId="56035831" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OBOĻĒVIČS JEVGĒNIJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEC236A" w14:textId="7ED171B5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50178973" w14:textId="440426D0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.07.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3200E901" w14:textId="6E51CF5A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.07.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="203A8F9B" w14:textId="22FF4155" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="209843F0" w14:textId="68A38A1B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C73179F" w14:textId="595B3E52" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ODINCOVS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="365DE28A" w14:textId="538CAF13" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC88F50" w14:textId="57253DA6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2EDF56" w14:textId="4ABAE9AA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="224F44A5" w14:textId="3F3EE242" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A3EAFB" w14:textId="188B332F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="087A3F1B" w14:textId="1C72A68F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OZOLIŅA HELĒNA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D3B0D2" w14:textId="7FA2E8DC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58334E9A" w14:textId="27CC326A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="435B5817" w14:textId="5FB6D4F6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.12.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="156FD20F" w14:textId="72CC07F9" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5609430F" w14:textId="2B88D76D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5E7D7A" w14:textId="756C7C76" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OZOLIŅŠ KASPARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="100081CC" w14:textId="0414D403" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8025BB" w14:textId="2E16271F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="153460BC" w14:textId="22E7944C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4C7F1879" w14:textId="46F106F6" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDA410B" w14:textId="78265EA7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FE3AA8" w14:textId="5DEFA3C4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIČS INGŪNS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1D1C05" w14:textId="2930FEC1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C8AF40" w14:textId="57A9EF1B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.04.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F8165F" w14:textId="2D46B31B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.04.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="20FC6D88" w14:textId="1BF42A44" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42DAAB41" w14:textId="4E21799B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E8B986" w14:textId="4D6A7B6E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIUSS ARNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50222C82" w14:textId="0C51D38D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A126778" w14:textId="3A2D794D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.09.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F18442E" w14:textId="7D9357D6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>08.09.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="18A5E78F" w14:textId="49DB3F13" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F02C590" w14:textId="00198FE0" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7861DFE7" w14:textId="090E1404" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLAUDIS SANDRIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD7A2C4" w14:textId="189D96EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="348C312A" w14:textId="70B377AE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.08.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0146EAAF" w14:textId="300344E6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.08.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2235CF44" w14:textId="3031AB54" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB12454" w14:textId="64619466" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CB8584" w14:textId="7C2283E3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLESKAČOVS IGORS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCDF6BA" w14:textId="0876FA9C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7F1098" w14:textId="5778D7FC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.05.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AC5496" w14:textId="5202C9EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>16.05.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="363465DC" w14:textId="1805BE60" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="055D3634" w14:textId="782EE6B8" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F51BD7" w14:textId="532AA2A2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLISS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D39F4BA" w14:textId="50092160" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="436E5372" w14:textId="09523406" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.04.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A840803" w14:textId="31A27CFB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.04.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7D81B858" w14:textId="7CF5E32A" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13346BB0" w14:textId="72E1DF93" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D13EC58" w14:textId="25AE14C4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODIŅŠ KASPARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="605EC8A7" w14:textId="41A188DE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F44A2F5" w14:textId="6D0C84C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="772C673E" w14:textId="144E1E0F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4FA023F6" w14:textId="37786104" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="748A0DDD" w14:textId="1243757C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F42C7E6" w14:textId="225F7CF8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">POTAŅINS ROMĀNS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFBC30E" w14:textId="13E3EA9C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2876DDB5" w14:textId="29AC2F40" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="732438B3" w14:textId="4D9D7627" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7D2DE7D6" w14:textId="1A77C306" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9074CD" w14:textId="25683DC2" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DDAD8C" w14:textId="444A00CC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">POTAŅINS ALEKSEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08579BDF" w14:textId="2CCA9015" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24035C7B" w14:textId="72064E44" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFFA371" w14:textId="76F58255" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="184A2B4D" w14:textId="1D60CB85" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6523E903" w14:textId="0CAAD258" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAF0410" w14:textId="660D6F9E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PUMPURS VALDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3BA9D6" w14:textId="4395EBFE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41EF5048" w14:textId="698B4584" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.07.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E7B652" w14:textId="1EF6B56B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.07.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="70764D08" w14:textId="7E047C89" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="706BF5B2" w14:textId="7E700F99" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BDADDD" w14:textId="2C7FF49D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PUTANS IMANTS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC3EF66" w14:textId="799A82E3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC3D620" w14:textId="379C476F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.06.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FA5AB4" w14:textId="016D48AA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.06.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1882072B" w14:textId="69288AA7" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05761B1B" w14:textId="08BFA3E7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFA7D34" w14:textId="43D7FA4F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAGAINE OLGA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA1F5AE" w14:textId="58896558" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="025ADA20" w14:textId="2A01B4AB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.10.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726E9CCB" w14:textId="1E7CBEF1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.10.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="79BBA865" w14:textId="642E2013" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F59CAEC" w14:textId="28DEDCF9" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CA9275" w14:textId="4FAA8948" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAKSTIŅŠ VITĀLIJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70615A5C" w14:textId="32B5ED95" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D45CAD" w14:textId="0868324B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.01.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF4505C" w14:textId="205E0D76" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.01.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="667CFAC2" w14:textId="09FF4582" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3815C4" w14:textId="0E8A4DA4" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A7C969" w14:textId="5C616E2A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REVENKO BORISS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E68660" w14:textId="533733C5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BE0ACA" w14:textId="07C9E67C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.01.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B088CD" w14:textId="679BD552" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.01.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4401CEC4" w14:textId="1F2AF759" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63ACDFF5" w14:textId="04788774" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18A107" w14:textId="20CC2763" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ROŽKALNS RAIMONDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE68062" w14:textId="6053A66B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED7E660" w14:textId="04244BD7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BADC240" w14:textId="7F7E18F8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1954F31C" w14:textId="5C079851" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="146613EA" w14:textId="7CB908BF" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B16C243" w14:textId="530FCA8B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAŅŅIKOVS MIHAILS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23275E68" w14:textId="2390E632" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="385D7BFF" w14:textId="08DBC8A3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.02.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="756AB2A9" w14:textId="72ACB8BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5F4EE9E0" w14:textId="6C536657" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFF3A6F" w14:textId="2A6F3021" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C71962E" w14:textId="1FDA1E93" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIRMAIS MĀRTIŅŠ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9B453F" w14:textId="6737BB84" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBC2FE5" w14:textId="6021B235" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.10.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D862BE6" w14:textId="07BE93BE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.10.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="30DEE514" w14:textId="4585A772" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="716F0F9D" w14:textId="0FDB9F75" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB6E0B0" w14:textId="0DD3AC58" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SKUJIŅŠ ANDREJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED69416" w14:textId="3536967F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FBC2CC" w14:textId="0A386201" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6CC56E" w14:textId="30146800" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="49603EDC" w14:textId="2F3BA7E3" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7206FB1E" w14:textId="46BD0E0F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DC9959" w14:textId="0C8775A0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SLADZS UĢIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F3B116" w14:textId="19E6A537" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DD9D52" w14:textId="405CE0F5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.11.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E8FDE0" w14:textId="462EF6C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.11.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="29210599" w14:textId="5EEA5292" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C585883" w14:textId="5182297A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34486438" w14:textId="43B843CE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SLAVINSKIS MĀRCIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58398EE3" w14:textId="12BD75ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332B6C70" w14:textId="0961CBD5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.02.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EBD397" w14:textId="07D56FD7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.02.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="301D191D" w14:textId="4D54D832" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E08BD5" w14:textId="405DFE0E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B614EA2" w14:textId="0F0E1705" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOKOLOVS JURIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F127830" w14:textId="22304D32" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1299B364" w14:textId="320E3295" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D83B0A9" w14:textId="65B7598A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="15225A9D" w14:textId="349F8B64" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67593F94" w14:textId="631D5D13" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E90CFF" w14:textId="2A95E4D9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPURE VILJAMS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A4729F" w14:textId="45F2F40D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CE0B64" w14:textId="1489664D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.10.2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5697B5B2" w14:textId="762647B3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.10.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="103BA520" w14:textId="01AF8457" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FAF08E" w14:textId="05E7D710" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EB6846" w14:textId="53791DFD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STANKEVIČS GUNTARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0C4CD3" w14:textId="359992EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEC1D30" w14:textId="5FA602A2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13286872" w14:textId="7EBFE2B4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4A40EBFF" w14:textId="494A6B68" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3A6995" w14:textId="259A2268" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF1525E" w14:textId="688065D9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STRUPKA RAIVIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F1C6CD" w14:textId="22691C23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44647A9E" w14:textId="35693139" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.02.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC0D890" w14:textId="1F922EA0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.02.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4DBEBE1A" w14:textId="4EFBAB6D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AA6DC1" w14:textId="4C8285FA" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20414FF8" w14:textId="20D0281A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŠARAFANOVIČA ALLA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A5A22E" w14:textId="46137E93" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="614B8451" w14:textId="74EBAE0F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.11.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29945BA0" w14:textId="265CF2EC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="29200DD0" w14:textId="10815B6E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.11.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="47D20752" w14:textId="68BA885F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="51574FB0" w14:textId="477798E7" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D6A139C" w14:textId="735C9383" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="298FC79C" w14:textId="4E7A19A7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>66</w:t>
+              <w:t>113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="697F4A6B" w14:textId="56DFFF55" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">LUBEJS JURIS </w:t>
+          <w:p w14:paraId="0BE96F30" w14:textId="6C9F20FE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŠEFCERE ALEKSANDRA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5356E9B9" w14:textId="6A53312D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0007</w:t>
+          <w:p w14:paraId="155B2ACE" w14:textId="4D9D46AE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48514BE7" w14:textId="14926843" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>21.03.2024</w:t>
+          <w:p w14:paraId="6585D44F" w14:textId="25AD5223" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71D9B3C2" w14:textId="4FB68ECE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>21.03.2029</w:t>
+          <w:p w14:paraId="5A2ED2BC" w14:textId="0534C2CA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="298B8A36" w14:textId="1072151A" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3228CABD" w14:textId="07C30EF0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6FB9B7" w14:textId="6F310D36" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="1D98E12A" w14:textId="3E0AE0B5" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>67</w:t>
+              <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C349505" w14:textId="29916515" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">LUSTE VALDIS </w:t>
+          <w:p w14:paraId="0D02D404" w14:textId="2FC1AF47" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TĀLANTS JURĢIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6845BE1A" w14:textId="49DF8DDA" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...17 lines deleted...]
-              <w:t>2024-D0008</w:t>
+          <w:p w14:paraId="408C4311" w14:textId="54216A17" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="569ACAC1" w14:textId="2051B904" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...17 lines deleted...]
-              <w:t>04.04.2024</w:t>
+          <w:p w14:paraId="5FF5C40E" w14:textId="20EFE2BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6129C1" w14:textId="7A33999A" w:rsidR="00A70C8F" w:rsidRPr="00D74198" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...17 lines deleted...]
-              <w:t>04.04.2029</w:t>
+          <w:p w14:paraId="726F47F7" w14:textId="2DD9C267" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5BBAB651" w14:textId="2F0F18A0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0BF8A7D9" w14:textId="47DBE254" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6941FCD3" w14:textId="56388CC7" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="61F67FD0" w14:textId="106782A3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>68</w:t>
+              <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="238D283C" w14:textId="2898B044" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">LŪKINS OĻEGS </w:t>
+          <w:p w14:paraId="48922F85" w14:textId="346E0C23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TREPŠA NORBERTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="794D49C1" w14:textId="04AEFC58" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0016</w:t>
+          <w:p w14:paraId="2B35DCCE" w14:textId="1603B22D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="251367A7" w14:textId="48137510" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>11.07.2024</w:t>
+          <w:p w14:paraId="4C649C5C" w14:textId="26D72A23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="747C32ED" w14:textId="2D7ED063" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>11.07.2029</w:t>
+          <w:p w14:paraId="4ACF40E0" w14:textId="277846A0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="3B26741B" w14:textId="5833A7D0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="072B697C" w14:textId="16C32BE0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24F123F5" w14:textId="5BD67F6D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="5D4BD478" w14:textId="475BD451" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>69</w:t>
+              <w:t>116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51FD425F" w14:textId="750D3D2E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ĻEŠČINSKIS ALEKSANDRS </w:t>
+          <w:p w14:paraId="4122F8FA" w14:textId="7CD47048" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TROFIMOVS PĀVELS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE82494" w14:textId="17F0F809" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0006</w:t>
+          <w:p w14:paraId="75B6728C" w14:textId="4C3A2DA8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13D03B74" w14:textId="12684185" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>07.03.2024</w:t>
+          <w:p w14:paraId="73555BFE" w14:textId="6EF67572" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.01.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36858405" w14:textId="44A65366" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>07.03.2029</w:t>
+          <w:p w14:paraId="2CB71849" w14:textId="00049A71" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.01.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4B5368FB" w14:textId="1AC9C747" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="23E32FE6" w14:textId="21AEBC15" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4103CD" w14:textId="6433F51C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="277A8008" w14:textId="636CCC9A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>70</w:t>
+              <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="523BC110" w14:textId="3BDA3FDB" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MACKEVIČS JĀNIS </w:t>
+          <w:p w14:paraId="218E7F69" w14:textId="7CE464A0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TURAMURINS VLADIMIRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="596A6ABD" w14:textId="3ED07931" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0012</w:t>
+          <w:p w14:paraId="72BAA413" w14:textId="4BA596A0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="628DAC06" w14:textId="5EC63553" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>30.04.2024</w:t>
+          <w:p w14:paraId="7D35714C" w14:textId="2A904D19" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="700D5A70" w14:textId="74F899E6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>30.04.2029</w:t>
+          <w:p w14:paraId="06486F51" w14:textId="7CEA78AB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7AE7E398" w14:textId="698EE4FC" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0E8CDC2A" w14:textId="15428830" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59EF4D68" w14:textId="72D3893C" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="5DB14A3E" w14:textId="644B680E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>71</w:t>
+              <w:t>118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C798205" w14:textId="00350A37" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MACUJEVS LEONĪDS </w:t>
+          <w:p w14:paraId="757A157F" w14:textId="60F552AC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UKRAINCEVS ANATOLIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7DE197" w14:textId="0DD584A0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2022-D0002</w:t>
+          <w:p w14:paraId="67979555" w14:textId="4A2427FD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34444DA6" w14:textId="534D9AC8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>13.01.2022</w:t>
+          <w:p w14:paraId="3D48C2CF" w14:textId="681EF617" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B63B372" w14:textId="6337DCC0" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>13.01.2027</w:t>
+          <w:p w14:paraId="2B664C60" w14:textId="06D3C0C0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2FC5D581" w14:textId="7FC9E42E" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1079492C" w14:textId="0F7E3C87" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D132D7D" w14:textId="248CA3F2" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4CE6F034" w14:textId="418F5715" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>72</w:t>
+              <w:t>119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="649067C0" w14:textId="77777777" w:rsidR="00A70C8F" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">MARKUS ULDIS </w:t>
+          <w:p w14:paraId="5299D687" w14:textId="3E7176C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VALAINIS OSKARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4373B040" w14:textId="6FA772B8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2023-D0002</w:t>
+          <w:p w14:paraId="72C7D880" w14:textId="04964AEA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="483D6FC6" w14:textId="05E8E7B2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>09.02.2023</w:t>
+          <w:p w14:paraId="77C99012" w14:textId="14C49939" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77F5E7AD" w14:textId="530D4C0A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>09.02.2028</w:t>
+          <w:p w14:paraId="0AA90033" w14:textId="5536EB9C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2015862D" w14:textId="15BAB2E4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="31A8B1A2" w14:textId="4AF37521" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="539C80DE" w14:textId="0D80BF01" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="17F8C9A5" w14:textId="41F7BECB" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>73</w:t>
+              <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="360897AB" w14:textId="402AF433" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MARNAUZA IVARS </w:t>
+          <w:p w14:paraId="3E5C7C4F" w14:textId="21E5EE5C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VAMBUTS RAIMONDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02AF5EDB" w14:textId="4AE716D4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2023-D0023</w:t>
+          <w:p w14:paraId="7D19B378" w14:textId="36F99996" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD6A1F8" w14:textId="1E6395BD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>14.12.2023</w:t>
+          <w:p w14:paraId="5E06FB74" w14:textId="2085E822" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.12.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71107997" w14:textId="6D743B84" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>14.12.2028</w:t>
+          <w:p w14:paraId="4CE96A88" w14:textId="4C27359F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.12.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="2375A248" w14:textId="52D27F08" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1F3B5B76" w14:textId="6B863303" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C92A9C" w14:textId="4A9782F1" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="2FB35F9B" w14:textId="384DC83F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>74</w:t>
+              <w:t>121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6474A0B3" w14:textId="1F1C1836" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MIKLONS ANDRIS </w:t>
+          <w:p w14:paraId="0F67894A" w14:textId="0CF5F8E5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VANAGS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6945E0F2" w14:textId="13D9A0C4" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2025-D0002</w:t>
+          <w:p w14:paraId="120A9668" w14:textId="1740E35D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D38FA9" w14:textId="1EF94E2E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>15.01.2025</w:t>
+          <w:p w14:paraId="3B38C1F0" w14:textId="2F5F2F04" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.02.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="273B27E1" w14:textId="5D38FF6B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>15.01.2030</w:t>
+          <w:p w14:paraId="0B74E9D6" w14:textId="719B8A30" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.02.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="67DA46C7" w14:textId="0A60CF4D" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1713C908" w14:textId="1E3E817D" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72DF58D4" w14:textId="01021AF8" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4330717E" w14:textId="2649C681" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>75</w:t>
+              <w:t>122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5FB173" w14:textId="6EAB9B5D" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MIĶELSONS JĀNIS </w:t>
+          <w:p w14:paraId="347ECE62" w14:textId="535A28E1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VASIĻJEVS SERGEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B279378" w14:textId="4874236A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0020</w:t>
+          <w:p w14:paraId="7FC056BF" w14:textId="77113631" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="185144D4" w14:textId="2A7F7140" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>08.08.2024</w:t>
+          <w:p w14:paraId="10CCD2BA" w14:textId="6A58DF39" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CA3184" w14:textId="7628729F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>08.08.2029</w:t>
+          <w:p w14:paraId="1CBCEE6F" w14:textId="6E787D6C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="56816EC9" w14:textId="50906DB1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="75D9B98C" w14:textId="06B7B680" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDA387B" w14:textId="0A35604D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="6D13EDED" w14:textId="0EEAD3D2" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>76</w:t>
+              <w:t>123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB5931C" w14:textId="08C23DD1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MILLERS RAITIS </w:t>
+          <w:p w14:paraId="309B9BE1" w14:textId="44DF28B6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VĒBERIS ARMANDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79D97D7F" w14:textId="1ECA3EBD" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2021-D0008</w:t>
+          <w:p w14:paraId="5CB7C71A" w14:textId="1F7091C5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27B079A8" w14:textId="4FD59AE5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>18.03.2021</w:t>
+          <w:p w14:paraId="115E0B69" w14:textId="3C94FE05" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3837FA13" w14:textId="50A432E9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>18.03.2026</w:t>
+          <w:p w14:paraId="5FE88240" w14:textId="3AE1DC49" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="5A49718B" w14:textId="02D76F86" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="115022AD" w14:textId="57790B46" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E840497" w14:textId="30CB71C4" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="3CB02A11" w14:textId="1869E5F3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>77</w:t>
+              <w:t>124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B0DA16" w14:textId="4641E7D1" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MINAKOVS ALEKSEJS </w:t>
+          <w:p w14:paraId="4D4AB1E8" w14:textId="4029BA50" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIDRIĶIS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40AB77E7" w14:textId="6967083A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2023-D0017</w:t>
+          <w:p w14:paraId="4597E20E" w14:textId="05CCA787" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D23A0B4" w14:textId="30B387F7" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>21.09.2023</w:t>
+          <w:p w14:paraId="6EC80594" w14:textId="174392B4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD8CD51" w14:textId="7273E1F9" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>21.09.2028</w:t>
+          <w:p w14:paraId="0A8AFE72" w14:textId="165FC0C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="044F8B29" w14:textId="3145F21E" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4297E570" w14:textId="2E6CD99C" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E95C886" w14:textId="35F49AA0" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="4A4EF05C" w14:textId="0A56BD4E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>78</w:t>
+              <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="633A8D27" w14:textId="62B10617" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MONTIKS ANDRIS </w:t>
+          <w:p w14:paraId="5167C506" w14:textId="1BDD73FE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VĪTOLS MIERVALDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5845EE27" w14:textId="3C438B47" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0022</w:t>
+          <w:p w14:paraId="14FE5B96" w14:textId="7272A33F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DCE37F8" w14:textId="0643045A" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>22.08.2024</w:t>
+          <w:p w14:paraId="7D0C4C40" w14:textId="32EDA0BF" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B45EADA" w14:textId="540AB734" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>22.08.2029</w:t>
+          <w:p w14:paraId="5BD62D62" w14:textId="613C98C6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="7A76905C" w14:textId="5BC9BBC0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0096FB77" w14:textId="69009C7F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9A4ED3" w14:textId="1F5F8C48" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="5849D58C" w14:textId="5D92FEC5" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>79</w:t>
+              <w:t>126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCEF7EE" w14:textId="3A231CCF" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">MORDAŅS SERGEJS </w:t>
+          <w:p w14:paraId="2392503A" w14:textId="19B7A474" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZAMAZLOVA-KAZIKOVA LIENE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0A21ED" w14:textId="7014FFA6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0018</w:t>
+          <w:p w14:paraId="3F1C77EB" w14:textId="6CBDD884" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC47157" w14:textId="70A063F6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>18.07.2024</w:t>
+          <w:p w14:paraId="42314AB6" w14:textId="4A283212" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613CF457" w14:textId="5427BA7E" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>18.07.2029</w:t>
+          <w:p w14:paraId="780C07DF" w14:textId="0315A898" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="534FB7B1" w14:textId="1F244EF5" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="09DF805D" w14:textId="235175D8" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2EA9B4" w14:textId="65779904" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="3B39A4AD" w14:textId="2EDEDA8A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>80</w:t>
+              <w:t>127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C313DEC" w14:textId="132A63CB" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">MUHA NATAĻJA </w:t>
+          <w:p w14:paraId="2D6F4D47" w14:textId="352CAD10" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZAUERS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08217748" w14:textId="5C432B6D" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...15 lines deleted...]
-              <w:t>2022-D0014</w:t>
+          <w:p w14:paraId="21F4663A" w14:textId="70F190B4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06E9B20B" w14:textId="17E5D5C8" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...15 lines deleted...]
-              <w:t>26.05.2022</w:t>
+          <w:p w14:paraId="380272D9" w14:textId="7E494027" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.06.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5FFBE7" w14:textId="674723AF" w:rsidR="00A70C8F" w:rsidRPr="0077431A" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...15 lines deleted...]
-              <w:t>26.05.2027</w:t>
+          <w:p w14:paraId="50FCB603" w14:textId="5B2F0530" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.06.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="62F30C20" w14:textId="6D1E78CE" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="605A85A9" w14:textId="4E4DD432" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="318D02B3" w14:textId="738E0B07" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="5E4C1925" w14:textId="435A029F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>81</w:t>
+              <w:t>128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09AD4873" w14:textId="2F30DC19" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">NAZARENKO EDUARDS </w:t>
+          <w:p w14:paraId="286D8479" w14:textId="0DF81E20" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZEĻENKOVS ANDREJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57C118D3" w14:textId="007877AA" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2021-D0013</w:t>
+          <w:p w14:paraId="0C7FDC3E" w14:textId="35E6E75E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0033</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25E24792" w14:textId="28935A4C" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>21.05.2021</w:t>
+          <w:p w14:paraId="2030F88A" w14:textId="7646CE52" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.12.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74E07B9C" w14:textId="37FBEF86" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>21.05.2026</w:t>
+          <w:p w14:paraId="11BB7A96" w14:textId="15662371" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.12.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="502E504E" w14:textId="150CFD79" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="42A6F313" w14:textId="14A9AA21" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21251C97" w14:textId="4391CA2D" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0BC694F1" w14:textId="43786050" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>82</w:t>
+              <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27C69517" w14:textId="5720CBD2" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">NEIMANE LIENE </w:t>
+          <w:p w14:paraId="5C4C8E48" w14:textId="02A866E7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZEĻIKA OLGA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08524ABB" w14:textId="20381B3F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2024-D0019</w:t>
+          <w:p w14:paraId="7FFB4ADA" w14:textId="0A6A5F13" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5809A453" w14:textId="2379FF34" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>25.07.2024</w:t>
+          <w:p w14:paraId="66738035" w14:textId="2DCE1825" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F1ED6E" w14:textId="1A403407" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>25.07.2029</w:t>
+          <w:p w14:paraId="780A6A8F" w14:textId="56811EC7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="672C554A" w14:textId="66B63D80" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5C9F9932" w14:textId="77777777" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCB94C8" w14:textId="175203D6" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="336D043F" w14:textId="78723D4F" w:rsidR="001474F4" w:rsidRPr="00225E69" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...8 lines deleted...]
-              <w:t>83</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C178B54" w14:textId="2C18A49F" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">NIKITINS ALEKSANDRS </w:t>
+          <w:p w14:paraId="7848B3B5" w14:textId="11806504" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZIEMANIS MĀRTIŅŠ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E490B14" w14:textId="48702474" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2023-D0005</w:t>
+          <w:p w14:paraId="18232A41" w14:textId="3286A23E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333AD7F5" w14:textId="113354EE" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>02.03.2023</w:t>
+          <w:p w14:paraId="1818D110" w14:textId="720AF837" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.07.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="737B95BC" w14:textId="794DD951" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>02.03.2028</w:t>
+          <w:p w14:paraId="0B19174D" w14:textId="29E15210" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="4A72ECB7" w14:textId="2571C886" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1901F5FB" w14:textId="77777777" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD0EBCC" w14:textId="438A238A" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="0D213B9D" w14:textId="6063A545" w:rsidR="001474F4" w:rsidRPr="00225E69" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...8 lines deleted...]
-              <w:t>84</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF2CAE0" w14:textId="3A96F4BC" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">OBOĻĒVIČS JEVGĒNIJS </w:t>
+          <w:p w14:paraId="4EF8AB9C" w14:textId="05B00DAC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZUJS JEVGENIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5DBE15" w14:textId="4C3790F6" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2025-D0010</w:t>
+          <w:p w14:paraId="34DC54A4" w14:textId="441601DC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5351E2C6" w14:textId="0AC0FDD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>10.07.2025</w:t>
+          <w:p w14:paraId="03A7F0AC" w14:textId="1B522ACB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0775BA26" w14:textId="28D6FE18" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>10.07.2030</w:t>
+          <w:p w14:paraId="5CC8A8D6" w14:textId="3A40675E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w14:paraId="67F7983D" w14:textId="304C2BC7" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="64E9131D" w14:textId="77777777" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F00910" w14:textId="7315F8C0" w:rsidR="00A70C8F" w:rsidRPr="00AD0FF0" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
+          <w:p w14:paraId="613A4DF1" w14:textId="0FEA24CD" w:rsidR="001474F4" w:rsidRPr="00225E69" w:rsidRDefault="001474F4" w:rsidP="001474F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...8 lines deleted...]
-              <w:t>85</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549889D2" w14:textId="5ADEA227" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ODINCOVS SERGEJS </w:t>
+          <w:p w14:paraId="14CD10D6" w14:textId="4E0920FA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŽEBRAKOVA REGĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AEC236A" w14:textId="29FF9E4B" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>2023-D0013</w:t>
+          <w:p w14:paraId="1A0BA601" w14:textId="53CA4EC6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50178973" w14:textId="4E685AD8" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...16 lines deleted...]
-              <w:t>10.08.2023</w:t>
+          <w:p w14:paraId="4BEC3A0C" w14:textId="133CE2AA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3200E901" w14:textId="1471E1C5" w:rsidR="00A70C8F" w:rsidRPr="0068282C" w:rsidRDefault="00A70C8F" w:rsidP="00A70C8F">
-[...7358 lines deleted...]
-            <w:r w:rsidRPr="00220BDF">
+          <w:p w14:paraId="407BB55A" w14:textId="21D05A58" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F0209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7873D1D9" w14:textId="77777777" w:rsidR="003F368A" w:rsidRPr="00AD0FF0" w:rsidRDefault="003F368A" w:rsidP="00AD0FF0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F368A" w:rsidRPr="00AD0FF0" w:rsidSect="00C8631A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
@@ -22009,50 +22471,51 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C8631A"/>
     <w:rsid w:val="00044D6F"/>
     <w:rsid w:val="00075614"/>
     <w:rsid w:val="000836BA"/>
     <w:rsid w:val="00143514"/>
+    <w:rsid w:val="001474F4"/>
     <w:rsid w:val="00257A7E"/>
     <w:rsid w:val="003042C2"/>
     <w:rsid w:val="00337A1D"/>
     <w:rsid w:val="00341C56"/>
     <w:rsid w:val="00347C7C"/>
     <w:rsid w:val="0036035F"/>
     <w:rsid w:val="00374030"/>
     <w:rsid w:val="003D6752"/>
     <w:rsid w:val="003E7744"/>
     <w:rsid w:val="003F368A"/>
     <w:rsid w:val="004004BF"/>
     <w:rsid w:val="00402821"/>
     <w:rsid w:val="004769E9"/>
     <w:rsid w:val="004C5DD6"/>
     <w:rsid w:val="004D5DFF"/>
     <w:rsid w:val="00540DC7"/>
     <w:rsid w:val="0057458B"/>
     <w:rsid w:val="005B779A"/>
     <w:rsid w:val="005F0C3D"/>
     <w:rsid w:val="00606275"/>
     <w:rsid w:val="00631974"/>
     <w:rsid w:val="00637763"/>
     <w:rsid w:val="006724DB"/>
     <w:rsid w:val="0077431A"/>
     <w:rsid w:val="007B6540"/>
@@ -24466,70 +24929,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4502</Words>
-  <Characters>2567</Characters>
+  <Words>4608</Words>
+  <Characters>2627</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7055</CharactersWithSpaces>
+  <CharactersWithSpaces>7221</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Strazdiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>