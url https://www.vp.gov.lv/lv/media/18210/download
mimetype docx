--- v2 (2026-01-27)
+++ v3 (2026-03-09)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="328F82EF" w14:textId="5DFD071E" w:rsidR="00AD0FF0" w:rsidRDefault="00C8631A" w:rsidP="00C8631A">
+    <w:p w14:paraId="328F82EF" w14:textId="7A6A1D52" w:rsidR="00AD0FF0" w:rsidRDefault="00C8631A" w:rsidP="00C8631A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SERTIFICĒTO DETEKTĪVU SARAKSTS </w:t>
@@ -52,62 +52,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(dati uz</w:t>
       </w:r>
       <w:r w:rsidR="00AD7E4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001474F4">
+      <w:r w:rsidR="00B70D62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001474F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -339,22097 +339,21931 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0FF0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">derīgs </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="36456B02" w14:textId="422BBCE3" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="36456B02" w14:textId="422BBCE3" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CDB77E8" w14:textId="024F20A2" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0CDB77E8" w14:textId="024F20A2" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A93C7E3" w14:textId="1420AEC6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5A93C7E3" w14:textId="613458E9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">AKMENTIŅA ANDRA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726829AD" w14:textId="393DDC1C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="726829AD" w14:textId="3C300604" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2113C65D" w14:textId="1531ECB3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2113C65D" w14:textId="19638C2A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.12.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EADA2A6" w14:textId="3752504A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0EADA2A6" w14:textId="1B04F064" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.12.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="00B57B11" w14:textId="014BBCE9" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="00B57B11" w14:textId="014BBCE9" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2027081E" w14:textId="611B337E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2027081E" w14:textId="611B337E" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146F18F4" w14:textId="44DDAAAF" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="146F18F4" w14:textId="3043D1B1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ALADJEVS ALEKSEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="051D0902" w14:textId="6BDF08BD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="051D0902" w14:textId="2786EA98" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45EF4654" w14:textId="665F1D0A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="45EF4654" w14:textId="7DE2A0E2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.12.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0769CBA0" w14:textId="69E9F580" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0769CBA0" w14:textId="7A42EBDE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.12.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0EC25C56" w14:textId="698B8D60" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="0EC25C56" w14:textId="698B8D60" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D3EE8A8" w14:textId="6FA8F85A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4D3EE8A8" w14:textId="6FA8F85A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="017058B1" w14:textId="06E9E3BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="017058B1" w14:textId="34D02E1F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ANTĀNS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E072D35" w14:textId="50DB411A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4E072D35" w14:textId="745FA7E5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045E18DC" w14:textId="69CEC31B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="045E18DC" w14:textId="14B8ECF6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28EC5D41" w14:textId="3C1FC377" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="28EC5D41" w14:textId="15675B15" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1441D4F9" w14:textId="4D158495" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1441D4F9" w14:textId="4D158495" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="515CFAED" w14:textId="1BDBEE83" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="515CFAED" w14:textId="1BDBEE83" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77132BF6" w14:textId="55D21C7A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="77132BF6" w14:textId="3186254B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">APERĀNS VENTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358A82B7" w14:textId="299A9236" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="358A82B7" w14:textId="391DF392" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC5742F" w14:textId="29E7DD43" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1DC5742F" w14:textId="4D15F1B1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>31.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B06F06A" w14:textId="3F201D4B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3B06F06A" w14:textId="5DE60258" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>31.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6B3E3CBE" w14:textId="4FF97329" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="6B3E3CBE" w14:textId="4FF97329" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C940C5B" w14:textId="5B97556A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="3C940C5B" w14:textId="5B97556A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16AAC5DE" w14:textId="789B6037" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="16AAC5DE" w14:textId="02517369" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ARĀJS RAIMONDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3075A214" w14:textId="4E10AACD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3075A214" w14:textId="5BF4CB26" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD7973C" w14:textId="70754B2B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2BD7973C" w14:textId="59226132" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25.04.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08D19498" w14:textId="5ED1A283" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="08D19498" w14:textId="16F7A6B0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2236439D" w14:textId="585D78AD" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="2236439D" w14:textId="585D78AD" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DAD47B3" w14:textId="6C4D0D52" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4DAD47B3" w14:textId="6C4D0D52" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA46F7A" w14:textId="7BC70D65" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0BA46F7A" w14:textId="09C5295D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BACULE IVETA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E555FCE" w14:textId="2B545907" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3E555FCE" w14:textId="35C27A84" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C493C6C" w14:textId="5DE8286C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6C493C6C" w14:textId="00E2E5DC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.02.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="509FEC3A" w14:textId="2E63B0FF" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="509FEC3A" w14:textId="1B98DC7A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.02.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="78393E5A" w14:textId="37B3B2A9" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="78393E5A" w14:textId="37B3B2A9" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16CCB002" w14:textId="5774A28C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="16CCB002" w14:textId="5774A28C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45890BA0" w14:textId="1E59DFCB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="45890BA0" w14:textId="6BD07A53" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BARENS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358FDD3B" w14:textId="4189E07B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="358FDD3B" w14:textId="524EE699" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B26EDAF" w14:textId="6175B136" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6B26EDAF" w14:textId="37F15C5A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>06.06.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7936D4" w14:textId="7B1C5F59" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4F7936D4" w14:textId="4170C5E8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>06.06.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="37839B76" w14:textId="45D18466" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="37839B76" w14:textId="45D18466" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4719ECA5" w14:textId="6770D365" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4719ECA5" w14:textId="6770D365" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="489849C9" w14:textId="78EB2B36" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="489849C9" w14:textId="37F1B310" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BEBRIŠS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="155387AD" w14:textId="0A82C768" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="155387AD" w14:textId="1E652DA0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4088C1A7" w14:textId="56288DD0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4088C1A7" w14:textId="2A940C86" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.06.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5979FA49" w14:textId="6CD544C5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5979FA49" w14:textId="0CB12967" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.06.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4D8B0B87" w14:textId="235F080B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4D8B0B87" w14:textId="235F080B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EEFC8A5" w14:textId="59CE7D1C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4EEFC8A5" w14:textId="59CE7D1C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF1466B" w14:textId="70E5A6DB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5FF1466B" w14:textId="4E6F2D2D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BELASOVS ĢIRTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="462766F7" w14:textId="4CBC1C19" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="462766F7" w14:textId="038E1B27" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A5E160" w14:textId="678EBF86" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="70A5E160" w14:textId="7DB46CA0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.07.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C4234D" w14:textId="6A566CB7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="26C4234D" w14:textId="0DB81E94" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.07.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5DB8870C" w14:textId="438A92BA" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5DB8870C" w14:textId="438A92BA" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A46099D" w14:textId="40581C45" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6A46099D" w14:textId="40581C45" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEBC87E" w14:textId="353F23A8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1BEBC87E" w14:textId="1A24F250" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BENEFELDS KRISTIANS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F77584C" w14:textId="10959E0C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3F77584C" w14:textId="6B79CF55" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6083433C" w14:textId="56DCE59C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6083433C" w14:textId="3B13D93B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B736A8" w14:textId="736174CD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="26B736A8" w14:textId="03816EE6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5A68948C" w14:textId="0B545B7F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5A68948C" w14:textId="0B545B7F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B21C429" w14:textId="7FEE3470" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0B21C429" w14:textId="7FEE3470" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="296F027B" w14:textId="5247C6DC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="296F027B" w14:textId="1670AE2C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BENĶIS ULDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22BEFB42" w14:textId="7CCAC239" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="22BEFB42" w14:textId="17882574" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0030</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B9CCE6" w14:textId="0989F853" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="13B9CCE6" w14:textId="5D1199F2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.12.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59F656B0" w14:textId="0D08461F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="59F656B0" w14:textId="074BCBB5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.12.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5227F645" w14:textId="4747F122" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5227F645" w14:textId="4747F122" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7917AD4D" w14:textId="6FF0DDC3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7917AD4D" w14:textId="6FF0DDC3" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C605923" w14:textId="26A4D62B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1C605923" w14:textId="7BD68FEB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BERNĀNS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3748586D" w14:textId="1176CF0F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3748586D" w14:textId="01D29CB9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7516BA" w14:textId="15F223FB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6D7516BA" w14:textId="07D32101" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF5C233" w14:textId="055B0A23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3FF5C233" w14:textId="49A5D4E5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="261A84F9" w14:textId="5FB26FB3" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="261A84F9" w14:textId="5FB26FB3" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="621F8371" w14:textId="67DEC858" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="621F8371" w14:textId="67DEC858" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E025FBD" w14:textId="1CB8E6D9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6E025FBD" w14:textId="715C2494" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BĒRZIŅŠ JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1FBFC2" w14:textId="10A08BCD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6C1FBFC2" w14:textId="79E52221" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="190C571C" w14:textId="7A1FFBF4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="190C571C" w14:textId="665B51CF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09769ABA" w14:textId="3811C098" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="09769ABA" w14:textId="585E5BEC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="24AB1D45" w14:textId="2AFE5DE4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="24AB1D45" w14:textId="2AFE5DE4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="626C0F29" w14:textId="399D8D7F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="626C0F29" w14:textId="399D8D7F" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="668E7567" w14:textId="7C7CC149" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="668E7567" w14:textId="76F4257E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BITE AIGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023AE4A3" w14:textId="1C1651ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="023AE4A3" w14:textId="36F951E3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2861EA21" w14:textId="1F51A83F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2861EA21" w14:textId="15C7538D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5FAE36" w14:textId="1AB046BD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4F5FAE36" w14:textId="1ADCF2C9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="295BDDAB" w14:textId="30DEC8B2" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="295BDDAB" w14:textId="30DEC8B2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538E96C3" w14:textId="4B31C9A3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="538E96C3" w14:textId="4B31C9A3" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203AA79C" w14:textId="590FFF09" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="203AA79C" w14:textId="0F4F49FD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BLAUS EDIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="053CCD50" w14:textId="77968FEE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="053CCD50" w14:textId="295AC317" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="089D2E0A" w14:textId="661CA468" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="089D2E0A" w14:textId="19FB1A6E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.09.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10FBDD0C" w14:textId="73DC08DD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="10FBDD0C" w14:textId="5131B5F7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.09.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="50B10FF4" w14:textId="0D52056D" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="50B10FF4" w14:textId="0D52056D" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4453A776" w14:textId="2947784B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4453A776" w14:textId="2947784B" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="584C3880" w14:textId="55B7DD4D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="584C3880" w14:textId="6FD62215" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BOGDANOVS ILMĀRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F207025" w14:textId="5B4CF361" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7F207025" w14:textId="7B1EB3EC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7B3FFE" w14:textId="3221BC10" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1A7B3FFE" w14:textId="63E953DA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.06.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0552B331" w14:textId="533873E6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0552B331" w14:textId="0942BA6D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.06.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="17573C65" w14:textId="75A0A432" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="17573C65" w14:textId="75A0A432" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33BDE37A" w14:textId="338E4AED" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="33BDE37A" w14:textId="338E4AED" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16CC7F03" w14:textId="09B1B56F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="16CC7F03" w14:textId="04E68228" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BONDARJKOVS DENISS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3158B4" w14:textId="37C32056" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3E3158B4" w14:textId="5FF68E1C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0624B73A" w14:textId="53BC5EA7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0624B73A" w14:textId="10B6AFF3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4995EAA3" w14:textId="7C881D95" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4995EAA3" w14:textId="4B88C6B5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.08.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3A47B083" w14:textId="7AD358FC" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="3A47B083" w14:textId="7AD358FC" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08B4A59E" w14:textId="76085471" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="08B4A59E" w14:textId="76085471" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15425759" w14:textId="018A0A5E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="15425759" w14:textId="1A1BFC32" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BORS AIGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1DA69C" w14:textId="0CE3D312" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2D1DA69C" w14:textId="593BE7E4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="658D67C4" w14:textId="1B25096C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="658D67C4" w14:textId="6A3C035F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD2B3C6" w14:textId="76E72A54" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7CD2B3C6" w14:textId="1B5A42C8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="79CB8190" w14:textId="4322A982" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="79CB8190" w14:textId="4322A982" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B4B558C" w14:textId="07AEF02A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6B4B558C" w14:textId="07AEF02A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="441DD265" w14:textId="27BC5D9D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="441DD265" w14:textId="3EA6BE77" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BOŽINSKA OLGA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471D5451" w14:textId="1D4FDE44" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="471D5451" w14:textId="70C0C261" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B388948" w14:textId="1C0E9306" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4B388948" w14:textId="2DEDE745" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52F77189" w14:textId="762B091F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="52F77189" w14:textId="1ACE086D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4BBE53ED" w14:textId="2DA4DF04" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4BBE53ED" w14:textId="2DA4DF04" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F3667A1" w14:textId="6FE3004F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0F3667A1" w14:textId="6FE3004F" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353237C6" w14:textId="006022FC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="353237C6" w14:textId="1DE5ACD4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BRIEDIS UVIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="629267D1" w14:textId="6C09D016" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="629267D1" w14:textId="6D260693" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A5A24E" w14:textId="4F80D680" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="25A5A24E" w14:textId="66D73275" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E505AF5" w14:textId="1CB1C5BE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5E505AF5" w14:textId="68B7927C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="206A32B5" w14:textId="5E162611" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="206A32B5" w14:textId="5E162611" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FA68CA7" w14:textId="37F8EF55" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="5FA68CA7" w14:textId="37F8EF55" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="136ECF8B" w14:textId="032ADF73" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="136ECF8B" w14:textId="0F241371" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BRINKMANIS ARTIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1CB80D" w14:textId="6AFBCA4F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1D1CB80D" w14:textId="657B9309" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71CD992B" w14:textId="588D330E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="71CD992B" w14:textId="50C4A100" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.08.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="777A0DA4" w14:textId="3BEC91C1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="777A0DA4" w14:textId="226169F3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="70B014EE" w14:textId="27F949A2" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="70B014EE" w14:textId="27F949A2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25281369" w14:textId="64ADDC94" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="25281369" w14:textId="64ADDC94" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7D6BD4" w14:textId="1ECAFBF6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0D7D6BD4" w14:textId="760A8208" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BUNDZIS ANDREJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9E5ED6" w14:textId="7DA061A4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1F9E5ED6" w14:textId="0E2A46CD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A901C6" w14:textId="0CCECA31" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="19A901C6" w14:textId="06EAF0CE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03B5CE18" w14:textId="742F65C8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="03B5CE18" w14:textId="7E24C980" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="06B65A1F" w14:textId="19AD7F01" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="06B65A1F" w14:textId="19AD7F01" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16AD0D2A" w14:textId="6BE9EB51" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="16AD0D2A" w14:textId="6BE9EB51" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07DED183" w14:textId="6C30C6E9" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="07DED183" w14:textId="0C2B5EA7" w:rsidR="00CB6156" w:rsidRPr="00D14226" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">BURIJS MARJANS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A184C7C" w14:textId="59609B65" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0A184C7C" w14:textId="64533C51" w:rsidR="00CB6156" w:rsidRPr="00D14226" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613AE5DF" w14:textId="6A3667B4" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="613AE5DF" w14:textId="683DE356" w:rsidR="00CB6156" w:rsidRPr="00D14226" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B917806" w14:textId="44354174" w:rsidR="001474F4" w:rsidRPr="00D14226" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2B917806" w14:textId="29475A5F" w:rsidR="00CB6156" w:rsidRPr="00D14226" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29.08.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5210FB28" w14:textId="44D3ADA4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5210FB28" w14:textId="44D3ADA4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1FE0BA" w14:textId="5F6AC14C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2E1FE0BA" w14:textId="5F6AC14C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17FD1990" w14:textId="264BC3F2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="17FD1990" w14:textId="76DAD5F3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">CUZANOVSKA ELĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CA628E" w14:textId="4A1CC98B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="63CA628E" w14:textId="3162B937" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6633D918" w14:textId="4D6CC17F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6633D918" w14:textId="3368507E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1C630E" w14:textId="60480378" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6E1C630E" w14:textId="43E4BFA0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.09.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1CFFA096" w14:textId="6E821F54" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1CFFA096" w14:textId="6E821F54" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70801D19" w14:textId="06F1F2C6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="70801D19" w14:textId="06F1F2C6" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE933AD" w14:textId="43A8D296" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7DE933AD" w14:textId="444ECEB4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">CVETKOVS DENISS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76706DC1" w14:textId="45BA06BC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="76706DC1" w14:textId="39982C66" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="522F7355" w14:textId="0CA1229B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="522F7355" w14:textId="1DEC25A4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01686537" w14:textId="1CB952A7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="01686537" w14:textId="076CBD3A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4BFC54F3" w14:textId="26169559" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4BFC54F3" w14:textId="26169559" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15C0576A" w14:textId="798D4079" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="15C0576A" w14:textId="798D4079" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE62FFA" w14:textId="3EA39CC2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0EE62FFA" w14:textId="1E5C99F2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ČERNOUSOVS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FCB36F7" w14:textId="0CA488F1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2FCB36F7" w14:textId="71A419D5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22087936" w14:textId="1F2648D7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="22087936" w14:textId="3F7FF052" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1ED5C9" w14:textId="1AC517EE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3A1ED5C9" w14:textId="2A336204" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7DC44328" w14:textId="1AAA4EEE" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7DC44328" w14:textId="1AAA4EEE" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A53D707" w14:textId="36535C8B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2A53D707" w14:textId="36535C8B" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6CFED5" w14:textId="25C19745" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6D6CFED5" w14:textId="618AA87C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ČERNOVS VLADIMIRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="097922AD" w14:textId="1633C54D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="097922AD" w14:textId="10440055" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0733EC8A" w14:textId="5B24EB85" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0733EC8A" w14:textId="1BCD7E4B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.02.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E062B9E" w14:textId="326C3146" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6E062B9E" w14:textId="3572CCAD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="345A7A4D" w14:textId="4961ABE4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="345A7A4D" w14:textId="4961ABE4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5151FC" w14:textId="6CB1524D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6D5151FC" w14:textId="6CB1524D" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C32582" w14:textId="0ED4EEE9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="63C32582" w14:textId="1F6E9981" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DALIŠEVSKA KATRĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5082DAE5" w14:textId="7BAB09BE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5082DAE5" w14:textId="1022E2FD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471467E5" w14:textId="6BA1AA84" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="471467E5" w14:textId="256ACB18" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.11.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74E29AD3" w14:textId="34178AC2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="74E29AD3" w14:textId="0CFE20A1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.11.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6BD11ED8" w14:textId="145C8F12" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="6BD11ED8" w14:textId="145C8F12" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E12BA50" w14:textId="714EA9F1" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0E12BA50" w14:textId="714EA9F1" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F823679" w14:textId="19DE2701" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7F823679" w14:textId="7103B863" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DALIŠEVSKA INĀRA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4170AEA0" w14:textId="0632F13F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4170AEA0" w14:textId="0C3669DA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE814E8" w14:textId="6B5DBD46" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1AE814E8" w14:textId="1E878DDD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.12.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5476C785" w14:textId="063319E6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5476C785" w14:textId="515A1D91" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.12.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="74800DDA" w14:textId="1CD5FF5B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="74800DDA" w14:textId="1CD5FF5B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50992307" w14:textId="2550BEAF" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="50992307" w14:textId="2550BEAF" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE1A660" w14:textId="7A8B1A57" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1DE1A660" w14:textId="36C59597" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DĀRZIŅA ANITA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74B87AC0" w14:textId="71753C95" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="74B87AC0" w14:textId="092D2C0E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="644A1BB2" w14:textId="39A20A87" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="644A1BB2" w14:textId="24FFC98A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.02.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1576ED" w14:textId="187AB430" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0A1576ED" w14:textId="03E36C4F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>05.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6A15D527" w14:textId="18FB2691" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="6A15D527" w14:textId="18FB2691" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA06764" w14:textId="1FFA4917" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6FA06764" w14:textId="1FFA4917" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77AB69A0" w14:textId="457E78A9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="77AB69A0" w14:textId="5508A3C9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DERVANS RUSLANS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06001A89" w14:textId="365F526E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="06001A89" w14:textId="46BEB684" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D06B38A" w14:textId="01EA1A42" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4D06B38A" w14:textId="1D6CB90D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="152290B3" w14:textId="0CFE16B8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="152290B3" w14:textId="6F03EC0E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5BCD4810" w14:textId="2541291E" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5BCD4810" w14:textId="2541291E" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="629F26DC" w14:textId="6FB46831" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="629F26DC" w14:textId="6FB46831" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA2C321" w14:textId="1FE7CB61" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0EA2C321" w14:textId="47803F5E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DORONDA ALEKSANDRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15249079" w14:textId="0ABA41ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="15249079" w14:textId="0483C81B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36C73060" w14:textId="267FEA98" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="36C73060" w14:textId="4EA06064" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1297921E" w14:textId="14579B12" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1297921E" w14:textId="799EB916" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="45BD55FE" w14:textId="2859B8BF" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="45BD55FE" w14:textId="2859B8BF" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D526C5F" w14:textId="146DFE6D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6D526C5F" w14:textId="146DFE6D" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E145B32" w14:textId="1A7215DE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0E145B32" w14:textId="1E0BE1D3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DROZDOVSKIS PĀVELS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFB492F" w14:textId="7FE4C9EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3DFB492F" w14:textId="592F7C3F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C335681" w14:textId="0723280C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6C335681" w14:textId="0DBE7573" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="088A892E" w14:textId="6AC40895" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="088A892E" w14:textId="5EAC7A38" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5CA28B67" w14:textId="6E5CC48B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5CA28B67" w14:textId="6E5CC48B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B98D887" w14:textId="718EBF7E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0B98D887" w14:textId="718EBF7E" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B77210" w14:textId="25BDA005" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="01B77210" w14:textId="48E32BFA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DZELME MĀRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="759F7A12" w14:textId="7D8A2D1E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="759F7A12" w14:textId="19D98E16" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021AEF78" w14:textId="38F1D4CE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="021AEF78" w14:textId="4A2CB05E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E617A6D" w14:textId="307DB4E2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5E617A6D" w14:textId="2F76DFD7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="04799CF4" w14:textId="4C5641E7" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="04799CF4" w14:textId="4C5641E7" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62CADD29" w14:textId="12CF8727" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="62CADD29" w14:textId="12CF8727" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B935992" w14:textId="76B0A665" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1B935992" w14:textId="4E1AE4DE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">DZEVA IRINA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDFEA30" w14:textId="619117F8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7EDFEA30" w14:textId="7E75FED6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F281D75" w14:textId="16516514" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6F281D75" w14:textId="0FBE5FBE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70FF129A" w14:textId="4B9F7DE4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="70FF129A" w14:textId="156BA337" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.02.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="63510448" w14:textId="54A723A0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="63510448" w14:textId="54A723A0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4886EB9F" w14:textId="4067F96C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4886EB9F" w14:textId="4067F96C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0A0854" w14:textId="71EC74F0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7B0A0854" w14:textId="78CB0AB0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">EIFEROVS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEE68FD" w14:textId="40AD7490" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4AEE68FD" w14:textId="5D612861" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="373E9019" w14:textId="595D7EE5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="373E9019" w14:textId="7357024D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.01.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="762ACEEB" w14:textId="72D9F513" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="762ACEEB" w14:textId="6C0047D8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.01.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="157D125C" w14:textId="4D207FD6" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="157D125C" w14:textId="4D207FD6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="361E2230" w14:textId="0FC54DB7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="361E2230" w14:textId="0FC54DB7" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1251B9" w14:textId="174F0BF5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3D1251B9" w14:textId="2065ED50" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GAILIS ZINTIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02D5E839" w14:textId="2E9BCA99" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="02D5E839" w14:textId="61D11DAE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="633A8728" w14:textId="29B80A41" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="633A8728" w14:textId="2E6C91ED" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.12.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="575FE911" w14:textId="146E1BB5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="575FE911" w14:textId="1626F24A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.12.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6853FAB7" w14:textId="23BAA44B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="6853FAB7" w14:textId="23BAA44B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A361D73" w14:textId="7957EECA" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7A361D73" w14:textId="7957EECA" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0914B04E" w14:textId="4E8A77B7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0914B04E" w14:textId="014DD4C8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GALVANOVSKIS AGRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79BC469F" w14:textId="5F29BC27" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="79BC469F" w14:textId="6F29B568" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46EE3AFF" w14:textId="5F24165B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="46EE3AFF" w14:textId="2E213D49" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5A1E94" w14:textId="067A9A5F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3C5A1E94" w14:textId="4C38DF94" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="25C9876A" w14:textId="04F6452B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="25C9876A" w14:textId="04F6452B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C62E58" w14:textId="388D0430" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="78C62E58" w14:textId="388D0430" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65ECED70" w14:textId="311F8CC9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="65ECED70" w14:textId="21E8B168" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GAVARS ITĀLO </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5DCB1C" w14:textId="2880E4E9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4D5DCB1C" w14:textId="3CE6043C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2245E0D1" w14:textId="73DA9389" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2245E0D1" w14:textId="5F3D58F9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.08.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCE7E20" w14:textId="235AE742" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6DCE7E20" w14:textId="4F8B26DE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.08.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="01DE308F" w14:textId="7D8B2580" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="01DE308F" w14:textId="7D8B2580" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5CB5AA" w14:textId="36F34B8A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="3F5CB5AA" w14:textId="36F34B8A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62B21186" w14:textId="2268C4AD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="62B21186" w14:textId="76EAB7D3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GLOVECKIS EDGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6457288E" w14:textId="71668572" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6457288E" w14:textId="285EE765" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBBB87B" w14:textId="051A68A5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7EBBB87B" w14:textId="5BDFD1E0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.12.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02A15247" w14:textId="612D29BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="02A15247" w14:textId="34836374" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.12.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="38C86147" w14:textId="1FE15840" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="38C86147" w14:textId="1FE15840" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43F98B5C" w14:textId="70372010" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="43F98B5C" w14:textId="70372010" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="576415BE" w14:textId="284DE988" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="576415BE" w14:textId="259B0537" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GOĻIKOVS JURIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35A2FD9B" w14:textId="1CA6AFB8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="35A2FD9B" w14:textId="2F8B3441" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48E7E625" w14:textId="41AFF5F1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="48E7E625" w14:textId="0A6076A9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.09.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0374F42F" w14:textId="167AFF10" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0374F42F" w14:textId="31B4EB17" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.09.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6A577576" w14:textId="3578C697" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="6A577576" w14:textId="3578C697" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A48AF17" w14:textId="0F5C9A18" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7A48AF17" w14:textId="0F5C9A18" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5171FE70" w14:textId="5004C139" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5171FE70" w14:textId="4723CBE6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GRABOVSKIS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3AFCE9" w14:textId="0797BA7E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1D3AFCE9" w14:textId="04ABA5F4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B053189" w14:textId="62DA37A8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7B053189" w14:textId="480A37E3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.07.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="114A4C22" w14:textId="68961799" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="114A4C22" w14:textId="4B0EECC9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="749D080F" w14:textId="4FBFEF6B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="749D080F" w14:textId="4FBFEF6B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38422A27" w14:textId="5B9429C7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="38422A27" w14:textId="5B9429C7" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D57DE6D" w14:textId="61759819" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5D57DE6D" w14:textId="435203E1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GRINBERGS ĒRIKS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFCE7A6" w14:textId="6114342D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0EFCE7A6" w14:textId="169EB563" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="174F7BF0" w14:textId="5F229C41" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="174F7BF0" w14:textId="61A14CB0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F52553E" w14:textId="4DD157C2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5F52553E" w14:textId="0407DED9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="6501D2A0" w14:textId="0A3A01E1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="6501D2A0" w14:textId="0A3A01E1" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474B0DCD" w14:textId="35115EE6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="474B0DCD" w14:textId="35115EE6" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255D501C" w14:textId="7758E29A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="255D501C" w14:textId="3C6BB9F6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GRIŠĀNS EDGARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D70576" w14:textId="732087C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="07D70576" w14:textId="3CFCD551" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF937B0" w14:textId="42053F52" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5EF937B0" w14:textId="4A905DE4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.04.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19DA4124" w14:textId="5E5B13D0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="19DA4124" w14:textId="1F6EC906" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="72BD3EE9" w14:textId="0CA9B1E1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="72BD3EE9" w14:textId="0CA9B1E1" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11FA2815" w14:textId="602958AF" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="11FA2815" w14:textId="602958AF" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44E06CF1" w14:textId="27FA20E3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="44E06CF1" w14:textId="0BC9E970" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">GUDENS NORMUNDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70C0460B" w14:textId="67140966" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="70C0460B" w14:textId="7822B2CF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4C14CD" w14:textId="06B96B0B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1B4C14CD" w14:textId="6632A1EA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50C6B93D" w14:textId="124C486F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="50C6B93D" w14:textId="3F7A6B72" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1144130C" w14:textId="795F850F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1144130C" w14:textId="795F850F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6123641B" w14:textId="6943282B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6123641B" w14:textId="6943282B" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25C45C91" w14:textId="41CC7084" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="25C45C91" w14:textId="5C0D23B6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">HAČATUROVS DIMITRIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791FEAB5" w14:textId="13839016" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="791FEAB5" w14:textId="5678BB4C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="587C1F42" w14:textId="393B5397" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="587C1F42" w14:textId="70B62600" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC80A68" w14:textId="34029927" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2CC80A68" w14:textId="16DCD493" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.10.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="27EF33B6" w14:textId="7EDD792C" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="27EF33B6" w14:textId="7EDD792C" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9B6FF9" w14:textId="009F55D6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7B9B6FF9" w14:textId="009F55D6" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1523A1A4" w14:textId="5B055FCD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1523A1A4" w14:textId="7F1FD587" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">HESINS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12FCBF90" w14:textId="62BA4A14" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="12FCBF90" w14:textId="30D3C792" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="054DA685" w14:textId="1FB8C419" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="054DA685" w14:textId="479C0068" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFA006E" w14:textId="0E47BCF7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0EFA006E" w14:textId="46C883DA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>03.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="358872FD" w14:textId="63BE891B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="358872FD" w14:textId="63BE891B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9F85FD" w14:textId="53805033" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="1E9F85FD" w14:textId="53805033" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E40F94" w14:textId="7839323B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="68E40F94" w14:textId="034FA923" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ILSTERIS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10368459" w14:textId="712906F3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="10368459" w14:textId="15771585" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0029</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16800D2C" w14:textId="4DFC9375" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="16800D2C" w14:textId="14814232" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4986055C" w14:textId="6DB1E105" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4986055C" w14:textId="3DD53874" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.11.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="630B1029" w14:textId="2B42529B" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="630B1029" w14:textId="2B42529B" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB02236" w14:textId="46BCDD0C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4EB02236" w14:textId="46BCDD0C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="561D4456" w14:textId="4548FDD1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="561D4456" w14:textId="22185864" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KAIMIŅŠ RITVARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD38576" w14:textId="5C125DC6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3BD38576" w14:textId="37E38E23" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB3E120" w14:textId="47A45091" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3CB3E120" w14:textId="2FD09FF2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.05.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD0599F" w14:textId="05B3AA23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5BD0599F" w14:textId="7194C879" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.05.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="61B1453D" w14:textId="2EB959E6" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="61B1453D" w14:textId="2EB959E6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A77E836" w14:textId="6AC4E7AD" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="3A77E836" w14:textId="6AC4E7AD" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25142800" w14:textId="1C3E027C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="25142800" w14:textId="1B03C269" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KALUGINS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="114F4D50" w14:textId="5892C3ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="114F4D50" w14:textId="73DBC7AF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A55AA37" w14:textId="11733251" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2A55AA37" w14:textId="51887CFC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.10.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="336FC3A4" w14:textId="0B5E1164" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="336FC3A4" w14:textId="7C2FA57C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.10.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5734E865" w14:textId="242325CF" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5734E865" w14:textId="242325CF" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68BA2D1E" w14:textId="5D7335CC" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="68BA2D1E" w14:textId="5D7335CC" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4961D0AF" w14:textId="11F2146F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4961D0AF" w14:textId="7A45E499" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KAPRANOVS SERGEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="488F9BEC" w14:textId="32CDD324" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="488F9BEC" w14:textId="4AEC935C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485D781D" w14:textId="1D29CD31" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="485D781D" w14:textId="70DE2070" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.08.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44D5C009" w14:textId="67B1A4B8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="44D5C009" w14:textId="148F57BC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.08.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="127A2FF8" w14:textId="3E3706AE" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="127A2FF8" w14:textId="3E3706AE" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C43D57" w14:textId="086F7E16" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="23C43D57" w14:textId="086F7E16" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A71F37E" w14:textId="0F06A172" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3A71F37E" w14:textId="665FB319" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KĀPOSTIŅŠ JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40970E27" w14:textId="25091178" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="40970E27" w14:textId="5A258244" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E06BECA" w14:textId="67EFEE46" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7E06BECA" w14:textId="6C0342AB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>02.02.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63D2364E" w14:textId="7A94F0C8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="63D2364E" w14:textId="54217D66" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>02.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="28CFF9D1" w14:textId="0124EEA1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="28CFF9D1" w14:textId="0124EEA1" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3359FC" w14:textId="6E196FD3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="1D3359FC" w14:textId="6E196FD3" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560FE87F" w14:textId="0C6C51F5" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="560FE87F" w14:textId="0066A71E" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KIRŠBLATS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5722B5" w14:textId="3EE62470" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3B5722B5" w14:textId="23D4A5D2" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18DB5A0A" w14:textId="1E10B93A" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="18DB5A0A" w14:textId="2FEA351E" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.03.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3219F4C5" w14:textId="029EA610" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3219F4C5" w14:textId="470492D8" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24.03.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7980E4E7" w14:textId="5D63081D" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7980E4E7" w14:textId="5D63081D" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="748F0A91" w14:textId="0596569B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="748F0A91" w14:textId="0596569B" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9555D6" w14:textId="3290D8AE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2E9555D6" w14:textId="7D25E5FD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KLABATS ARTŪRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="320AC1A5" w14:textId="1B556BF0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="320AC1A5" w14:textId="1582453C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61B394AE" w14:textId="371A8B8A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="61B394AE" w14:textId="41A6BD54" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.01.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="415BCAD3" w14:textId="10680434" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="415BCAD3" w14:textId="34BA11A3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.01.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0149EB65" w14:textId="66469D85" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="0149EB65" w14:textId="66469D85" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60DA7378" w14:textId="47C925A7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="60DA7378" w14:textId="47C925A7" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378C9EAE" w14:textId="79D55948" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="378C9EAE" w14:textId="31F50EAD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOMUĻS OSKARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B05C1E" w14:textId="0175F4EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="28B05C1E" w14:textId="6143770D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10CABBC0" w14:textId="25418D6D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="10CABBC0" w14:textId="743B0995" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>19.12.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C9167DA" w14:textId="5EDB4EF6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4C9167DA" w14:textId="17EB8D7F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>19.12.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="621E8B9E" w14:textId="159D3A90" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="621E8B9E" w14:textId="159D3A90" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD822F7" w14:textId="5B838BC5" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0BD822F7" w14:textId="5B838BC5" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC203B8" w14:textId="08CF29B4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7DC203B8" w14:textId="2140DD23" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOPASS OĻEGS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="171592B5" w14:textId="1E7119D6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="171592B5" w14:textId="429FF80F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A9F85B" w14:textId="73F8D618" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="31A9F85B" w14:textId="0DFC36C3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26.02.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A9834A" w14:textId="2C3A4F21" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="60A9834A" w14:textId="1FCD8C1E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7E68A157" w14:textId="530449A2" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7E68A157" w14:textId="530449A2" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48DF0F27" w14:textId="7F85C5F1" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="48DF0F27" w14:textId="7F85C5F1" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30553472" w14:textId="0E7F8C53" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="30553472" w14:textId="50705CD5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOTKE ARMANDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC9B4C2" w14:textId="53FA7AEE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4FC9B4C2" w14:textId="2B8513FF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08284AED" w14:textId="4B4AE369" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="08284AED" w14:textId="2B5CE0D9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCF0E6A" w14:textId="13032304" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0CCF0E6A" w14:textId="252ABC0D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.05.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="50BED1B4" w14:textId="24934DC6" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="50BED1B4" w14:textId="24934DC6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F028696" w14:textId="4FEEF6DA" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0F028696" w14:textId="4FEEF6DA" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF1E542" w14:textId="4E370CE4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6EF1E542" w14:textId="01A63E69" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOVAĻEVS SERGEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50F4FABA" w14:textId="7A630B32" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="50F4FABA" w14:textId="737D02AE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6143A52F" w14:textId="44B16697" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6143A52F" w14:textId="1DDCC3C0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>09.02.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B24E053" w14:textId="64B97835" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7B24E053" w14:textId="394E5E03" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>09.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4AE216D2" w14:textId="7442FE8F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4AE216D2" w14:textId="7442FE8F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="437FC27A" w14:textId="578C1B01" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="437FC27A" w14:textId="578C1B01" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1754A53A" w14:textId="30F65E45" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1754A53A" w14:textId="61B4EC41" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOVAĻOVS VADIMS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255372EB" w14:textId="3A4582CA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="255372EB" w14:textId="0E797AF3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6C7AD7" w14:textId="17B74AB0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0D6C7AD7" w14:textId="656E784B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15B138F0" w14:textId="6DB90A77" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="15B138F0" w14:textId="5A09C20A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.08.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4D2F5465" w14:textId="52A5E017" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4D2F5465" w14:textId="52A5E017" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9242A4" w14:textId="234D0C7E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="5E9242A4" w14:textId="234D0C7E" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C136AF1" w14:textId="768B55EE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2C136AF1" w14:textId="74D85699" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KOVRIGO VIKTORS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFA5F76" w14:textId="6ED370D6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7FFA5F76" w14:textId="4365EFF2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="432D2FBF" w14:textId="409CBA74" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="432D2FBF" w14:textId="38B2E97C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.02.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378D9239" w14:textId="57A9BF98" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="378D9239" w14:textId="42B41A54" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="72B89E02" w14:textId="0DE90932" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="72B89E02" w14:textId="0DE90932" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC58FAB" w14:textId="6254BFA8" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2BC58FAB" w14:textId="6254BFA8" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="552558F4" w14:textId="5A6C75A2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="552558F4" w14:textId="2A7F20D9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">KRASTIŅA KRISTĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14D26D92" w14:textId="262800B0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="14D26D92" w14:textId="1262F205" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C24737" w14:textId="67AF2AF0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="67C24737" w14:textId="78EB53B3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.09.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2332E645" w14:textId="460F3292" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2332E645" w14:textId="76F6E878" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.09.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7F906055" w14:textId="7EEBF9DB" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7F906055" w14:textId="7EEBF9DB" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F92B4BA" w14:textId="43D9628C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2F92B4BA" w14:textId="43D9628C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2C231B" w14:textId="0DE9B088" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2A2C231B" w14:textId="6A1BE2A5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KRŪMIŅŠ EDGARS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4B8CFC" w14:textId="794139E7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2026-D0001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C9902" w14:textId="56574BED" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4436A623" w14:textId="6E08AA6C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.01.2031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="02ECF6AA" w14:textId="3C653171" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CC91FD" w14:textId="689928EE" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23099385" w14:textId="4AD2CE86" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ĶEIZARS MĀRTIŅŠ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4B8CFC" w14:textId="5013EEC5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="416D0B6A" w14:textId="5D7EDD94" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F6C9902" w14:textId="27BBCC57" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0F5BC0E5" w14:textId="670769C7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4436A623" w14:textId="6A9AF819" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4E03CD6F" w14:textId="2271F087" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="02ECF6AA" w14:textId="3C653171" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5364B493" w14:textId="5D257E36" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60CC91FD" w14:textId="689928EE" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="57BF9B58" w14:textId="54B2818C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>63</w:t>
+              <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23099385" w14:textId="5925FB5D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6CB752AA" w14:textId="1449CAD1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ĶIKULIS ANDRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="416D0B6A" w14:textId="562CD6C2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4FEB307A" w14:textId="082540D7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5BC0E5" w14:textId="1137BE1A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0CAFA7BE" w14:textId="18352AC2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E03CD6F" w14:textId="228494F5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="49C2DB52" w14:textId="4AB62639" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5364B493" w14:textId="5D257E36" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="3B8BCDFC" w14:textId="624C3F01" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57BF9B58" w14:textId="54B2818C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="597058CC" w14:textId="0529E6CB" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>64</w:t>
+              <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB752AA" w14:textId="21291433" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="460B6B71" w14:textId="6DF6691F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">LEVINS VSEVOLODS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEB307A" w14:textId="5353469B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3F25A604" w14:textId="48E53911" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CAFA7BE" w14:textId="3CC88CB7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="225ECABC" w14:textId="1CCB0B48" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.06.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49C2DB52" w14:textId="74CB0B3D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="29945BA0" w14:textId="347C9549" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.06.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3B8BCDFC" w14:textId="624C3F01" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="47D20752" w14:textId="68BA885F" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="597058CC" w14:textId="0529E6CB" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7D6A139C" w14:textId="735C9383" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>65</w:t>
+              <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="460B6B71" w14:textId="3FF8B435" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="697F4A6B" w14:textId="212BC91E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">LOBKOVS HERMANIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F25A604" w14:textId="2C7B1D4B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5356E9B9" w14:textId="2A77D9FA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="225ECABC" w14:textId="0A1FA316" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="48514BE7" w14:textId="52F21819" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29945BA0" w14:textId="7AC0387D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="71D9B3C2" w14:textId="2C934D7A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="47D20752" w14:textId="68BA885F" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="298B8A36" w14:textId="1072151A" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D6A139C" w14:textId="735C9383" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="5F6FB9B7" w14:textId="6F310D36" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>66</w:t>
+              <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="697F4A6B" w14:textId="43261A43" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5C349505" w14:textId="27CF4B4F" w:rsidR="00CB6156" w:rsidRPr="00D74198" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">LOGINS EDUARDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5356E9B9" w14:textId="3B4407C6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6845BE1A" w14:textId="2A10055B" w:rsidR="00CB6156" w:rsidRPr="00D74198" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48514BE7" w14:textId="3BEB1437" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="569ACAC1" w14:textId="43AA4B33" w:rsidR="00CB6156" w:rsidRPr="00D74198" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.11.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71D9B3C2" w14:textId="4473614A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0B6129C1" w14:textId="7713C6E1" w:rsidR="00CB6156" w:rsidRPr="00D74198" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.11.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="298B8A36" w14:textId="1072151A" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5BBAB651" w14:textId="2F0F18A0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6FB9B7" w14:textId="6F310D36" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6941FCD3" w14:textId="56388CC7" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>67</w:t>
+              <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C349505" w14:textId="27CA6158" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="238D283C" w14:textId="5688CD25" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">LUBEJS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6845BE1A" w14:textId="19682F86" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="794D49C1" w14:textId="4CC1A065" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="569ACAC1" w14:textId="4CF3E0C6" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="251367A7" w14:textId="3B3329DE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.03.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6129C1" w14:textId="4302F581" w:rsidR="001474F4" w:rsidRPr="00D74198" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="747C32ED" w14:textId="34DA080F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.03.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5BBAB651" w14:textId="2F0F18A0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="3B26741B" w14:textId="5833A7D0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6941FCD3" w14:textId="56388CC7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="24F123F5" w14:textId="5BD67F6D" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>68</w:t>
+              <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="238D283C" w14:textId="1A05411E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="51FD425F" w14:textId="5932EE2A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">LUSTE VALDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="794D49C1" w14:textId="63912D14" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7BE82494" w14:textId="2B73FC32" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="251367A7" w14:textId="537B4297" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="13D03B74" w14:textId="1B9ECE5A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.04.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="747C32ED" w14:textId="3AB66B08" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="36858405" w14:textId="365F1169" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>04.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3B26741B" w14:textId="5833A7D0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4B5368FB" w14:textId="1AC9C747" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24F123F5" w14:textId="5BD67F6D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4D4103CD" w14:textId="6433F51C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>69</w:t>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51FD425F" w14:textId="569FCEB3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="523BC110" w14:textId="11E7A66A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">LŪKINS OĻEGS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE82494" w14:textId="0334D306" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="596A6ABD" w14:textId="782BC441" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13D03B74" w14:textId="1C903ABD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="628DAC06" w14:textId="4214ED05" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.07.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36858405" w14:textId="642A28EC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="700D5A70" w14:textId="37D5B8F3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>11.07.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4B5368FB" w14:textId="1AC9C747" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7AE7E398" w14:textId="698EE4FC" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4103CD" w14:textId="6433F51C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="59EF4D68" w14:textId="72D3893C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>70</w:t>
+              <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="523BC110" w14:textId="4BC988B6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4C798205" w14:textId="7EE7EC39" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ĻEŠČINSKIS ALEKSANDRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="596A6ABD" w14:textId="4070C26C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6C7DE197" w14:textId="1D251DD8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="628DAC06" w14:textId="40DF7729" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="34444DA6" w14:textId="33F69999" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.03.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="700D5A70" w14:textId="57EB3623" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3B63B372" w14:textId="166F49EB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>07.03.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7AE7E398" w14:textId="698EE4FC" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="2FC5D581" w14:textId="7FC9E42E" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59EF4D68" w14:textId="72D3893C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2D132D7D" w14:textId="248CA3F2" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>71</w:t>
+              <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C798205" w14:textId="0D8E863C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="53C4E435" w14:textId="225E3DFF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MACKEVIČS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7DE197" w14:textId="7588B92C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4373B040" w14:textId="46736CDA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34444DA6" w14:textId="1934D2BC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="483D6FC6" w14:textId="5523AEAD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.04.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B63B372" w14:textId="1A85329E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="77F5E7AD" w14:textId="54F107A0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2FC5D581" w14:textId="7FC9E42E" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="2015862D" w14:textId="15BAB2E4" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D132D7D" w14:textId="248CA3F2" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="539C80DE" w14:textId="0D80BF01" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>72</w:t>
+              <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53C4E435" w14:textId="2FC076A7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="360897AB" w14:textId="147D19B6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MACUJEVS LEONĪDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4373B040" w14:textId="02F39358" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="02AF5EDB" w14:textId="3DBE6ABA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="483D6FC6" w14:textId="5568566F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1CD6A1F8" w14:textId="4D114719" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.01.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77F5E7AD" w14:textId="1EC8B466" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="71107997" w14:textId="2AE168A5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>13.01.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2015862D" w14:textId="15BAB2E4" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="2375A248" w14:textId="52D27F08" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="539C80DE" w14:textId="0D80BF01" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="74C92A9C" w14:textId="4A9782F1" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>73</w:t>
+              <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="360897AB" w14:textId="0594A9C1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6474A0B3" w14:textId="1E5005D4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MARKUS ULDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02AF5EDB" w14:textId="14BD6FE5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6945E0F2" w14:textId="24783E43" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD6A1F8" w14:textId="427A5891" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="38D38FA9" w14:textId="33F94C49" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>09.02.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71107997" w14:textId="6AA48B3D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="273B27E1" w14:textId="7DF04BFB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>09.02.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2375A248" w14:textId="52D27F08" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="67DA46C7" w14:textId="0A60CF4D" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C92A9C" w14:textId="4A9782F1" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="72DF58D4" w14:textId="01021AF8" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>74</w:t>
+              <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6474A0B3" w14:textId="334116B9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7D5FB173" w14:textId="7EFC5E05" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MARNAUZA IVARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6945E0F2" w14:textId="457E97D3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5B279378" w14:textId="069FD69F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D38FA9" w14:textId="24934C60" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="185144D4" w14:textId="3CF93DBF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.12.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="273B27E1" w14:textId="41E5C6BB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="00CA3184" w14:textId="40C293C4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>14.12.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="67DA46C7" w14:textId="0A60CF4D" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="56816EC9" w14:textId="50906DB1" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72DF58D4" w14:textId="01021AF8" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="3BDA387B" w14:textId="0A35604D" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>75</w:t>
+              <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5FB173" w14:textId="6311873B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3DB5931C" w14:textId="32AFD503" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MIKLONS ANDRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B279378" w14:textId="2705D531" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="79D97D7F" w14:textId="03AB95B5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="185144D4" w14:textId="25D089CD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="27B079A8" w14:textId="689AE983" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.01.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CA3184" w14:textId="4C433E83" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3837FA13" w14:textId="19FD3F9A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15.01.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="56816EC9" w14:textId="50906DB1" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5A49718B" w14:textId="02D76F86" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDA387B" w14:textId="0A35604D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="3E840497" w14:textId="30CB71C4" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>76</w:t>
+              <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB5931C" w14:textId="327DBBF9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="69B0DA16" w14:textId="1E8B9CD9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MIĶELSONS JĀNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79D97D7F" w14:textId="4AC1F48A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="40AB77E7" w14:textId="237DB7D6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27B079A8" w14:textId="0DCF40E1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0D23A0B4" w14:textId="29024BC2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3837FA13" w14:textId="62F8BD0C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2AD8CD51" w14:textId="58212219" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.08.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5A49718B" w14:textId="02D76F86" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="044F8B29" w14:textId="3145F21E" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E840497" w14:textId="30CB71C4" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4E95C886" w14:textId="35F49AA0" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>77</w:t>
+              <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B0DA16" w14:textId="1CA11B9F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="633A8D27" w14:textId="6D0CF29E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MILLERS RAITIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40AB77E7" w14:textId="7B794FDF" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5845EE27" w14:textId="0A260402" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D23A0B4" w14:textId="77FA0808" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0DCE37F8" w14:textId="6F747BEB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.03.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD8CD51" w14:textId="4E131C02" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3B45EADA" w14:textId="62C2D33D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.03.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="044F8B29" w14:textId="3145F21E" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7A76905C" w14:textId="5BC9BBC0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E95C886" w14:textId="35F49AA0" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7A9A4ED3" w14:textId="1F5F8C48" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>78</w:t>
+              <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="633A8D27" w14:textId="6BAD6645" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0CCEF7EE" w14:textId="24C483AC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MINAKOVS ALEKSEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5845EE27" w14:textId="4E26515E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7B0A21ED" w14:textId="672EC883" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DCE37F8" w14:textId="2F0C586B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4EC47157" w14:textId="08CF4560" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B45EADA" w14:textId="07A8CF7A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="613CF457" w14:textId="12A52A0D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.09.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7A76905C" w14:textId="5BC9BBC0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="534FB7B1" w14:textId="1F244EF5" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9A4ED3" w14:textId="1F5F8C48" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="3F2EA9B4" w14:textId="65779904" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>79</w:t>
+              <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCEF7EE" w14:textId="76395827" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7C313DEC" w14:textId="21FC2318" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MONTIKS ANDRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0A21ED" w14:textId="722C1D2F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="08217748" w14:textId="654AF4B6" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC47157" w14:textId="2168982D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="06E9B20B" w14:textId="079AC89B" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.08.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613CF457" w14:textId="44A2B2D1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4E5FFBE7" w14:textId="580E97A8" w:rsidR="00CB6156" w:rsidRPr="0077431A" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22.08.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="534FB7B1" w14:textId="1F244EF5" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="62F30C20" w14:textId="6D1E78CE" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2EA9B4" w14:textId="65779904" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="318D02B3" w14:textId="738E0B07" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>80</w:t>
+              <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C313DEC" w14:textId="10F7D060" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="09AD4873" w14:textId="60DB1FBE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MORDAŅS SERGEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08217748" w14:textId="30B2C5CE" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="57C118D3" w14:textId="42DCEE75" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06E9B20B" w14:textId="555B4D6C" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="25E24792" w14:textId="30B4E3F5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.07.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5FFBE7" w14:textId="2AB5FD0E" w:rsidR="001474F4" w:rsidRPr="0077431A" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="74E07B9C" w14:textId="269A0599" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.07.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="62F30C20" w14:textId="6D1E78CE" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="502E504E" w14:textId="150CFD79" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="318D02B3" w14:textId="738E0B07" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="21251C97" w14:textId="4391CA2D" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>81</w:t>
+              <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09AD4873" w14:textId="0E019E43" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="27C69517" w14:textId="515D9590" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MUHA NATAĻJA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57C118D3" w14:textId="22B9CD3E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="08524ABB" w14:textId="7DD57F04" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25E24792" w14:textId="4D037E1E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5809A453" w14:textId="0276C4C0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26.05.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74E07B9C" w14:textId="1A0A2063" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="04F1ED6E" w14:textId="2166BCD0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26.05.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="502E504E" w14:textId="150CFD79" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="672C554A" w14:textId="66B63D80" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21251C97" w14:textId="4391CA2D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="1BCB94C8" w14:textId="175203D6" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>82</w:t>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27C69517" w14:textId="6F212A55" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6C178B54" w14:textId="0E3F917A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">NAZARENKO EDUARDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08524ABB" w14:textId="1189477D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5E490B14" w14:textId="7D6640D7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5809A453" w14:textId="5A8851DD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="333AD7F5" w14:textId="56D281AC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F1ED6E" w14:textId="3AB961C1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="737B95BC" w14:textId="64C59034" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21.05.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="672C554A" w14:textId="66B63D80" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4A72ECB7" w14:textId="2571C886" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCB94C8" w14:textId="175203D6" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2AD0EBCC" w14:textId="438A238A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>83</w:t>
+              <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C178B54" w14:textId="6661EF58" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2BF2CAE0" w14:textId="37BCB8D5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">NEIMANE LIENE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E490B14" w14:textId="74E7F41D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="1C5DBE15" w14:textId="0A3A0A3D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333AD7F5" w14:textId="018CF5EC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5351E2C6" w14:textId="6FA7767C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25.07.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="737B95BC" w14:textId="17C31C1A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0775BA26" w14:textId="06797952" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25.07.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4A72ECB7" w14:textId="2571C886" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="67F7983D" w14:textId="304C2BC7" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD0EBCC" w14:textId="438A238A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="35F00910" w14:textId="7315F8C0" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>84</w:t>
+              <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF2CAE0" w14:textId="5627F588" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="549889D2" w14:textId="5E0B901B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">NIKITINS ALEKSANDRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5DBE15" w14:textId="3319E238" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7AEC236A" w14:textId="7D300571" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5351E2C6" w14:textId="03085C58" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="50178973" w14:textId="364DCB45" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>02.03.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0775BA26" w14:textId="72CB5D91" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3200E901" w14:textId="617BDC6C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>02.03.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="67F7983D" w14:textId="304C2BC7" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="203A8F9B" w14:textId="22FF4155" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F00910" w14:textId="7315F8C0" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="209843F0" w14:textId="68A38A1B" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>85</w:t>
+              <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549889D2" w14:textId="56035831" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0C73179F" w14:textId="7CA435A5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">OBOĻĒVIČS JEVGĒNIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AEC236A" w14:textId="7ED171B5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="365DE28A" w14:textId="67C40A93" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50178973" w14:textId="440426D0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4AC88F50" w14:textId="66D6A675" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.07.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3200E901" w14:textId="6E51CF5A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0B2EDF56" w14:textId="53BCB669" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10.07.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="203A8F9B" w14:textId="22FF4155" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="224F44A5" w14:textId="3F3EE242" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209843F0" w14:textId="68A38A1B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...166 lines deleted...]
-          <w:p w14:paraId="01A3EAFB" w14:textId="188B332F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="01A3EAFB" w14:textId="188B332F" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="087A3F1B" w14:textId="1C72A68F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="087A3F1B" w14:textId="42AAF2FA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ODINCOVS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D3B0D2" w14:textId="09AEC72B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58334E9A" w14:textId="111B7B1D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="435B5817" w14:textId="664ECDBE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.08.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="156FD20F" w14:textId="72CC07F9" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5609430F" w14:textId="2B88D76D" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5E7D7A" w14:textId="33383A5C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">OZOLIŅA HELĒNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54D3B0D2" w14:textId="7FA2E8DC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="100081CC" w14:textId="7837D36D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58334E9A" w14:textId="27CC326A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7E8025BB" w14:textId="10B701E6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>23.12.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="435B5817" w14:textId="5FB6D4F6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="153460BC" w14:textId="57D08D6D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>23.12.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="156FD20F" w14:textId="72CC07F9" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4C7F1879" w14:textId="46F106F6" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5609430F" w14:textId="2B88D76D" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7DDA410B" w14:textId="78265EA7" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>88</w:t>
+              <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5E7D7A" w14:textId="756C7C76" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="38FE3AA8" w14:textId="0F23B796" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">OZOLIŅŠ KASPARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="100081CC" w14:textId="0414D403" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0C1D1C05" w14:textId="76CE6343" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8025BB" w14:textId="2E16271F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="53C8AF40" w14:textId="66C30B48" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.09.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="153460BC" w14:textId="22E7944C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="54F8165F" w14:textId="6394B26E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.09.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4C7F1879" w14:textId="46F106F6" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="20FC6D88" w14:textId="1BF42A44" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDA410B" w14:textId="78265EA7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="42DAAB41" w14:textId="4E21799B" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>89</w:t>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38FE3AA8" w14:textId="5DEFA3C4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="59E8B986" w14:textId="6846B900" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">PIČS INGŪNS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1D1C05" w14:textId="2930FEC1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="50222C82" w14:textId="5A8E07AB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2021-D0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53C8AF40" w14:textId="57A9EF1B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4A126778" w14:textId="15C8FF91" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F8165F" w14:textId="2D46B31B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="3F18442E" w14:textId="5B012C59" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.04.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="20FC6D88" w14:textId="1BF42A44" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="18A5E78F" w14:textId="49DB3F13" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42DAAB41" w14:textId="4E21799B" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0F02C590" w14:textId="00198FE0" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>90</w:t>
+              <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E8B986" w14:textId="4D6A7B6E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7861DFE7" w14:textId="7C342816" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">PIUSS ARNIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50222C82" w14:textId="0C51D38D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5DD7A2C4" w14:textId="570F47E5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A126778" w14:textId="3A2D794D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="348C312A" w14:textId="0045F5CF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F18442E" w14:textId="7D9357D6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="0146EAAF" w14:textId="16F3C2F8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>08.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="18A5E78F" w14:textId="49DB3F13" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="2235CF44" w14:textId="3031AB54" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F02C590" w14:textId="00198FE0" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2FB12454" w14:textId="64619466" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>91</w:t>
+              <w:t>92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7861DFE7" w14:textId="090E1404" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="39CB8584" w14:textId="77F2D431" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">PLAUDIS SANDRIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD7A2C4" w14:textId="189D96EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4FCDF6BA" w14:textId="208B637D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2022-D0023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="348C312A" w14:textId="70B377AE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2B7F1098" w14:textId="1E746785" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.08.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0146EAAF" w14:textId="300344E6" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="44AC5496" w14:textId="72B40C57" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18.08.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="2235CF44" w14:textId="3031AB54" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="363465DC" w14:textId="1805BE60" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB12454" w14:textId="64619466" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="055D3634" w14:textId="782EE6B8" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>92</w:t>
+              <w:t>93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39CB8584" w14:textId="7C2283E3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="63F51BD7" w14:textId="39C353E9" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">PLESKAČOVS IGORS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FCDF6BA" w14:textId="0876FA9C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="4D39F4BA" w14:textId="004A5A33" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2024-D0014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7F1098" w14:textId="5778D7FC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="436E5372" w14:textId="3F72FBEB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.05.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44AC5496" w14:textId="5202C9EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="7A840803" w14:textId="3937325A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>16.05.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="363465DC" w14:textId="1805BE60" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7D81B858" w14:textId="7CF5E32A" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="055D3634" w14:textId="782EE6B8" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="13346BB0" w14:textId="72E1DF93" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>93</w:t>
+              <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63F51BD7" w14:textId="532AA2A2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5D13EC58" w14:textId="1576F215" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">PLISS SERGEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D39F4BA" w14:textId="50092160" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="605EC8A7" w14:textId="15936F9A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="436E5372" w14:textId="09523406" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2F44A2F5" w14:textId="542D36AB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.04.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A840803" w14:textId="31A27CFB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="772C673E" w14:textId="65972226" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17.04.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7D81B858" w14:textId="7CF5E32A" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4FA023F6" w14:textId="37786104" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13346BB0" w14:textId="72E1DF93" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="748A0DDD" w14:textId="1243757C" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>94</w:t>
+              <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D13EC58" w14:textId="25AE14C4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6F42C7E6" w14:textId="0F31BA57" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">PODIŅŠ KASPARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="605EC8A7" w14:textId="41A188DE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="6FFBC30E" w14:textId="7205F873" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2023-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F44A2F5" w14:textId="6D0C84C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="2876DDB5" w14:textId="6A193C26" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.07.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="772C673E" w14:textId="144E1E0F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="732438B3" w14:textId="65257F0E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27.07.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4FA023F6" w14:textId="37786104" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="7D2DE7D6" w14:textId="1A77C306" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="748A0DDD" w14:textId="1243757C" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4D9074CD" w14:textId="25683DC2" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>95</w:t>
+              <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F42C7E6" w14:textId="225F7CF8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">POTAŅINS ROMĀNS </w:t>
+          <w:p w14:paraId="39DDAD8C" w14:textId="01C6639E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">POTAŅINS ALEKSEJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFBC30E" w14:textId="13E3EA9C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2021-D0003</w:t>
+          <w:p w14:paraId="08579BDF" w14:textId="6A882296" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2876DDB5" w14:textId="29AC2F40" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>29.01.2021</w:t>
+          <w:p w14:paraId="24035C7B" w14:textId="03A3C0EB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="732438B3" w14:textId="4D9D7627" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>29.01.2026</w:t>
+          <w:p w14:paraId="2FFFA371" w14:textId="3C2CA47A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.02.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="7D2DE7D6" w14:textId="1A77C306" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="184A2B4D" w14:textId="1D60CB85" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9074CD" w14:textId="25683DC2" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6523E903" w14:textId="0CAAD258" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>96</w:t>
+              <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39DDAD8C" w14:textId="444A00CC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">POTAŅINS ALEKSEJS </w:t>
+          <w:p w14:paraId="2DAF0410" w14:textId="32E846DE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PUMPURS VALDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08579BDF" w14:textId="2CCA9015" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2024-D0003</w:t>
+          <w:p w14:paraId="2E3BA9D6" w14:textId="17AEC380" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24035C7B" w14:textId="72064E44" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>01.02.2024</w:t>
+          <w:p w14:paraId="41EF5048" w14:textId="268EBD8C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.07.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFFA371" w14:textId="76F58255" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>01.02.2029</w:t>
+          <w:p w14:paraId="14E7B652" w14:textId="4D0A789A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="184A2B4D" w14:textId="1D60CB85" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="70764D08" w14:textId="7E047C89" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6523E903" w14:textId="0CAAD258" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="706BF5B2" w14:textId="7E700F99" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>97</w:t>
+              <w:t>98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DAF0410" w14:textId="660D6F9E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">PUMPURS VALDIS </w:t>
+          <w:p w14:paraId="78BDADDD" w14:textId="13F37B69" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PUTANS IMANTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3BA9D6" w14:textId="4395EBFE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2022-D0018</w:t>
+          <w:p w14:paraId="1FC3EF66" w14:textId="25C1967F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41EF5048" w14:textId="698B4584" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>14.07.2022</w:t>
+          <w:p w14:paraId="3AC3D620" w14:textId="0EB744DB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.06.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14E7B652" w14:textId="1EF6B56B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>14.07.2027</w:t>
+          <w:p w14:paraId="05FA5AB4" w14:textId="27D93A4F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.06.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="70764D08" w14:textId="7E047C89" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1882072B" w14:textId="69288AA7" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="706BF5B2" w14:textId="7E700F99" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="05761B1B" w14:textId="08BFA3E7" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>98</w:t>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78BDADDD" w14:textId="2C7FF49D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">PUTANS IMANTS </w:t>
+          <w:p w14:paraId="1EFA7D34" w14:textId="7ED21D91" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAGAINE OLGA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC3EF66" w14:textId="799A82E3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2022-D0015</w:t>
+          <w:p w14:paraId="0AA1F5AE" w14:textId="539EBDBE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0029</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC3D620" w14:textId="379C476F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>09.06.2022</w:t>
+          <w:p w14:paraId="025ADA20" w14:textId="0BE20216" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.10.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05FA5AB4" w14:textId="016D48AA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>09.06.2027</w:t>
+          <w:p w14:paraId="726E9CCB" w14:textId="7876B438" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>06.10.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1882072B" w14:textId="69288AA7" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="79BBA865" w14:textId="642E2013" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05761B1B" w14:textId="08BFA3E7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4F59CAEC" w14:textId="28DEDCF9" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>99</w:t>
+              <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EFA7D34" w14:textId="43D7FA4F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">RAGAINE OLGA </w:t>
+          <w:p w14:paraId="42CA9275" w14:textId="5DC54D3E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAKSTIŅŠ VITĀLIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA1F5AE" w14:textId="58896558" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2022-D0029</w:t>
+          <w:p w14:paraId="70615A5C" w14:textId="7CECCB51" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="025ADA20" w14:textId="2A01B4AB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>06.10.2022</w:t>
+          <w:p w14:paraId="61D45CAD" w14:textId="2340CFC0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.01.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726E9CCB" w14:textId="1E7CBEF1" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>06.10.2027</w:t>
+          <w:p w14:paraId="2AF4505C" w14:textId="086EACD4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23.01.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="79BBA865" w14:textId="642E2013" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="667CFAC2" w14:textId="09FF4582" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F59CAEC" w14:textId="28DEDCF9" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="2F3815C4" w14:textId="0E8A4DA4" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>100</w:t>
+              <w:t>101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42CA9275" w14:textId="4FAA8948" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">RAKSTIŅŠ VITĀLIJS </w:t>
+          <w:p w14:paraId="15A7C969" w14:textId="7531303E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REVENKO BORISS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70615A5C" w14:textId="32B5ED95" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2025-D0003</w:t>
+          <w:p w14:paraId="60E68660" w14:textId="18E8FDB6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D45CAD" w14:textId="0868324B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>23.01.2025</w:t>
+          <w:p w14:paraId="06BE0ACA" w14:textId="3D59E78A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.01.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF4505C" w14:textId="205E0D76" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>23.01.2030</w:t>
+          <w:p w14:paraId="43B088CD" w14:textId="3D146A5B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.01.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="667CFAC2" w14:textId="09FF4582" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4401CEC4" w14:textId="1F2AF759" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3815C4" w14:textId="0E8A4DA4" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="63ACDFF5" w14:textId="04788774" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>101</w:t>
+              <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15A7C969" w14:textId="5C616E2A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">REVENKO BORISS </w:t>
+          <w:p w14:paraId="7A18A107" w14:textId="7B14A9DD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAŅŅIKOVS MIHAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60E68660" w14:textId="533733C5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2024-D0002</w:t>
+          <w:p w14:paraId="1DE68062" w14:textId="5340FB00" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06BE0ACA" w14:textId="07C9E67C" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>25.01.2023</w:t>
+          <w:p w14:paraId="2ED7E660" w14:textId="7EEA15F3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.02.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43B088CD" w14:textId="679BD552" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>25.01.2028</w:t>
+          <w:p w14:paraId="2BADC240" w14:textId="7558FB24" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>19.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4401CEC4" w14:textId="1F2AF759" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1954F31C" w14:textId="5C079851" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63ACDFF5" w14:textId="04788774" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="146613EA" w14:textId="7CB908BF" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>102</w:t>
+              <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18A107" w14:textId="20CC2763" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ROŽKALNS RAIMONDS </w:t>
+          <w:p w14:paraId="2B16C243" w14:textId="62C5807D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIRMAIS MĀRTIŅŠ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE68062" w14:textId="6053A66B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2021-D0002</w:t>
+          <w:p w14:paraId="23275E68" w14:textId="71A79B9F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0030</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED7E660" w14:textId="04244BD7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>29.01.2021</w:t>
+          <w:p w14:paraId="385D7BFF" w14:textId="460A133B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.10.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BADC240" w14:textId="7F7E18F8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>29.01.2026</w:t>
+          <w:p w14:paraId="756AB2A9" w14:textId="0B908AA4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.10.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="1954F31C" w14:textId="5C079851" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5F4EE9E0" w14:textId="6C536657" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146613EA" w14:textId="7CB908BF" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="6AFF3A6F" w14:textId="2A6F3021" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>103</w:t>
+              <w:t>104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B16C243" w14:textId="530FCA8B" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SAŅŅIKOVS MIHAILS </w:t>
+          <w:p w14:paraId="5C71962E" w14:textId="4DDF2954" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SKUJIŅŠ ANDREJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23275E68" w14:textId="2390E632" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2021-D0006</w:t>
+          <w:p w14:paraId="0C9B453F" w14:textId="43235EA4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="385D7BFF" w14:textId="08DBC8A3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>19.02.2021</w:t>
+          <w:p w14:paraId="3BBC2FE5" w14:textId="3EF281BC" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="756AB2A9" w14:textId="72ACB8BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>19.02.2026</w:t>
+          <w:p w14:paraId="3D862BE6" w14:textId="7867E010" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>24.02.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="5F4EE9E0" w14:textId="6C536657" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="30DEE514" w14:textId="4585A772" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AFF3A6F" w14:textId="2A6F3021" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="716F0F9D" w14:textId="0FDB9F75" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>104</w:t>
+              <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C71962E" w14:textId="1FDA1E93" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SIRMAIS MĀRTIŅŠ </w:t>
+          <w:p w14:paraId="4CB6E0B0" w14:textId="05416744" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SLADZS UĢIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9B453F" w14:textId="6737BB84" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2022-D0030</w:t>
+          <w:p w14:paraId="1ED69416" w14:textId="440BACB0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0031</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBC2FE5" w14:textId="6021B235" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>20.10.2022</w:t>
+          <w:p w14:paraId="28FBC2CC" w14:textId="0EECC4EA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.11.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D862BE6" w14:textId="07BE93BE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>20.10.2027</w:t>
+          <w:p w14:paraId="5D6CC56E" w14:textId="2C4B0AD8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>03.11.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="30DEE514" w14:textId="4585A772" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="49603EDC" w14:textId="2F3BA7E3" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="716F0F9D" w14:textId="0FDB9F75" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="7206FB1E" w14:textId="46BD0E0F" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>105</w:t>
+              <w:t>106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB6E0B0" w14:textId="0DD3AC58" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SKUJIŅŠ ANDREJS </w:t>
+          <w:p w14:paraId="10DC9959" w14:textId="392356D3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SLAVINSKIS MĀRCIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED69416" w14:textId="3536967F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2022-D0004</w:t>
+          <w:p w14:paraId="79F3B116" w14:textId="55EBBF08" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28FBC2CC" w14:textId="0A386201" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>24.02.2022</w:t>
+          <w:p w14:paraId="14DD9D52" w14:textId="500C8972" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.02.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6CC56E" w14:textId="30146800" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>24.02.2027</w:t>
+          <w:p w14:paraId="14E8FDE0" w14:textId="0C01B7B4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.02.2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="49603EDC" w14:textId="2F3BA7E3" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="29210599" w14:textId="5EEA5292" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7206FB1E" w14:textId="46BD0E0F" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0C585883" w14:textId="5182297A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>106</w:t>
+              <w:t>107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10DC9959" w14:textId="0C8775A0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SLADZS UĢIS </w:t>
+          <w:p w14:paraId="34486438" w14:textId="1BC69C32" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOKOLOVS JURIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F3B116" w14:textId="19E6A537" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2022-D0031</w:t>
+          <w:p w14:paraId="58398EE3" w14:textId="38F12D56" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14DD9D52" w14:textId="405CE0F5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>03.11.2022</w:t>
+          <w:p w14:paraId="332B6C70" w14:textId="176517E2" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14E8FDE0" w14:textId="462EF6C3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>03.11.2027</w:t>
+          <w:p w14:paraId="23EBD397" w14:textId="1C51F233" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="29210599" w14:textId="5EEA5292" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="301D191D" w14:textId="4D54D832" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C585883" w14:textId="5182297A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="72E08BD5" w14:textId="405DFE0E" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>107</w:t>
+              <w:t>108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34486438" w14:textId="43B843CE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SLAVINSKIS MĀRCIS </w:t>
+          <w:p w14:paraId="2B614EA2" w14:textId="2D62DED7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPURE VILJAMS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58398EE3" w14:textId="12BD75ED" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2025-D0004</w:t>
+          <w:p w14:paraId="4F127830" w14:textId="0EC551BE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="332B6C70" w14:textId="0961CBD5" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>04.02.2025</w:t>
+          <w:p w14:paraId="1299B364" w14:textId="42DD96E0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.10.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23EBD397" w14:textId="07D56FD7" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>04.02.2030</w:t>
+          <w:p w14:paraId="2D83B0A9" w14:textId="49F1F9B3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.10.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="301D191D" w14:textId="4D54D832" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="15225A9D" w14:textId="349F8B64" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72E08BD5" w14:textId="405DFE0E" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="67593F94" w14:textId="631D5D13" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>108</w:t>
+              <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B614EA2" w14:textId="0F0E1705" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SOKOLOVS JURIS </w:t>
+          <w:p w14:paraId="65E90CFF" w14:textId="450BAC2E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STANKEVIČS GUNTARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F127830" w14:textId="22304D32" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2021-D0017</w:t>
+          <w:p w14:paraId="38A4729F" w14:textId="63051833" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1299B364" w14:textId="320E3295" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="17CE0B64" w14:textId="557E4401" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5697B5B2" w14:textId="6803AE48" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>05.02.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="103BA520" w14:textId="01AF8457" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FAF08E" w14:textId="05E7D710" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EB6846" w14:textId="6BD944E3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STRUPKA RAIVIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0C4CD3" w14:textId="7041EAC7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEC1D30" w14:textId="2BD8C057" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.02.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13286872" w14:textId="3557A0C0" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.02.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4A40EBFF" w14:textId="494A6B68" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3A6995" w14:textId="259A2268" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF1525E" w14:textId="0934B30D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŠARAFANOVIČA ALLA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F1C6CD" w14:textId="7DBEA2BD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44647A9E" w14:textId="15762752" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC0D890" w14:textId="70CF3599" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>30.11.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4DBEBE1A" w14:textId="4EFBAB6D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AA6DC1" w14:textId="4C8285FA" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20414FF8" w14:textId="45C5B37E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŠEFCERE ALEKSANDRA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A5A22E" w14:textId="5848335B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="614B8451" w14:textId="64E6FECD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29200DD0" w14:textId="0CC9E906" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.09.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="51574FB0" w14:textId="477798E7" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="298FC79C" w14:textId="4E7A19A7" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE96F30" w14:textId="4C83C456" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TĀLANTS JURĢIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155B2ACE" w14:textId="38FD49E5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6585D44F" w14:textId="6808B14D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D83B0A9" w14:textId="65B7598A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5A2ED2BC" w14:textId="3086D261" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="15225A9D" w14:textId="349F8B64" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="3228CABD" w14:textId="07C30EF0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67593F94" w14:textId="631D5D13" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="1D98E12A" w14:textId="3E0AE0B5" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>109</w:t>
+              <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E90CFF" w14:textId="2A95E4D9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SPURE VILJAMS </w:t>
+          <w:p w14:paraId="0D02D404" w14:textId="760FEFBB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TREPŠA NORBERTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38A4729F" w14:textId="45F2F40D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2021-D0022</w:t>
+          <w:p w14:paraId="408C4311" w14:textId="3F41B34C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17CE0B64" w14:textId="1489664D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>01.10.2021</w:t>
+          <w:p w14:paraId="5FF5C40E" w14:textId="56883F34" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5697B5B2" w14:textId="762647B3" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>01.10.2026</w:t>
+          <w:p w14:paraId="726F47F7" w14:textId="43ED8A81" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>21.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="103BA520" w14:textId="01AF8457" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="0BF8A7D9" w14:textId="47DBE254" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61FAF08E" w14:textId="05E7D710" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="61F67FD0" w14:textId="106782A3" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>110</w:t>
+              <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72EB6846" w14:textId="53791DFD" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">STANKEVIČS GUNTARS </w:t>
+          <w:p w14:paraId="48922F85" w14:textId="5C6CC6A1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TROFIMOVS PĀVELS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0C4CD3" w14:textId="359992EB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2025-D0005</w:t>
+          <w:p w14:paraId="2B35DCCE" w14:textId="0AE73DD3" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EEC1D30" w14:textId="5FA602A2" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>05.02.2025</w:t>
+          <w:p w14:paraId="4C649C5C" w14:textId="643B7BA7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.01.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13286872" w14:textId="7EBFE2B4" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>05.02.2030</w:t>
+          <w:p w14:paraId="4ACF40E0" w14:textId="590391C1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.01.2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4A40EBFF" w14:textId="494A6B68" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="072B697C" w14:textId="16C32BE0" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3A6995" w14:textId="259A2268" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="5D4BD478" w14:textId="475BD451" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>111</w:t>
+              <w:t>116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF1525E" w14:textId="688065D9" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">STRUPKA RAIVIS </w:t>
+          <w:p w14:paraId="4122F8FA" w14:textId="540CE554" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TURAMURINS VLADIMIRS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46F1C6CD" w14:textId="22691C23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2024-D0005</w:t>
+          <w:p w14:paraId="75B6728C" w14:textId="78FB7C04" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44647A9E" w14:textId="35693139" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>15.02.2024</w:t>
+          <w:p w14:paraId="73555BFE" w14:textId="62D19CAA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC0D890" w14:textId="1F922EA0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>15.02.2029</w:t>
+          <w:p w14:paraId="2CB71849" w14:textId="1E73FF4D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="4DBEBE1A" w14:textId="4EFBAB6D" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="23E32FE6" w14:textId="21AEBC15" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37AA6DC1" w14:textId="4C8285FA" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="277A8008" w14:textId="636CCC9A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>112</w:t>
+              <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20414FF8" w14:textId="20D0281A" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ŠARAFANOVIČA ALLA </w:t>
+          <w:p w14:paraId="218E7F69" w14:textId="0DC6B55D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UKRAINCEVS ANATOLIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04A5A22E" w14:textId="46137E93" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2023-D0021</w:t>
+          <w:p w14:paraId="72BAA413" w14:textId="6315E2C5" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="614B8451" w14:textId="74EBAE0F" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>30.11.2023</w:t>
+          <w:p w14:paraId="7D35714C" w14:textId="59A98970" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29200DD0" w14:textId="10815B6E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>30.11.2028</w:t>
+          <w:p w14:paraId="06486F51" w14:textId="580A80C7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="51574FB0" w14:textId="477798E7" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="0E8CDC2A" w14:textId="15428830" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="298FC79C" w14:textId="4E7A19A7" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="5DB14A3E" w14:textId="644B680E" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>113</w:t>
+              <w:t>118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE96F30" w14:textId="6C9F20FE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ŠEFCERE ALEKSANDRA </w:t>
+          <w:p w14:paraId="757A157F" w14:textId="1B286F34" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VALAINIS OSKARS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="155B2ACE" w14:textId="4D9D46AE" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2025-D0018</w:t>
+          <w:p w14:paraId="67979555" w14:textId="25FB2C22" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6585D44F" w14:textId="25AD5223" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>18.09.2025</w:t>
+          <w:p w14:paraId="3D48C2CF" w14:textId="2FD8E606" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.09.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2ED2BC" w14:textId="0534C2CA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>18.09.2030</w:t>
+          <w:p w14:paraId="2B664C60" w14:textId="2EFD4D92" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.09.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="3228CABD" w14:textId="07C30EF0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1079492C" w14:textId="0F7E3C87" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D98E12A" w14:textId="3E0AE0B5" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="4CE6F034" w14:textId="418F5715" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>114</w:t>
+              <w:t>119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D02D404" w14:textId="2FC1AF47" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">TĀLANTS JURĢIS </w:t>
+          <w:p w14:paraId="5299D687" w14:textId="793EDD20" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VAMBUTS RAIMONDS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="408C4311" w14:textId="54216A17" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2021-D0016</w:t>
+          <w:p w14:paraId="72C7D880" w14:textId="4695A844" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF5C40E" w14:textId="20EFE2BA" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="77C99012" w14:textId="76650474" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA90033" w14:textId="1C68C87C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>17.12.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="31A8B1A2" w14:textId="4AF37521" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F8C9A5" w14:textId="41F7BECB" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5C7C4F" w14:textId="7BB62083" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VANAGS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D19B378" w14:textId="7ADFF7B6" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E06FB74" w14:textId="7D2F09EF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.02.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE96A88" w14:textId="109D09BE" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.02.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1F3B5B76" w14:textId="6B863303" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB35F9B" w14:textId="384DC83F" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F67894A" w14:textId="150A4697" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VASIĻJEVS SERGEJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="120A9668" w14:textId="738B717F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B38C1F0" w14:textId="478E0D2C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B74E9D6" w14:textId="2F9C2A86" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27.07.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1713C908" w14:textId="1E3E817D" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4330717E" w14:textId="2649C681" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="347ECE62" w14:textId="4642D237" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VĒBERIS ARMANDS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC056BF" w14:textId="151832D8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CCD2BA" w14:textId="5C634BFA" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBCEE6F" w14:textId="6866A8E8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22.08.2029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="75D9B98C" w14:textId="06B7B680" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D13EDED" w14:textId="0EEAD3D2" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="309B9BE1" w14:textId="0C876D23" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIDRIĶIS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB7C71A" w14:textId="456ACC7C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="115E0B69" w14:textId="2D3382B8" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE88240" w14:textId="2C2AA63C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>14.04.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="115022AD" w14:textId="57790B46" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB02A11" w14:textId="1869E5F3" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4AB1E8" w14:textId="4272936F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VĪTOLS MIERVALDIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4597E20E" w14:textId="7B381A05" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC80594" w14:textId="324B23EF" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8AFE72" w14:textId="07AE53E1" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>04.09.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="4297E570" w14:textId="2E6CD99C" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4EF05C" w14:textId="0A56BD4E" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5167C506" w14:textId="408EDA3F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZAMAZLOVA-KAZIKOVA LIENE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14FE5B96" w14:textId="45D4A03A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023-D0009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0C4C40" w14:textId="0913A179" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD62D62" w14:textId="51264E9C" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>18.05.2028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="0096FB77" w14:textId="69009C7F" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5849D58C" w14:textId="5D92FEC5" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2392503A" w14:textId="43578352" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZAUERS JĀNIS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1C77EB" w14:textId="45A2A497" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2025-D0008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42314AB6" w14:textId="0B91209B" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.06.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="780C07DF" w14:textId="599C956D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26.06.2030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="09DF805D" w14:textId="235175D8" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B39A4AD" w14:textId="2EDEDA8A" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6F4D47" w14:textId="0F55B1DD" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZEĻENKOVS ANDREJS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F4663A" w14:textId="671D5C80" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0033</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="380272D9" w14:textId="6C727589" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.12.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FCB603" w14:textId="7E13FD34" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29.12.2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="605A85A9" w14:textId="4E4DD432" w:rsidTr="00A70C8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4C1925" w14:textId="435A029F" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286D8479" w14:textId="6595334A" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZEĻIKA OLGA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7FDC3E" w14:textId="5FE5BE95" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2021-D0018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2030F88A" w14:textId="0BCD3C5D" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726F47F7" w14:textId="2DD9C267" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="11BB7A96" w14:textId="5B917448" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.08.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="0BF8A7D9" w14:textId="47DBE254" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="42A6F313" w14:textId="14A9AA21" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F67FD0" w14:textId="106782A3" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0BC694F1" w14:textId="43786050" w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225E69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>115</w:t>
+              <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48922F85" w14:textId="346E0C23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">TREPŠA NORBERTS </w:t>
+          <w:p w14:paraId="5C4C8E48" w14:textId="27DD8D14" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZIEMANIS MĀRTIŅŠ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B35DCCE" w14:textId="1603B22D" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2022-D0019</w:t>
+          <w:p w14:paraId="7FFB4ADA" w14:textId="7626C658" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C649C5C" w14:textId="26D72A23" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>21.07.2022</w:t>
+          <w:p w14:paraId="66738035" w14:textId="48941627" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.07.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACF40E0" w14:textId="277846A0" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>21.07.2027</w:t>
+          <w:p w14:paraId="780A6A8F" w14:textId="7422BD7E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>07.07.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="072B697C" w14:textId="16C32BE0" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="5C9F9932" w14:textId="77777777" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4BD478" w14:textId="475BD451" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="336D043F" w14:textId="78723D4F" w:rsidR="00CB6156" w:rsidRPr="00225E69" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...8 lines deleted...]
-              <w:t>116</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4122F8FA" w14:textId="7CD47048" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">TROFIMOVS PĀVELS </w:t>
+          <w:p w14:paraId="7848B3B5" w14:textId="797A0105" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZUJS JEVGENIJS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B6728C" w14:textId="4C3A2DA8" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2024-D0001</w:t>
+          <w:p w14:paraId="18232A41" w14:textId="73CC771E" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2024-D0011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73555BFE" w14:textId="6EF67572" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>18.01.2023</w:t>
+          <w:p w14:paraId="1818D110" w14:textId="0602ACEB" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB71849" w14:textId="00049A71" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>18.01.2028</w:t>
+          <w:p w14:paraId="0B19174D" w14:textId="2FB05FF4" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25.04.2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w14:paraId="23E32FE6" w14:textId="21AEBC15" w:rsidTr="00A70C8F">
+      <w:tr w:rsidR="00CB6156" w:rsidRPr="00AD0FF0" w14:paraId="1901F5FB" w14:textId="77777777" w:rsidTr="00A70C8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="277A8008" w14:textId="636CCC9A" w:rsidR="001474F4" w:rsidRPr="00AD0FF0" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...2336 lines deleted...]
-          <w:p w14:paraId="0D213B9D" w14:textId="6063A545" w:rsidR="001474F4" w:rsidRPr="00225E69" w:rsidRDefault="001474F4" w:rsidP="001474F4">
+          <w:p w14:paraId="0D213B9D" w14:textId="6063A545" w:rsidR="00CB6156" w:rsidRPr="00225E69" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF8AB9C" w14:textId="05B00DAC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ZUJS JEVGENIJS </w:t>
+          <w:p w14:paraId="4EF8AB9C" w14:textId="588604F7" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŽEBRAKOVA REGĪNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2149" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34DC54A4" w14:textId="441601DC" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>2024-D0011</w:t>
+          <w:p w14:paraId="34DC54A4" w14:textId="1C5DF068" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2022-D0012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03A7F0AC" w14:textId="1B522ACB" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...16 lines deleted...]
-              <w:t>25.04.2024</w:t>
+          <w:p w14:paraId="03A7F0AC" w14:textId="5ADC744F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28.04.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC8A8D6" w14:textId="3A40675E" w:rsidR="001474F4" w:rsidRPr="0068282C" w:rsidRDefault="001474F4" w:rsidP="001474F4">
-[...175 lines deleted...]
-            <w:r w:rsidRPr="001F0209">
+          <w:p w14:paraId="5CC8A8D6" w14:textId="5666F32F" w:rsidR="00CB6156" w:rsidRPr="0068282C" w:rsidRDefault="00CB6156" w:rsidP="00CB6156">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3626B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28.04.2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7873D1D9" w14:textId="77777777" w:rsidR="003F368A" w:rsidRPr="00AD0FF0" w:rsidRDefault="003F368A" w:rsidP="00AD0FF0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F368A" w:rsidRPr="00AD0FF0" w:rsidSect="00C8631A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
@@ -22511,58 +22345,60 @@
     <w:rsid w:val="004D5DFF"/>
     <w:rsid w:val="00540DC7"/>
     <w:rsid w:val="0057458B"/>
     <w:rsid w:val="005B779A"/>
     <w:rsid w:val="005F0C3D"/>
     <w:rsid w:val="00606275"/>
     <w:rsid w:val="00631974"/>
     <w:rsid w:val="00637763"/>
     <w:rsid w:val="006724DB"/>
     <w:rsid w:val="0077431A"/>
     <w:rsid w:val="007B6540"/>
     <w:rsid w:val="007C722D"/>
     <w:rsid w:val="007C78CA"/>
     <w:rsid w:val="007F2DD5"/>
     <w:rsid w:val="007F665A"/>
     <w:rsid w:val="00816206"/>
     <w:rsid w:val="008B2FEF"/>
     <w:rsid w:val="00912812"/>
     <w:rsid w:val="00A432A6"/>
     <w:rsid w:val="00A70C8F"/>
     <w:rsid w:val="00AB4740"/>
     <w:rsid w:val="00AD0FF0"/>
     <w:rsid w:val="00AD7E4C"/>
     <w:rsid w:val="00B0534F"/>
     <w:rsid w:val="00B347EC"/>
+    <w:rsid w:val="00B70D62"/>
     <w:rsid w:val="00BB2FD7"/>
     <w:rsid w:val="00BD0E68"/>
     <w:rsid w:val="00BF4B80"/>
     <w:rsid w:val="00C4015C"/>
     <w:rsid w:val="00C61CAB"/>
     <w:rsid w:val="00C8631A"/>
     <w:rsid w:val="00CA4F5D"/>
     <w:rsid w:val="00CB361C"/>
+    <w:rsid w:val="00CB6156"/>
     <w:rsid w:val="00CF48C4"/>
     <w:rsid w:val="00D13D3D"/>
     <w:rsid w:val="00D14226"/>
     <w:rsid w:val="00D43FD8"/>
     <w:rsid w:val="00D6418A"/>
     <w:rsid w:val="00D74198"/>
     <w:rsid w:val="00D84A45"/>
     <w:rsid w:val="00DA1091"/>
     <w:rsid w:val="00DE2A66"/>
     <w:rsid w:val="00DF0259"/>
     <w:rsid w:val="00E022BB"/>
     <w:rsid w:val="00E144B4"/>
     <w:rsid w:val="00E4780C"/>
     <w:rsid w:val="00EB68C7"/>
     <w:rsid w:val="00F745C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -24929,70 +24765,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4608</Words>
-  <Characters>2627</Characters>
+  <Words>4571</Words>
+  <Characters>2606</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7221</CharactersWithSpaces>
+  <CharactersWithSpaces>7163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Strazdiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>