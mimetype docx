--- v0 (2025-10-13)
+++ v1 (2026-01-01)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7AAF5559" w14:textId="26F79690" w:rsidR="00EC4870" w:rsidRPr="00262F81" w:rsidRDefault="00EC4870" w:rsidP="00EC4870">
+    <w:p w14:paraId="7AAF5559" w14:textId="27B712AF" w:rsidR="00EC4870" w:rsidRPr="00262F81" w:rsidRDefault="00EC4870" w:rsidP="00EC4870">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Detektīvsabiedrīb</w:t>
       </w:r>
       <w:r w:rsidR="00843F69">
         <w:rPr>
@@ -230,73 +230,95 @@
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00262F81" w:rsidRPr="00262F81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(dati uz </w:t>
       </w:r>
       <w:r w:rsidR="003C00DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>07</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65593">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00107CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003C00DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005464F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00411FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00A22171">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00262F81" w:rsidRPr="00262F81">
         <w:rPr>
@@ -1858,140 +1880,142 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC4870"/>
     <w:rsid w:val="000462DB"/>
     <w:rsid w:val="000761E7"/>
     <w:rsid w:val="0008124D"/>
     <w:rsid w:val="000B68EA"/>
     <w:rsid w:val="000C1F4F"/>
     <w:rsid w:val="00107CE4"/>
     <w:rsid w:val="001701EB"/>
     <w:rsid w:val="00186B08"/>
     <w:rsid w:val="001D3601"/>
     <w:rsid w:val="001E7C22"/>
     <w:rsid w:val="001F6685"/>
     <w:rsid w:val="00253D1C"/>
     <w:rsid w:val="00262F81"/>
     <w:rsid w:val="0026378F"/>
     <w:rsid w:val="00263926"/>
     <w:rsid w:val="00285631"/>
     <w:rsid w:val="002C57A7"/>
     <w:rsid w:val="00346D1D"/>
     <w:rsid w:val="00352643"/>
     <w:rsid w:val="003A4EEF"/>
     <w:rsid w:val="003C00DB"/>
     <w:rsid w:val="003F79D5"/>
     <w:rsid w:val="00411FBC"/>
     <w:rsid w:val="004940B2"/>
     <w:rsid w:val="004B708C"/>
     <w:rsid w:val="004D4E30"/>
     <w:rsid w:val="005007BC"/>
     <w:rsid w:val="00503CB0"/>
     <w:rsid w:val="00523834"/>
     <w:rsid w:val="00536399"/>
     <w:rsid w:val="00541CB2"/>
+    <w:rsid w:val="005464F3"/>
     <w:rsid w:val="00567347"/>
     <w:rsid w:val="00590AD6"/>
     <w:rsid w:val="005B5AB0"/>
     <w:rsid w:val="005C519D"/>
     <w:rsid w:val="005F5FC6"/>
     <w:rsid w:val="00682C9E"/>
     <w:rsid w:val="006A30A8"/>
     <w:rsid w:val="0077245C"/>
     <w:rsid w:val="007E2E64"/>
     <w:rsid w:val="00843F69"/>
     <w:rsid w:val="00863E36"/>
     <w:rsid w:val="008A081A"/>
     <w:rsid w:val="00904CB0"/>
     <w:rsid w:val="009779E2"/>
     <w:rsid w:val="009B71FA"/>
     <w:rsid w:val="009D4788"/>
     <w:rsid w:val="009F2852"/>
     <w:rsid w:val="00A22171"/>
     <w:rsid w:val="00A2731A"/>
     <w:rsid w:val="00A4771C"/>
     <w:rsid w:val="00A53E49"/>
     <w:rsid w:val="00BB1254"/>
     <w:rsid w:val="00BE1B1C"/>
     <w:rsid w:val="00C13180"/>
     <w:rsid w:val="00CB5BDE"/>
     <w:rsid w:val="00CD5646"/>
     <w:rsid w:val="00D434C4"/>
     <w:rsid w:val="00D63F33"/>
     <w:rsid w:val="00E05777"/>
     <w:rsid w:val="00E23606"/>
     <w:rsid w:val="00E3181F"/>
     <w:rsid w:val="00E709CD"/>
     <w:rsid w:val="00E76BD6"/>
     <w:rsid w:val="00EC3601"/>
     <w:rsid w:val="00EC4870"/>
     <w:rsid w:val="00EF2A35"/>
     <w:rsid w:val="00F148CA"/>
     <w:rsid w:val="00F37B9C"/>
     <w:rsid w:val="00F52C75"/>
+    <w:rsid w:val="00F65593"/>
     <w:rsid w:val="00F80C43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>