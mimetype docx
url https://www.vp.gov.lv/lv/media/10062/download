--- v1 (2026-01-01)
+++ v2 (2026-01-27)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7AAF5559" w14:textId="27B712AF" w:rsidR="00EC4870" w:rsidRPr="00262F81" w:rsidRDefault="00EC4870" w:rsidP="00EC4870">
+    <w:p w14:paraId="7AAF5559" w14:textId="6B70242E" w:rsidR="00EC4870" w:rsidRPr="00262F81" w:rsidRDefault="00EC4870" w:rsidP="00EC4870">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Detektīvsabiedrīb</w:t>
       </w:r>
       <w:r w:rsidR="00843F69">
         <w:rPr>
@@ -67,280 +67,225 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00843F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>kam</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00843F69">
+      <w:r w:rsidR="00CB4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006A30A8">
+        <w:t>2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="00843F69" w:rsidRPr="00EC4870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00843F69" w:rsidRPr="00EC4870">
+        <w:t xml:space="preserve">gadā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A22171">
+        <w:t>anul</w:t>
+      </w:r>
+      <w:r w:rsidR="00352643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un 2025.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00843F69" w:rsidRPr="00EC4870">
+        <w:t xml:space="preserve">ēta </w:t>
+      </w:r>
+      <w:r w:rsidR="00843F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">gadā </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EC4870">
+        <w:t>speciālā atļauja (</w:t>
+      </w:r>
+      <w:r w:rsidR="00352643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>anul</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00352643">
+        <w:t>licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00843F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ēta </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00843F69">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00352643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>speciālā atļauja (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00352643">
+        <w:t xml:space="preserve"> detektīvdarbība</w:t>
+      </w:r>
+      <w:r w:rsidR="00843F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>licence</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00843F69">
+        <w:t>s veikšanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00352643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00262F81" w:rsidRPr="00262F81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(dati uz </w:t>
       </w:r>
-      <w:r w:rsidR="003C00DB">
+      <w:r w:rsidR="00CB4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F65593">
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00107CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00107CE4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003C00DB">
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="00411FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005464F3">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...21 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00262F81" w:rsidRPr="00262F81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14949" w:type="dxa"/>
         <w:tblInd w:w="-498" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
@@ -660,1278 +605,267 @@
               </w:rPr>
               <w:t>Anulēta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00904CB0" w:rsidRPr="00EC4870" w14:paraId="48611BF8" w14:textId="77777777" w:rsidTr="00F80C43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FFF2801" w14:textId="77777777" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="009779E2" w:rsidP="00904CB0">
+          <w:p w14:paraId="5FFF2801" w14:textId="16DE04F4" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="00904CB0" w:rsidP="00904CB0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80C43">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AAEA293" w14:textId="77777777" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="009779E2" w:rsidP="00904CB0">
+          <w:p w14:paraId="5AAEA293" w14:textId="15346A48" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="00904CB0" w:rsidP="00904CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80C43">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="789FD709" w14:textId="77777777" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="009779E2" w:rsidP="00904CB0">
+          <w:p w14:paraId="789FD709" w14:textId="0B7B5339" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="00904CB0" w:rsidP="00904CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80C43">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27097B38" w14:textId="77777777" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="009779E2" w:rsidP="00904CB0">
+          <w:p w14:paraId="27097B38" w14:textId="69C37C10" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="00904CB0" w:rsidP="00904CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80C43">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31C8CC11" w14:textId="77777777" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="009779E2" w:rsidP="00904CB0">
+          <w:p w14:paraId="31C8CC11" w14:textId="66551996" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="00904CB0" w:rsidP="00904CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80C43">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F496EE8" w14:textId="77777777" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="009779E2" w:rsidP="00904CB0">
+          <w:p w14:paraId="7F496EE8" w14:textId="2EDCC3ED" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="00904CB0" w:rsidP="00904CB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80C43">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F30A61A" w14:textId="77777777" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="009779E2" w:rsidP="00904CB0">
+          <w:p w14:paraId="3F30A61A" w14:textId="28751614" w:rsidR="00904CB0" w:rsidRPr="00F80C43" w:rsidRDefault="00904CB0" w:rsidP="00904CB0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F80C43">
-[...971 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D7DDE25" w14:textId="77777777" w:rsidR="00BB1254" w:rsidRDefault="00BB1254"/>
     <w:p w14:paraId="10C02822" w14:textId="77777777" w:rsidR="0008124D" w:rsidRDefault="0008124D"/>
     <w:sectPr w:rsidR="0008124D" w:rsidSect="00EC4870">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC4870"/>
     <w:rsid w:val="000462DB"/>
     <w:rsid w:val="000761E7"/>
     <w:rsid w:val="0008124D"/>
     <w:rsid w:val="000B68EA"/>
     <w:rsid w:val="000C1F4F"/>
     <w:rsid w:val="00107CE4"/>
     <w:rsid w:val="001701EB"/>
     <w:rsid w:val="00186B08"/>
     <w:rsid w:val="001D3601"/>
     <w:rsid w:val="001E7C22"/>
     <w:rsid w:val="001F6685"/>
     <w:rsid w:val="00253D1C"/>
     <w:rsid w:val="00262F81"/>
@@ -1956,50 +890,51 @@
     <w:rsid w:val="005464F3"/>
     <w:rsid w:val="00567347"/>
     <w:rsid w:val="00590AD6"/>
     <w:rsid w:val="005B5AB0"/>
     <w:rsid w:val="005C519D"/>
     <w:rsid w:val="005F5FC6"/>
     <w:rsid w:val="00682C9E"/>
     <w:rsid w:val="006A30A8"/>
     <w:rsid w:val="0077245C"/>
     <w:rsid w:val="007E2E64"/>
     <w:rsid w:val="00843F69"/>
     <w:rsid w:val="00863E36"/>
     <w:rsid w:val="008A081A"/>
     <w:rsid w:val="00904CB0"/>
     <w:rsid w:val="009779E2"/>
     <w:rsid w:val="009B71FA"/>
     <w:rsid w:val="009D4788"/>
     <w:rsid w:val="009F2852"/>
     <w:rsid w:val="00A22171"/>
     <w:rsid w:val="00A2731A"/>
     <w:rsid w:val="00A4771C"/>
     <w:rsid w:val="00A53E49"/>
     <w:rsid w:val="00BB1254"/>
     <w:rsid w:val="00BE1B1C"/>
     <w:rsid w:val="00C13180"/>
+    <w:rsid w:val="00CB4CE3"/>
     <w:rsid w:val="00CB5BDE"/>
     <w:rsid w:val="00CD5646"/>
     <w:rsid w:val="00D434C4"/>
     <w:rsid w:val="00D63F33"/>
     <w:rsid w:val="00E05777"/>
     <w:rsid w:val="00E23606"/>
     <w:rsid w:val="00E3181F"/>
     <w:rsid w:val="00E709CD"/>
     <w:rsid w:val="00E76BD6"/>
     <w:rsid w:val="00EC3601"/>
     <w:rsid w:val="00EC4870"/>
     <w:rsid w:val="00EF2A35"/>
     <w:rsid w:val="00F148CA"/>
     <w:rsid w:val="00F37B9C"/>
     <w:rsid w:val="00F52C75"/>
     <w:rsid w:val="00F65593"/>
     <w:rsid w:val="00F80C43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -2725,69 +1660,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>457</Words>
-  <Characters>262</Characters>
+  <Words>128</Words>
+  <Characters>73</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>718</CharactersWithSpaces>
+  <CharactersWithSpaces>200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Strazdiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>