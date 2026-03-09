--- v2 (2026-01-27)
+++ v3 (2026-03-09)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7AAF5559" w14:textId="6B70242E" w:rsidR="00EC4870" w:rsidRPr="00262F81" w:rsidRDefault="00EC4870" w:rsidP="00EC4870">
+    <w:p w14:paraId="7AAF5559" w14:textId="721C0716" w:rsidR="00EC4870" w:rsidRPr="00262F81" w:rsidRDefault="00EC4870" w:rsidP="00EC4870">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4870">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Detektīvsabiedrīb</w:t>
       </w:r>
       <w:r w:rsidR="00843F69">
         <w:rPr>
@@ -188,60 +188,60 @@
         </w:rPr>
         <w:t>s veikšanai</w:t>
       </w:r>
       <w:r w:rsidR="00352643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00262F81" w:rsidRPr="00262F81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(dati uz </w:t>
       </w:r>
-      <w:r w:rsidR="00CB4CE3">
+      <w:r w:rsidR="005C583F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00107CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CB4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="00411FBC">
         <w:rPr>
@@ -870,50 +870,51 @@
     <w:rsid w:val="00253D1C"/>
     <w:rsid w:val="00262F81"/>
     <w:rsid w:val="0026378F"/>
     <w:rsid w:val="00263926"/>
     <w:rsid w:val="00285631"/>
     <w:rsid w:val="002C57A7"/>
     <w:rsid w:val="00346D1D"/>
     <w:rsid w:val="00352643"/>
     <w:rsid w:val="003A4EEF"/>
     <w:rsid w:val="003C00DB"/>
     <w:rsid w:val="003F79D5"/>
     <w:rsid w:val="00411FBC"/>
     <w:rsid w:val="004940B2"/>
     <w:rsid w:val="004B708C"/>
     <w:rsid w:val="004D4E30"/>
     <w:rsid w:val="005007BC"/>
     <w:rsid w:val="00503CB0"/>
     <w:rsid w:val="00523834"/>
     <w:rsid w:val="00536399"/>
     <w:rsid w:val="00541CB2"/>
     <w:rsid w:val="005464F3"/>
     <w:rsid w:val="00567347"/>
     <w:rsid w:val="00590AD6"/>
     <w:rsid w:val="005B5AB0"/>
     <w:rsid w:val="005C519D"/>
+    <w:rsid w:val="005C583F"/>
     <w:rsid w:val="005F5FC6"/>
     <w:rsid w:val="00682C9E"/>
     <w:rsid w:val="006A30A8"/>
     <w:rsid w:val="0077245C"/>
     <w:rsid w:val="007E2E64"/>
     <w:rsid w:val="00843F69"/>
     <w:rsid w:val="00863E36"/>
     <w:rsid w:val="008A081A"/>
     <w:rsid w:val="00904CB0"/>
     <w:rsid w:val="009779E2"/>
     <w:rsid w:val="009B71FA"/>
     <w:rsid w:val="009D4788"/>
     <w:rsid w:val="009F2852"/>
     <w:rsid w:val="00A22171"/>
     <w:rsid w:val="00A2731A"/>
     <w:rsid w:val="00A4771C"/>
     <w:rsid w:val="00A53E49"/>
     <w:rsid w:val="00BB1254"/>
     <w:rsid w:val="00BE1B1C"/>
     <w:rsid w:val="00C13180"/>
     <w:rsid w:val="00CB4CE3"/>
     <w:rsid w:val="00CB5BDE"/>
     <w:rsid w:val="00CD5646"/>
     <w:rsid w:val="00D434C4"/>
     <w:rsid w:val="00D63F33"/>