--- v0 (2025-10-13)
+++ v1 (2026-01-01)
@@ -1,152 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2DCFD1C5" w14:textId="165EFEFA" w:rsidR="00921C00" w:rsidRPr="00BE6316" w:rsidRDefault="00921C00" w:rsidP="00921C00">
+    <w:p w14:paraId="2DCFD1C5" w14:textId="5740D9B3" w:rsidR="00921C00" w:rsidRPr="00BE6316" w:rsidRDefault="00921C00" w:rsidP="00921C00">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Licencētās </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Licencētās detektīvsabiedrības </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(dati uz </w:t>
       </w:r>
       <w:r w:rsidR="009A6447" w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>07</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00854835" w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009A6447" w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0909">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00854835" w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -159,75 +159,75 @@
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13161" w:type="dxa"/>
+        <w:tblW w:w="13291" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="622"/>
         <w:gridCol w:w="4590"/>
         <w:gridCol w:w="1608"/>
         <w:gridCol w:w="3948"/>
-        <w:gridCol w:w="1576"/>
-        <w:gridCol w:w="817"/>
+        <w:gridCol w:w="1125"/>
+        <w:gridCol w:w="1398"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F423FC" w:rsidRPr="00BE6316" w14:paraId="1D9A4DE8" w14:textId="77777777" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00F423FC" w:rsidRPr="00BE6316" w14:paraId="1D9A4DE8" w14:textId="77777777" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18AF34E1" w14:textId="77777777" w:rsidR="00F423FC" w:rsidRPr="00BE6316" w:rsidRDefault="00F423FC" w:rsidP="00F423FC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -263,8625 +263,8977 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A1A70DC" w14:textId="77777777" w:rsidR="00F423FC" w:rsidRPr="00BE6316" w:rsidRDefault="00F423FC" w:rsidP="00F423FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Reģ</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BE6316">
+              <w:t>Reģ. nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="136899F7" w14:textId="77777777" w:rsidR="00F423FC" w:rsidRPr="00BE6316" w:rsidRDefault="00F423FC" w:rsidP="00F423FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>. nr.</w:t>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00BE6316">
+              <w:t>Juridiskā adrese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE75DBE" w14:textId="77777777" w:rsidR="00F423FC" w:rsidRPr="00BE6316" w:rsidRDefault="00F423FC" w:rsidP="00F423FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Juridiskā adrese</w:t>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00BE6316">
+              <w:t>Tālrunis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0400A9" w14:textId="77777777" w:rsidR="00F423FC" w:rsidRPr="00BE6316" w:rsidRDefault="00F423FC" w:rsidP="00F423FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Tālrunis</w:t>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Lic.Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD0909" w:rsidRPr="00BE6316" w14:paraId="6AC4C63D" w14:textId="11597ADD" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43AB7028" w14:textId="45C9D967" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Lic.Nr</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FA952F" w14:textId="68754549" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>AB INTELLIGENCE SERVICES SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023A0013" w14:textId="75EFF308" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103599330</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06217DC5" w14:textId="114B813B" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Latgales iela 162 - 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE2B021" w14:textId="18A969B6" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29131727</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8BD05A" w14:textId="36492437" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1638</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD0909" w:rsidRPr="00BE6316" w14:paraId="7DBD7EB1" w14:textId="542513C7" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F5FF2F" w14:textId="649DA0B6" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D4B6CA5" w14:textId="75DED0AC" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ALPHA SECURITY BALTIC SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21939CC2" w14:textId="7FF8411B" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003854021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F17566" w14:textId="71E694ED" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Kurzemes prospekts 54a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6831A95D" w14:textId="35EC4C7F" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20178668; 25900919</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="543B306C" w14:textId="453F7C7A" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>11/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w14:paraId="6AC4C63D" w14:textId="7E34F356" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00BD0909" w:rsidRPr="00BE6316" w14:paraId="6B9C4EFE" w14:textId="56B5C259" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43AB7028" w14:textId="45C9D967" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="69B235DF" w14:textId="619BE6A7" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22FA952F" w14:textId="240C30D0" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="74C9A9AA" w14:textId="0B95F353" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>APSARDZE ROR SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="777ED00C" w14:textId="12A47293" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003626609</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57004EC6" w14:textId="49CC2674" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Latgales iela 82a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DAE9DB" w14:textId="37EBFAB2" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27504292</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="064A4DEE" w14:textId="72FD4E3C" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1363</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD0909" w:rsidRPr="00BE6316" w14:paraId="4019C53F" w14:textId="32A69C37" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="668F5491" w14:textId="1870E4A7" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>AB INTELLIGENCE SERVICES SIA</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AC26E7" w14:textId="7A6C8C57" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>BALTIC SECURITY LLC SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023A0013" w14:textId="7CDE6E0C" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="1E5D38CC" w14:textId="3150CF41" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103398780</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7958AB85" w14:textId="042BCEF4" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Kūdras iela 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B8FD1C" w14:textId="1FAF0E0E" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22015806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D2F550" w14:textId="19BAF765" w:rsidR="00BD0909" w:rsidRPr="00BE6316" w:rsidRDefault="00BD0909" w:rsidP="00BD0909">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1449</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="05F00602" w14:textId="696340C8" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B0CACB" w14:textId="1E77FDE3" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>40103599330</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14609D79" w14:textId="29DBB008" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>BASTIONS APSARDZE SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5985E89F" w14:textId="6BFCDDDF" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003234068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06217DC5" w14:textId="007FC357" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="013A0869" w14:textId="5ED8B257" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Mazā Nometņu iela 47 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A616628" w14:textId="3A3E9709" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29236585</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7598E758" w14:textId="0E350F89" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="34D7C99F" w14:textId="4ED058AA" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64232D4D" w14:textId="268CB48B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Rīga, Latgales iela 162 - 7 </w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="348DD41E" w14:textId="24A1B763" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>BIZNESA DROŠĪBA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="400F4104" w14:textId="6B0528C7" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003122994</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="243E002F" w14:textId="3FFA5600" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Ieriķu iela 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE2B021" w14:textId="79AA9C34" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="7999DAB8" w14:textId="01C213A6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67270701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E68C845" w14:textId="0D786C06" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>605</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="1716C434" w14:textId="271E0C0D" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="555EA856" w14:textId="1672D732" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>29131727</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6CC156" w14:textId="5FD4D5CE" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>BLACKBIRD SECURITY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0641CEC5" w14:textId="031B3674" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003962369</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A61CD5" w14:textId="4604A1DC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Siguldas nov., Mālpils pag., Bukas 1 - 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8BD05A" w14:textId="681A22E0" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="70ACD2DF" w14:textId="3AC244B9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29181943</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31229765" w14:textId="49D348D8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="31868D67" w14:textId="0AC6929F" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F71AF71" w14:textId="21A18E07" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>1638</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="276476DE" w14:textId="499E65ED" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CASUS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5430DCF1" w14:textId="5CB91EAC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203458906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7198EF87" w14:textId="44DA83B3" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Pulkveža Brieža iela 4 - 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1329F00D" w14:textId="0DFB545B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25157430</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEAECAD" w14:textId="7DDFD0DD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w14:paraId="7DBD7EB1" w14:textId="2A63A2C2" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w14:paraId="1BEAA5EA" w14:textId="74BB1951" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19F5FF2F" w14:textId="649DA0B6" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="0F24F8FC" w14:textId="6CBD3303" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4B6CA5" w14:textId="1DB79AAA" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="18708942" w14:textId="0E5CBC21" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>DALIŠEVSKAS JURIDISKAIS BIROJS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="304E54D0" w14:textId="16A9EB9F" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203299546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48186D01" w14:textId="0FC0FDFE" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daugavpils, Mihoelsa iela 3 - 67 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1A971A" w14:textId="79DCBAD5" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20445259</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5323B52F" w14:textId="23F87B1C" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="620ECDD8" w14:textId="3B609F30" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11EB791E" w14:textId="315AED68" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>ALPHA SECURITY BALTIC SIA</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11923F6E" w14:textId="0E97B339" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>EGRI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21939CC2" w14:textId="75E9DCF4" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="32981609" w14:textId="6CC34136" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103863571</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F921E28" w14:textId="19A9949A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Žagatu iela 20 - 28 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="739B918F" w14:textId="19B6A5A6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29298424</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="322C2186" w14:textId="0EFD92A5" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="79B8E422" w14:textId="4FC4AD67" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFBD233" w14:textId="0852773E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>40003854021</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BBDC9A" w14:textId="30EF8667" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>FORSETIA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290AACFB" w14:textId="7003FBAD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203206527</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F17566" w14:textId="4A51FD04" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="199AD308" w14:textId="63DB0904" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Krišjāņa Valdemāra iela 24 - 22 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639E9612" w14:textId="64F5D151" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22305085</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F02B45" w14:textId="456BFBB9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="24CA34AD" w14:textId="71827044" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4514E609" w14:textId="5EB52B70" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Rīga, Kurzemes prospekts 54a </w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC9C082" w14:textId="5AA4C63E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>G4S LATVIA AS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEB21E1" w14:textId="7E5610C9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103058465</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7F88BD" w14:textId="46CEEE2C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Stigu iela 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6831A95D" w14:textId="1218E7B9" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="59AD5F86" w14:textId="0B93F145" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67516975, 28379695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B367F9A" w14:textId="459B8B07" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="06A8CF7E" w14:textId="6BDFFB45" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F31A35" w14:textId="67503E14" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>20178668; 25900919</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20411A7A" w14:textId="7B3176C3" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>HORUSS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA18F23" w14:textId="33A61445" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203539304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFD233B" w14:textId="0564779B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valmieras nov., Valmieras pag., Valmiermuiža, Krasta iela 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="543B306C" w14:textId="6D8B9CFD" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="763D6F76" w14:textId="7A4D354B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26614455</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DEA0AB0" w14:textId="7F028317" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="44F1521C" w14:textId="49B81822" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C53A2E4" w14:textId="0C6A6FAB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>11/2019</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9D0110" w14:textId="1E6C0B82" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>IDB LATVIJA IK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="353E7C95" w14:textId="32024156" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40002221723</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="393E3BB1" w14:textId="1B91422E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ludzas nov., Ludza, Lejas iela 23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2384CDCB" w14:textId="2EA4B28F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28670981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D7AC14" w14:textId="7F62D53D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w14:paraId="6B9C4EFE" w14:textId="5FB245A9" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="2AF9A045" w14:textId="79F145F7" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B235DF" w14:textId="619BE6A7" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="78E7C3A6" w14:textId="6A4AA3E6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C9A9AA" w14:textId="6CC68F16" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="6E49C272" w14:textId="0D9B7555" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MAD EVA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB57518" w14:textId="1FF0EE36" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>47103000286</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3259DFED" w14:textId="78EF4729" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Madonas nov., Ļaudonas pag., "Eglāji" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF06881" w14:textId="0E89DCEB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26527777</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE5FBCC" w14:textId="59ECE1EF" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="133D5631" w14:textId="1F461C9F" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458644EB" w14:textId="4C7E91E9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>APSARDZE ROR SIA</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0EBAA5" w14:textId="6FA4815C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MEISTARS D SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="777ED00C" w14:textId="3542571E" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="0F1B2C87" w14:textId="1503AA13" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42403009787</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2087EFB1" w14:textId="48A053EC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rēzekne, Meža iela 45 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A031911" w14:textId="49C06757" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29214174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E56AC2" w14:textId="75494FF1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>838</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="21665838" w14:textId="1617242C" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332054BE" w14:textId="2EB06BF1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>40003626609</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5FC6AD" w14:textId="188CBA81" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MUSA INTERNATIONAL IK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4755C9E4" w14:textId="69DB9458" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>48502008728</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57004EC6" w14:textId="027A9AB4" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="412F1129" w14:textId="27D6D7A0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saldus nov., Saldus, Peldu iela 5 - 14 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B229DC" w14:textId="781ADEED" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29709250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFCC033" w14:textId="39E72714" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1437</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="16F40654" w14:textId="69D3B29E" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E532133" w14:textId="4129BD4A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Rīga, Latgales iela 82a </w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="062D9EF6" w14:textId="73D30334" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PRIVĀTDETEKTĪVS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F37F98B" w14:textId="012ED309" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103584994</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="416D097C" w14:textId="7C62BE88" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Miera iela 82 - 1a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41DAE9DB" w14:textId="3A17052D" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="0F11B889" w14:textId="7334656F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>66100034</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E1151F" w14:textId="3C244CA2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="6BCE77FD" w14:textId="4D085B49" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA3839B" w14:textId="794F9752" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>27504292</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFCA8E6" w14:textId="579CBFB0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PRIVĀTDETEKTĪVU BIROJS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E8665B" w14:textId="33729ECD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103592120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAB92FE" w14:textId="4F42EC79" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Zemes iela 2 - 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="064A4DEE" w14:textId="2BD75288" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="0732DD43" w14:textId="5576BB2B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29233031, 26477491</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="455F15A7" w14:textId="46F738F6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1642</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="6DA7EFC3" w14:textId="47E04940" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADE1A52" w14:textId="7D6D2404" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>1363</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A4ADE7" w14:textId="15511521" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PRO4S SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B06955" w14:textId="62A44BB5" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203338928</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC5C9BA" w14:textId="53F94BD9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Daudzeses iela 6 - 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D8DB7B" w14:textId="1DDFAFA8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20001800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5768E1B6" w14:textId="2962821F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w14:paraId="4019C53F" w14:textId="75C0CB2C" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="2C702100" w14:textId="336B5DAE" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="668F5491" w14:textId="1870E4A7" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="5EA5F437" w14:textId="5F0B97C6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23AC26E7" w14:textId="0AD29D93" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="1F96BCDF" w14:textId="43269AAE" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUMA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D87726" w14:textId="3B08E0A0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003560307</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5FD93A" w14:textId="5E9E24AD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Palasta iela 10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1D599E" w14:textId="73F1F6C8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67292905, 29502263</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0003CA2F" w14:textId="2495531D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1069</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="616F3610" w14:textId="7F1A7295" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64AED21E" w14:textId="5ACA7D8A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>BALTIC SECURITY LLC SIA</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BFBDC0" w14:textId="0FA24E23" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RAUM GROUP SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5D38CC" w14:textId="350BAB89" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="53DF3FAC" w14:textId="609C5CF2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103094318</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="369A89EB" w14:textId="69A68DA6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salaspils nov., Salaspils, Enerģētiķu iela 7 - 76 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A9CD71" w14:textId="3594FC10" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22302262</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3B566B" w14:textId="2F96B4BA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>5/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="291DB7AC" w14:textId="49F5E581" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0279F2EF" w14:textId="253F0594" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>40103398780</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B697C9D" w14:textId="439FFEEA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RIGA LEGAL SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DE58F2" w14:textId="6C032B73" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>45403057962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7958AB85" w14:textId="720C0707" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
+          <w:p w14:paraId="45071873" w14:textId="50A6CFD1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Lidoņu iela 27 K-1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C41DA21" w14:textId="2A7F5447" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22423122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="455A0279" w14:textId="71D0E8FA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="5B8FED28" w14:textId="7BFDE003" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741C018C" w14:textId="7DC5CE90" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Rīga, Kūdras iela 8 </w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71743D4F" w14:textId="7686C012" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RĪGAS DETEKTĪVU AĢENTŪRA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1360FDCE" w14:textId="2A83591E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003847994</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF5964A" w14:textId="0BFEA101" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Ganību Dambis 24d </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59B8FD1C" w14:textId="292CDD35" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="0A934F2E" w14:textId="42735351" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26065555</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50515753" w14:textId="5D502DDB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1064</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="6714F8DC" w14:textId="70C61707" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8A07D9" w14:textId="28925550" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>22015806</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="395BF463" w14:textId="67FC05D2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RONINTELL SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BB4AAA" w14:textId="4A782C45" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203563471</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="072C274A" w14:textId="7F472AE1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Bauskas iela 58a - 7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28D2F550" w14:textId="5A657974" w:rsidR="00DC55E8" w:rsidRPr="00BE6316" w:rsidRDefault="00DC55E8" w:rsidP="00DC55E8">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="43EBF8F5" w14:textId="28EDC477" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00A45331" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29213650</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBA95E3" w14:textId="6844F571" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="372E196B" w14:textId="21169919" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9BF022" w14:textId="10DFA03A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>1449</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B580485" w14:textId="3888EC0F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RP DROŠĪBA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB236B0" w14:textId="77D4C686" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103270012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E8C5A4" w14:textId="51654F16" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00310B34" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Rīga, Bauskas iela 207-67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F31E43" w14:textId="456E2997" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26784346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDCC994" w14:textId="2E3E5DF9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w14:paraId="05F00602" w14:textId="6C4CB7CB" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="5A938CF8" w14:textId="7D2D3E3E" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B0CACB" w14:textId="1E77FDE3" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="7E91F1DD" w14:textId="6E129374" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14609D79" w14:textId="372F6484" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="3FF89CE0" w14:textId="29A7E450" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RUBIKONS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA7254D" w14:textId="28EE9626" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103960400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4ED258" w14:textId="6402F569" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Ieriķu iela 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE82581" w14:textId="608DB388" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67270701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F38DCB" w14:textId="372D41F2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="68DB8B05" w14:textId="1852B2E2" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6993F955" w14:textId="59AFC6CB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>BASTIONS APSARDZE SIA</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD119A7" w14:textId="5E47BD13" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SABIEDRĪBA PRIVĀTAJĀM INVESTĪCIJĀM SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5985E89F" w14:textId="302FF259" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="2CD20B76" w14:textId="012D6BC8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>48503023372</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="110E8802" w14:textId="468C7E05" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Dzirnavu iela 83 - 33 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75847BE8" w14:textId="16CB5FA9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29999935</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7692628C" w14:textId="13218D2C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="7FD3942C" w14:textId="4A7E9BDD" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="497129E4" w14:textId="476A4B1D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>40003234068</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1560D8F6" w14:textId="09317BFF" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SECURITY AGENCY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7013A2" w14:textId="4A6EA327" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203552800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="013A0869" w14:textId="3A71045E" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="49AE0584" w14:textId="1175EDE1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Buļļu iela 47a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="341686B9" w14:textId="74339AFD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29240702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3B4504" w14:textId="7ACDDC56" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="0505BD71" w14:textId="20CE40E3" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E86780" w14:textId="53D06A8E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Rīga, Mazā Nometņu iela 47 </w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D77BBB" w14:textId="468AB5F8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SIA GRETES SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB293DE" w14:textId="5273C621" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203272359</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DF8ACF" w14:textId="3E84D46D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aizkraukles nov., Seces pag., Gretes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A616628" w14:textId="1CC1614B" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="68DCF4E6" w14:textId="605B2317" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="002A707B" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A707B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67371371</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAC0340" w14:textId="08D63DC8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="719121B2" w14:textId="66CF05CD" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48415006" w14:textId="7D94AD50" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>29236585</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA7C3F5" w14:textId="1E0CCF84" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SIA SEQ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B155650" w14:textId="6C81B4B8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203410806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9CF968" w14:textId="46FEF8C5" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Lastādijas iela 12 K-3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7598E758" w14:textId="41BE373D" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="4D18C30D" w14:textId="3E9A7635" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27606060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FFB35F" w14:textId="46B5A486" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="0B73A056" w14:textId="7BFC6F4C" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C68FDD" w14:textId="4BC9CD33" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>1419</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="478A0832" w14:textId="41757748" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SILENCE SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15694A1F" w14:textId="526DCD63" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103035757</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="034D4695" w14:textId="596D2CB3" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liepāja, Graudu iela 28 - 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="469961E6" w14:textId="4C58B1C8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29544460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="054D8F00" w14:textId="01A92EEF" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w14:paraId="34D7C99F" w14:textId="3441E566" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="40B43F4B" w14:textId="479C3E39" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64232D4D" w14:textId="268CB48B" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="6DDAB298" w14:textId="17D1F02D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="348DD41E" w14:textId="3959F375" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="7A0269A0" w14:textId="527A422B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SKOGSRAV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="499B1B6E" w14:textId="37494011" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103071315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7831FC" w14:textId="102BA651" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Aristida Briāna iela 18a - 10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44228762" w14:textId="7598389B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26656333; 26167827</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB09796" w14:textId="6BC08193" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="7EDE2AFF" w14:textId="637166AB" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DECE601" w14:textId="6BF7AF3C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>BIZNESA DROŠĪBA SIA</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64409252" w14:textId="5337DA90" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SUPPORT&amp;SOLUTIONS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="400F4104" w14:textId="4ADD903E" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="1C3A4B74" w14:textId="20C8B163" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103106871</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="036D57B1" w14:textId="4E49EC18" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Ropažu iela 107 - 6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C9DDC5" w14:textId="04F3395A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28822333</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4D9873" w14:textId="01EBE301" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="02D6465C" w14:textId="1728BD71" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2473D2" w14:textId="180A762D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>40003122994</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7C0A72" w14:textId="51703E68" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TAIPANS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA97201" w14:textId="5A16F998" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003973555</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="243E002F" w14:textId="30F371F7" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="01879238" w14:textId="3E721695" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Līksnas iela 7a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49011981" w14:textId="39D92E37" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29222288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3C3551" w14:textId="5BCED6E2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="56397EF6" w14:textId="1895A638" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7155FA68" w14:textId="64646D0B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Rīga, Ieriķu iela 3 </w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A745076" w14:textId="29169350" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TOP FLOOR SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3F7FD5" w14:textId="621E3D86" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>45403053405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E17D45D" w14:textId="3D2B393D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Aleksandra Čaka iela 50 - 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7999DAB8" w14:textId="0667E999" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="333AC04A" w14:textId="3E3FA0CB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26414930</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEF9BD0" w14:textId="2A08581A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="3FDAD1DA" w14:textId="6D0595E2" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C87BB4" w14:textId="7BB830E2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>67270701</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="043EAE84" w14:textId="1D289472" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TRISMEGISTUS AGENCY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B9B6D2" w14:textId="38D39954" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203285828</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A79152" w14:textId="28AE0309" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Stabu iela 58a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E68C845" w14:textId="5B795664" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="557EDA85" w14:textId="36B729BE" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29268487</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E91F116" w14:textId="2BC91DB7" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="79FEFA32" w14:textId="7FFB1B74" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B17196" w14:textId="643851E6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>605</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5F55B7" w14:textId="5D85B817" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TSK DROŠĪBA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16683F99" w14:textId="6DF4368D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103401239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="385C9C8F" w14:textId="4CDDA427" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mārupes nov., Mārupe, Zeltrītu iela 22 - 11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EEFAD5" w14:textId="6DEF396B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22339375</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="121991E7" w14:textId="0D7AA221" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w14:paraId="1716C434" w14:textId="757134E5" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="113AE8D0" w14:textId="3CEE226A" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555EA856" w14:textId="1672D732" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="45D1419B" w14:textId="5FAAD1E0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6CC156" w14:textId="58F422ED" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="07CEB173" w14:textId="34AA80F7" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TURAMURINA DETEKTĪVU AĢENTŪRA IK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7A4FF6" w14:textId="0C224752" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40002029119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="325A5946" w14:textId="1A16C220" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Zaļenieku iela 21 K-3 - 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1FA227" w14:textId="7621F4FA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29165246</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9C9633" w14:textId="0FC0133C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="2DAC9630" w14:textId="1AA24ED8" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C023594" w14:textId="374258BD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>BLACKBIRD SECURITY SIA</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCE2338" w14:textId="56AE9460" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>UNIFORTS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0641CEC5" w14:textId="28ECCDD1" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="4E29D483" w14:textId="027F0DD5" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003505292</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CA9622" w14:textId="5F424785" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Andreja Saharova iela 27 - 14 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EE6973" w14:textId="0CBE9A6E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29222288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5050251C" w14:textId="073721AA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1650</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="43069B93" w14:textId="67015ECA" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="510A824F" w14:textId="075326C0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>40003962369</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B35E67F" w14:textId="691336F8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VLAKON SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD848C9" w14:textId="2130BB7C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42403008866</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A61CD5" w14:textId="1FA09E19" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="6D6D3F21" w14:textId="65955365" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE6316">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Siguldas nov., Mālpils pag., Bukas 1 - 4 </w:t>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rēzeknes nov., Viļāni, Pļavu iela 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70ACD2DF" w14:textId="6FDDF062" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...16 lines deleted...]
-              <w:t>29181943</w:t>
+          <w:p w14:paraId="131BB56D" w14:textId="2CAD313E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28670981; 29224451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290BC162" w14:textId="0B46F26A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="48F3930B" w14:textId="451FE23B" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3355141A" w14:textId="1FCF1E19" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F0FE1D" w14:textId="3BCE8CA6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VN STANDARD SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7551821D" w14:textId="7DF6825C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103492774</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F97BBC" w14:textId="74F3FD41" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Motoru iela 3 - 92 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31229765" w14:textId="305BCE7F" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...16 lines deleted...]
-              <w:t>4/2017</w:t>
+          <w:p w14:paraId="480CB609" w14:textId="4F478DF0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26407050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB04FD6" w14:textId="071D1C9D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w14:paraId="31868D67" w14:textId="1F253F7F" w:rsidTr="00E87531">
+      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="7280A0B4" w14:textId="4C756787" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F71AF71" w14:textId="21A18E07" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="6349A78F" w14:textId="113CD596" w:rsidR="00EB5CB2" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE6316">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="276476DE" w14:textId="4D0DB162" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...16 lines deleted...]
-              <w:t>CASUS SIA</w:t>
+          <w:p w14:paraId="1BAE14CF" w14:textId="02DF6025" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VSR SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5430DCF1" w14:textId="215ACEE0" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...16 lines deleted...]
-              <w:t>40203458906</w:t>
+          <w:p w14:paraId="00610658" w14:textId="4E782C41" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203056244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7198EF87" w14:textId="33BF2BC9" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
+          <w:p w14:paraId="253D19D7" w14:textId="73469806" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE6316">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Rīga, Pulkveža Brieža iela 4 - 3 </w:t>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Latgales iela 423 - 101 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1329F00D" w14:textId="47FF91A4" w:rsidR="00A36E0B" w:rsidRPr="00BE6316" w:rsidRDefault="00A36E0B" w:rsidP="00A36E0B">
-[...6728 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="3415059B" w14:textId="764309EC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27099577</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...24 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2584CB86" w14:textId="04E0AABC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A32FBB5" w14:textId="77777777" w:rsidR="00A849B0" w:rsidRPr="00BE6316" w:rsidRDefault="00A849B0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A849B0" w:rsidRPr="00BE6316" w:rsidSect="00921C00">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00921C00"/>
     <w:rsid w:val="0000219E"/>
     <w:rsid w:val="000163CF"/>
     <w:rsid w:val="000514DD"/>
     <w:rsid w:val="000659A2"/>
     <w:rsid w:val="000A64B0"/>
+    <w:rsid w:val="00170B5A"/>
     <w:rsid w:val="00173032"/>
     <w:rsid w:val="0018336F"/>
     <w:rsid w:val="00191846"/>
     <w:rsid w:val="001D5CB9"/>
     <w:rsid w:val="001E0414"/>
     <w:rsid w:val="001E0CB0"/>
     <w:rsid w:val="0020335C"/>
     <w:rsid w:val="002A1486"/>
+    <w:rsid w:val="002A707B"/>
+    <w:rsid w:val="00310B34"/>
     <w:rsid w:val="003262C9"/>
     <w:rsid w:val="00344096"/>
     <w:rsid w:val="0035533F"/>
     <w:rsid w:val="003C4D71"/>
     <w:rsid w:val="004533DC"/>
     <w:rsid w:val="0047553C"/>
     <w:rsid w:val="004B2F6C"/>
     <w:rsid w:val="004C2EE4"/>
     <w:rsid w:val="004C579D"/>
     <w:rsid w:val="00513555"/>
     <w:rsid w:val="005757F4"/>
     <w:rsid w:val="00580B9D"/>
     <w:rsid w:val="005F5781"/>
     <w:rsid w:val="005F713A"/>
     <w:rsid w:val="00616F87"/>
     <w:rsid w:val="00643BA0"/>
     <w:rsid w:val="00681EFB"/>
     <w:rsid w:val="006E4CC0"/>
     <w:rsid w:val="006E4E8E"/>
     <w:rsid w:val="00757C1C"/>
+    <w:rsid w:val="007A5F2E"/>
     <w:rsid w:val="007B4662"/>
     <w:rsid w:val="007B7012"/>
     <w:rsid w:val="00850E2A"/>
     <w:rsid w:val="00854835"/>
     <w:rsid w:val="008B3BB1"/>
     <w:rsid w:val="008C41BD"/>
+    <w:rsid w:val="008C7636"/>
     <w:rsid w:val="00921C00"/>
     <w:rsid w:val="0096233A"/>
     <w:rsid w:val="009866D5"/>
     <w:rsid w:val="009A6447"/>
     <w:rsid w:val="009F1EAE"/>
     <w:rsid w:val="00A25EDA"/>
     <w:rsid w:val="00A36E0B"/>
+    <w:rsid w:val="00A45331"/>
     <w:rsid w:val="00A74052"/>
     <w:rsid w:val="00A849B0"/>
     <w:rsid w:val="00AA3387"/>
     <w:rsid w:val="00B51E40"/>
     <w:rsid w:val="00B94A7F"/>
+    <w:rsid w:val="00BD0909"/>
     <w:rsid w:val="00BE16AF"/>
     <w:rsid w:val="00BE6316"/>
     <w:rsid w:val="00C12637"/>
     <w:rsid w:val="00C519BC"/>
     <w:rsid w:val="00CA16C7"/>
     <w:rsid w:val="00CC467B"/>
     <w:rsid w:val="00D30DA5"/>
     <w:rsid w:val="00D46ADD"/>
     <w:rsid w:val="00D90A3B"/>
     <w:rsid w:val="00DC55E8"/>
     <w:rsid w:val="00DE1681"/>
     <w:rsid w:val="00E87531"/>
+    <w:rsid w:val="00EB5CB2"/>
     <w:rsid w:val="00F423FC"/>
     <w:rsid w:val="00F544F4"/>
     <w:rsid w:val="00F76D30"/>
     <w:rsid w:val="00F94027"/>
     <w:rsid w:val="00FB3021"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -9917,69 +10269,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2189</Words>
-  <Characters>1248</Characters>
+  <Words>2298</Words>
+  <Characters>1311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3431</CharactersWithSpaces>
+  <CharactersWithSpaces>3602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Strazdiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>