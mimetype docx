--- v1 (2026-01-01)
+++ v2 (2026-01-27)
@@ -1,191 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2DCFD1C5" w14:textId="5740D9B3" w:rsidR="00921C00" w:rsidRPr="00BE6316" w:rsidRDefault="00921C00" w:rsidP="00921C00">
+    <w:p w14:paraId="2DCFD1C5" w14:textId="4BFECCF5" w:rsidR="00921C00" w:rsidRPr="00BE6316" w:rsidRDefault="00921C00" w:rsidP="00921C00">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Licencētās detektīvsabiedrības </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(dati uz </w:t>
       </w:r>
-      <w:r w:rsidR="009A6447" w:rsidRPr="00BE6316">
+      <w:r w:rsidR="003E3CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...12 lines deleted...]
-        <w:t>9</w:t>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00854835" w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009A6447" w:rsidRPr="00BE6316">
+      <w:r w:rsidR="003E3CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...12 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="00854835" w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00CC467B" w:rsidRPr="00BE6316">
+      <w:r w:rsidR="003E3CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13291" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1582,7504 +1556,7302 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E68C845" w14:textId="0D786C06" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="1716C434" w14:textId="271E0C0D" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="1716C434" w14:textId="271E0C0D" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555EA856" w14:textId="1672D732" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="555EA856" w14:textId="1672D732" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6CC156" w14:textId="5FD4D5CE" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>BLACKBIRD SECURITY SIA</w:t>
+          <w:p w14:paraId="2B6CC156" w14:textId="5E718E44" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>CASUS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0641CEC5" w14:textId="031B3674" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40003962369</w:t>
+          <w:p w14:paraId="0641CEC5" w14:textId="456BA470" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203458906</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A61CD5" w14:textId="4604A1DC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="25A61CD5" w14:textId="4D903F71" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Siguldas nov., Mālpils pag., Bukas 1 - 4 </w:t>
+              <w:t xml:space="preserve">Rīga, Pulkveža Brieža iela 4 - 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70ACD2DF" w14:textId="3AC244B9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>29181943</w:t>
+          <w:p w14:paraId="70ACD2DF" w14:textId="31DEBB54" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>25157430</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31229765" w14:textId="49D348D8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>4/2017</w:t>
+          <w:p w14:paraId="31229765" w14:textId="48C540DC" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="31868D67" w14:textId="0AC6929F" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="31868D67" w14:textId="0AC6929F" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F71AF71" w14:textId="21A18E07" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="5F71AF71" w14:textId="21A18E07" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="276476DE" w14:textId="499E65ED" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>CASUS SIA</w:t>
+          <w:p w14:paraId="276476DE" w14:textId="52560C5E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>DALIŠEVSKAS JURIDISKAIS BIROJS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5430DCF1" w14:textId="5CB91EAC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40203458906</w:t>
+          <w:p w14:paraId="5430DCF1" w14:textId="4A2540D3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203299546</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7198EF87" w14:textId="44DA83B3" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="7198EF87" w14:textId="1234ADDB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Pulkveža Brieža iela 4 - 3 </w:t>
+              <w:t xml:space="preserve">Daugavpils, Mihoelsa iela 3 - 67 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1329F00D" w14:textId="0DFB545B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>25157430</w:t>
+          <w:p w14:paraId="1329F00D" w14:textId="09FE5DD0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20445259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEAECAD" w14:textId="7DDFD0DD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>2/2023</w:t>
+          <w:p w14:paraId="4AEAECAD" w14:textId="7E61B153" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w14:paraId="1BEAA5EA" w14:textId="74BB1951" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w14:paraId="1BEAA5EA" w14:textId="74BB1951" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F24F8FC" w14:textId="6CBD3303" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="0F24F8FC" w14:textId="6CBD3303" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18708942" w14:textId="0E5CBC21" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>DALIŠEVSKAS JURIDISKAIS BIROJS SIA</w:t>
+          <w:p w14:paraId="18708942" w14:textId="04DCC946" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>EGRI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="304E54D0" w14:textId="16A9EB9F" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40203299546</w:t>
+          <w:p w14:paraId="304E54D0" w14:textId="25222952" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103863571</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48186D01" w14:textId="0FC0FDFE" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="48186D01" w14:textId="2A97ECAE" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Daugavpils, Mihoelsa iela 3 - 67 </w:t>
+              <w:t xml:space="preserve">Rīga, Žagatu iela 20 - 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1A971A" w14:textId="79DCBAD5" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>20445259</w:t>
+          <w:p w14:paraId="6C1A971A" w14:textId="215FAA67" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29298424</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5323B52F" w14:textId="23F87B1C" w:rsidR="00EB5CB2" w:rsidRPr="00170B5A" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>4/2025</w:t>
+          <w:p w14:paraId="5323B52F" w14:textId="6E18E710" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="620ECDD8" w14:textId="3B609F30" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="620ECDD8" w14:textId="3B609F30" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11EB791E" w14:textId="315AED68" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="11EB791E" w14:textId="315AED68" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11923F6E" w14:textId="0E97B339" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>EGRI SIA</w:t>
+          <w:p w14:paraId="11923F6E" w14:textId="4C65531D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>FORSETIA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32981609" w14:textId="6CC34136" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40103863571</w:t>
+          <w:p w14:paraId="32981609" w14:textId="66325494" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203206527</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F921E28" w14:textId="19A9949A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="0F921E28" w14:textId="33E391D3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Žagatu iela 20 - 28 </w:t>
+              <w:t xml:space="preserve">Rīga, Krišjāņa Valdemāra iela 24 - 22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739B918F" w14:textId="19B6A5A6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>29298424</w:t>
+          <w:p w14:paraId="739B918F" w14:textId="3C5E203F" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22305085</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="322C2186" w14:textId="0EFD92A5" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>10/2019</w:t>
+          <w:p w14:paraId="322C2186" w14:textId="0207ED81" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="79B8E422" w14:textId="4FC4AD67" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="79B8E422" w14:textId="4FC4AD67" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CFBD233" w14:textId="0852773E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="6CFBD233" w14:textId="0852773E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BBDC9A" w14:textId="30EF8667" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>FORSETIA SIA</w:t>
+          <w:p w14:paraId="13BBDC9A" w14:textId="052F0E76" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>G4S LATVIA AS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="290AACFB" w14:textId="7003FBAD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40203206527</w:t>
+          <w:p w14:paraId="290AACFB" w14:textId="794A78DE" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103058465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="199AD308" w14:textId="63DB0904" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="199AD308" w14:textId="390BCFBB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Krišjāņa Valdemāra iela 24 - 22 </w:t>
+              <w:t xml:space="preserve">Rīga, Stigu iela 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="639E9612" w14:textId="64F5D151" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>22305085</w:t>
+          <w:p w14:paraId="639E9612" w14:textId="152D03A4" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67516975, 28379695</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55F02B45" w14:textId="456BFBB9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>6/2019</w:t>
+          <w:p w14:paraId="55F02B45" w14:textId="7AF161B9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="24CA34AD" w14:textId="71827044" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="24CA34AD" w14:textId="71827044" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4514E609" w14:textId="5EB52B70" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="4514E609" w14:textId="5EB52B70" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC9C082" w14:textId="5AA4C63E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>G4S LATVIA AS</w:t>
+          <w:p w14:paraId="4DC9C082" w14:textId="193EEA6C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>HORUSS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEB21E1" w14:textId="7E5610C9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40103058465</w:t>
+          <w:p w14:paraId="4FEB21E1" w14:textId="1DB40096" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203539304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7F88BD" w14:textId="46CEEE2C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="0A7F88BD" w14:textId="1D873BAF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Stigu iela 10 </w:t>
+              <w:t xml:space="preserve">Valmieras nov., Valmieras pag., Valmiermuiža, Krasta iela 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59AD5F86" w14:textId="0B93F145" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>67516975, 28379695</w:t>
+          <w:p w14:paraId="59AD5F86" w14:textId="68095D19" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26614455</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B367F9A" w14:textId="459B8B07" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>1205</w:t>
+          <w:p w14:paraId="6B367F9A" w14:textId="4A456E95" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="06A8CF7E" w14:textId="6BDFFB45" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="06A8CF7E" w14:textId="6BDFFB45" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F31A35" w14:textId="67503E14" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="03F31A35" w14:textId="67503E14" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20411A7A" w14:textId="7B3176C3" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="20411A7A" w14:textId="64B0368C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>HORUSS SIA</w:t>
+              <w:t>IDB LATVIJA IK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA18F23" w14:textId="33A61445" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="7CA18F23" w14:textId="572992B1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>40203539304</w:t>
+              <w:t>40002221723</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CFD233B" w14:textId="0564779B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="5CFD233B" w14:textId="70ED7779" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Valmieras nov., Valmieras pag., Valmiermuiža, Krasta iela 15 </w:t>
+              <w:t xml:space="preserve">Ludzas nov., Ludza, Lejas iela 23 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="763D6F76" w14:textId="7A4D354B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="763D6F76" w14:textId="610D61BA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>26614455</w:t>
+              <w:t>28670981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DEA0AB0" w14:textId="7F028317" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="2DEA0AB0" w14:textId="596B17AD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>2/2025</w:t>
+              <w:t>1/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="44F1521C" w14:textId="49B81822" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="44F1521C" w14:textId="49B81822" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C53A2E4" w14:textId="0C6A6FAB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="7C53A2E4" w14:textId="0C6A6FAB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9D0110" w14:textId="1E6C0B82" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>IDB LATVIJA IK</w:t>
+          <w:p w14:paraId="2F9D0110" w14:textId="7C783264" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MAD EVA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353E7C95" w14:textId="32024156" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40002221723</w:t>
+          <w:p w14:paraId="353E7C95" w14:textId="2A3231C5" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>47103000286</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="393E3BB1" w14:textId="1B91422E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="393E3BB1" w14:textId="62AC2DC1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ludzas nov., Ludza, Lejas iela 23 </w:t>
+              <w:t xml:space="preserve">Madonas nov., Ļaudonas pag., "Eglāji" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2384CDCB" w14:textId="2EA4B28F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>28670981</w:t>
+          <w:p w14:paraId="2384CDCB" w14:textId="02642121" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26527777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D7AC14" w14:textId="7F62D53D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>1/2025</w:t>
+          <w:p w14:paraId="38D7AC14" w14:textId="5657A490" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="2AF9A045" w14:textId="79F145F7" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="2AF9A045" w14:textId="79F145F7" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78E7C3A6" w14:textId="6A4AA3E6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="78E7C3A6" w14:textId="6A4AA3E6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E49C272" w14:textId="0D9B7555" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>MAD EVA SIA</w:t>
+          <w:p w14:paraId="6E49C272" w14:textId="7B50FD48" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MEISTARS D SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB57518" w14:textId="1FF0EE36" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>47103000286</w:t>
+          <w:p w14:paraId="1EB57518" w14:textId="6D11A33F" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42403009787</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3259DFED" w14:textId="78EF4729" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="3259DFED" w14:textId="58B09DE6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Madonas nov., Ļaudonas pag., "Eglāji" </w:t>
+              <w:t xml:space="preserve">Rēzekne, Meža iela 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF06881" w14:textId="0E89DCEB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>26527777</w:t>
+          <w:p w14:paraId="3CF06881" w14:textId="0AA65DB2" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29214174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE5FBCC" w14:textId="59ECE1EF" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>1/2022</w:t>
+          <w:p w14:paraId="6DE5FBCC" w14:textId="2B6520AD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>838</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="133D5631" w14:textId="1F461C9F" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="133D5631" w14:textId="1F461C9F" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458644EB" w14:textId="4C7E91E9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="458644EB" w14:textId="4C7E91E9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0EBAA5" w14:textId="6FA4815C" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>MEISTARS D SIA</w:t>
+          <w:p w14:paraId="4B0EBAA5" w14:textId="61A34A5D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MUSA INTERNATIONAL IK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1B2C87" w14:textId="1503AA13" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>42403009787</w:t>
+          <w:p w14:paraId="0F1B2C87" w14:textId="5068B07E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>48502008728</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2087EFB1" w14:textId="48A053EC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="2087EFB1" w14:textId="5B47C264" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rēzekne, Meža iela 45 </w:t>
+              <w:t xml:space="preserve">Saldus nov., Saldus, Peldu iela 5 - 14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A031911" w14:textId="49C06757" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>29214174</w:t>
+          <w:p w14:paraId="1A031911" w14:textId="6AF95064" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29709250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03E56AC2" w14:textId="75494FF1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>838</w:t>
+          <w:p w14:paraId="03E56AC2" w14:textId="798DF2E7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1437</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="21665838" w14:textId="1617242C" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="21665838" w14:textId="1617242C" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="332054BE" w14:textId="2EB06BF1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="332054BE" w14:textId="2EB06BF1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5FC6AD" w14:textId="188CBA81" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>MUSA INTERNATIONAL IK</w:t>
+          <w:p w14:paraId="7A5FC6AD" w14:textId="55AC7B62" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PRIVĀTDETEKTĪVS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4755C9E4" w14:textId="69DB9458" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>48502008728</w:t>
+          <w:p w14:paraId="4755C9E4" w14:textId="550634FE" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103584994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="412F1129" w14:textId="27D6D7A0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="412F1129" w14:textId="6A2BDEAB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saldus nov., Saldus, Peldu iela 5 - 14 </w:t>
+              <w:t xml:space="preserve">Rīga, Miera iela 82 - 1a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45B229DC" w14:textId="781ADEED" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>29709250</w:t>
+          <w:p w14:paraId="45B229DC" w14:textId="300A43A1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>66100034</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFCC033" w14:textId="39E72714" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>1437</w:t>
+          <w:p w14:paraId="5EFCC033" w14:textId="14D1347C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="16F40654" w14:textId="69D3B29E" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="16F40654" w14:textId="69D3B29E" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E532133" w14:textId="4129BD4A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="6E532133" w14:textId="4129BD4A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062D9EF6" w14:textId="73D30334" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>PRIVĀTDETEKTĪVS SIA</w:t>
+          <w:p w14:paraId="062D9EF6" w14:textId="38D726FB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PRIVĀTDETEKTĪVU BIROJS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F37F98B" w14:textId="012ED309" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40103584994</w:t>
+          <w:p w14:paraId="1F37F98B" w14:textId="30FF2BEC" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103592120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="416D097C" w14:textId="7C62BE88" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="416D097C" w14:textId="4844D42D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Miera iela 82 - 1a </w:t>
+              <w:t xml:space="preserve">Rīga, Zemes iela 2 - 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F11B889" w14:textId="7334656F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>66100034</w:t>
+          <w:p w14:paraId="0F11B889" w14:textId="138C9B37" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29233031, 26477491</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35E1151F" w14:textId="3C244CA2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>3/2021</w:t>
+          <w:p w14:paraId="35E1151F" w14:textId="142B50CB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="6BCE77FD" w14:textId="4D085B49" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="6BCE77FD" w14:textId="4D085B49" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA3839B" w14:textId="794F9752" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="2AA3839B" w14:textId="794F9752" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DFCA8E6" w14:textId="579CBFB0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>PRIVĀTDETEKTĪVU BIROJS SIA</w:t>
+          <w:p w14:paraId="5DFCA8E6" w14:textId="5CC73DFB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PRO4S SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40E8665B" w14:textId="33729ECD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40103592120</w:t>
+          <w:p w14:paraId="40E8665B" w14:textId="62A1B5E6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203338928</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAB92FE" w14:textId="4F42EC79" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="2EAB92FE" w14:textId="70CC3216" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Zemes iela 2 - 45 </w:t>
+              <w:t xml:space="preserve">Rīga, Daudzeses iela 6 - 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0732DD43" w14:textId="5576BB2B" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>29233031, 26477491</w:t>
+          <w:p w14:paraId="0732DD43" w14:textId="64AA67A8" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>20001800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="455F15A7" w14:textId="46F738F6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>1642</w:t>
+          <w:p w14:paraId="455F15A7" w14:textId="785786FF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="6DA7EFC3" w14:textId="47E04940" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="6DA7EFC3" w14:textId="47E04940" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ADE1A52" w14:textId="7D6D2404" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="6ADE1A52" w14:textId="7D6D2404" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A4ADE7" w14:textId="15511521" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>PRO4S SIA</w:t>
+          <w:p w14:paraId="65A4ADE7" w14:textId="50E2E537" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>PUMA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79B06955" w14:textId="62A44BB5" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40203338928</w:t>
+          <w:p w14:paraId="79B06955" w14:textId="2B803D22" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003560307</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC5C9BA" w14:textId="53F94BD9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="7FC5C9BA" w14:textId="71B60622" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Daudzeses iela 6 - 8 </w:t>
+              <w:t xml:space="preserve">Rīga, Palasta iela 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D8DB7B" w14:textId="1DDFAFA8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>20001800</w:t>
+          <w:p w14:paraId="61D8DB7B" w14:textId="6F163CD0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67292905, 29502263</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5768E1B6" w14:textId="2962821F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>2/2021</w:t>
+          <w:p w14:paraId="5768E1B6" w14:textId="4327D825" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="2C702100" w14:textId="336B5DAE" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="2C702100" w14:textId="336B5DAE" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA5F437" w14:textId="5F0B97C6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="5EA5F437" w14:textId="5F0B97C6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F96BCDF" w14:textId="43269AAE" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>PUMA SIA</w:t>
+          <w:p w14:paraId="1F96BCDF" w14:textId="6A9BE286" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RAUM GROUP SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74D87726" w14:textId="3B08E0A0" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40003560307</w:t>
+          <w:p w14:paraId="74D87726" w14:textId="794E1BC6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103094318</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5FD93A" w14:textId="5E9E24AD" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="2F5FD93A" w14:textId="448C66C0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Palasta iela 10 </w:t>
+              <w:t xml:space="preserve">Salaspils nov., Salaspils, Enerģētiķu iela 7 - 76 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1D599E" w14:textId="73F1F6C8" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>67292905, 29502263</w:t>
+          <w:p w14:paraId="0B1D599E" w14:textId="594EBC46" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22302262</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0003CA2F" w14:textId="2495531D" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>1069</w:t>
+          <w:p w14:paraId="0003CA2F" w14:textId="3C99B22E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>5/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="616F3610" w14:textId="7F1A7295" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="616F3610" w14:textId="7F1A7295" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AED21E" w14:textId="5ACA7D8A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="64AED21E" w14:textId="5ACA7D8A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21BFBDC0" w14:textId="0FA24E23" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>RAUM GROUP SIA</w:t>
+          <w:p w14:paraId="21BFBDC0" w14:textId="6F556600" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RIGA LEGAL SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53DF3FAC" w14:textId="609C5CF2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>42103094318</w:t>
+          <w:p w14:paraId="53DF3FAC" w14:textId="3A36FF4B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>45403057962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="369A89EB" w14:textId="69A68DA6" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="369A89EB" w14:textId="6AECAC4C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Salaspils nov., Salaspils, Enerģētiķu iela 7 - 76 </w:t>
+              <w:t xml:space="preserve">Rīga, Lidoņu iela 27 K-1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61A9CD71" w14:textId="3594FC10" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>22302262</w:t>
+          <w:p w14:paraId="61A9CD71" w14:textId="149AC777" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22423122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A3B566B" w14:textId="2F96B4BA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>5/2019</w:t>
+          <w:p w14:paraId="4A3B566B" w14:textId="10E2CA6B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="291DB7AC" w14:textId="49F5E581" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="291DB7AC" w14:textId="49F5E581" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0279F2EF" w14:textId="253F0594" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="0279F2EF" w14:textId="253F0594" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B697C9D" w14:textId="439FFEEA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>RIGA LEGAL SIA</w:t>
+          <w:p w14:paraId="1B697C9D" w14:textId="677C2876" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RĪGAS DETEKTĪVU AĢENTŪRA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38DE58F2" w14:textId="6C032B73" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>45403057962</w:t>
+          <w:p w14:paraId="38DE58F2" w14:textId="21291C8C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003847994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45071873" w14:textId="50A6CFD1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="45071873" w14:textId="4138ECFE" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Lidoņu iela 27 K-1 </w:t>
+              <w:t xml:space="preserve">Rīga, Ganību Dambis 24d </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C41DA21" w14:textId="2A7F5447" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>22423122</w:t>
+          <w:p w14:paraId="3C41DA21" w14:textId="3FE8A6B6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26065555</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="455A0279" w14:textId="71D0E8FA" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>3/2023</w:t>
+          <w:p w14:paraId="455A0279" w14:textId="5B50772C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1064</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="5B8FED28" w14:textId="7BFDE003" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="5B8FED28" w14:textId="7BFDE003" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741C018C" w14:textId="7DC5CE90" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="741C018C" w14:textId="7DC5CE90" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71743D4F" w14:textId="7686C012" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>RĪGAS DETEKTĪVU AĢENTŪRA SIA</w:t>
+          <w:p w14:paraId="71743D4F" w14:textId="38F8B1C5" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RONINTELL SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1360FDCE" w14:textId="2A83591E" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40003847994</w:t>
+          <w:p w14:paraId="1360FDCE" w14:textId="37C8A3CA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203563471</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF5964A" w14:textId="0BFEA101" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="0AF5964A" w14:textId="27405254" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Ganību Dambis 24d </w:t>
+              <w:t xml:space="preserve">Rīga, Bauskas iela 58a - 7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A934F2E" w14:textId="42735351" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>26065555</w:t>
+          <w:p w14:paraId="0A934F2E" w14:textId="69A3211A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29213650</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50515753" w14:textId="5D502DDB" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>1064</w:t>
+          <w:p w14:paraId="50515753" w14:textId="3239D250" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="6714F8DC" w14:textId="70C61707" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="6714F8DC" w14:textId="70C61707" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8A07D9" w14:textId="28925550" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="3B8A07D9" w14:textId="28925550" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395BF463" w14:textId="67FC05D2" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>RONINTELL SIA</w:t>
+          <w:p w14:paraId="395BF463" w14:textId="6F46282B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RP DROŠĪBA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17BB4AAA" w14:textId="4A782C45" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40203563471</w:t>
+          <w:p w14:paraId="17BB4AAA" w14:textId="717FE30B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103270012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072C274A" w14:textId="7F472AE1" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="072C274A" w14:textId="52360CB7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C96358">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Bauskas iela 58a - 7 </w:t>
+              <w:t>Rīga, Bauskas iela 207-67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43EBF8F5" w14:textId="28EDC477" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00A45331" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>29213650</w:t>
+          <w:p w14:paraId="43EBF8F5" w14:textId="7E929BB9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26784346</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBA95E3" w14:textId="6844F571" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>4/2024</w:t>
+          <w:p w14:paraId="4EBA95E3" w14:textId="596D00D7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w14:paraId="372E196B" w14:textId="21169919" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="372E196B" w14:textId="21169919" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9BF022" w14:textId="10DFA03A" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="2A9BF022" w14:textId="10DFA03A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B580485" w14:textId="3888EC0F" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>RP DROŠĪBA SIA</w:t>
+          <w:p w14:paraId="3B580485" w14:textId="45C62307" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>RUBIKONS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB236B0" w14:textId="77D4C686" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>40103270012</w:t>
+          <w:p w14:paraId="3AB236B0" w14:textId="5D3AA519" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103960400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61E8C5A4" w14:textId="51654F16" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00310B34" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="61E8C5A4" w14:textId="2DDC9CF4" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Ieriķu iela 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F31E43" w14:textId="037E1390" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67270701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDCC994" w14:textId="16C12367" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="5A938CF8" w14:textId="7D2D3E3E" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E91F1DD" w14:textId="6E129374" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF89CE0" w14:textId="0A77E0B7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SABIEDRĪBA PRIVĀTAJĀM INVESTĪCIJĀM SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA7254D" w14:textId="33F48C18" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>48503023372</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4ED258" w14:textId="47AF56BA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Dzirnavu iela 83 - 33 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE82581" w14:textId="2C9EE787" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29999935</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F38DCB" w14:textId="6724E43B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="68DB8B05" w14:textId="1852B2E2" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6993F955" w14:textId="59AFC6CB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD119A7" w14:textId="0D54A280" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SECURITY AGENCY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD20B76" w14:textId="02EAADAB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203552800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="110E8802" w14:textId="00153033" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Buļļu iela 47a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75847BE8" w14:textId="47E6B50C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29240702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7692628C" w14:textId="78BC77C0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="7FD3942C" w14:textId="4A7E9BDD" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="497129E4" w14:textId="476A4B1D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1560D8F6" w14:textId="714AED52" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SIA GRETES SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7013A2" w14:textId="627F4445" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203272359</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AE0584" w14:textId="476AF10B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aizkraukles nov., Seces pag., Gretes </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="341686B9" w14:textId="6CAE1500" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A707B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67371371</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3B4504" w14:textId="6D689151" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="0505BD71" w14:textId="20CE40E3" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E86780" w14:textId="53D06A8E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D77BBB" w14:textId="5F9BB50E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SIA SEQ SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB293DE" w14:textId="737DB1D3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203410806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DF8ACF" w14:textId="381BE064" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Lastādijas iela 12 K-3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DCF4E6" w14:textId="207C362B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27606060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAC0340" w14:textId="5836E14B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="719121B2" w14:textId="66CF05CD" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48415006" w14:textId="7D94AD50" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA7C3F5" w14:textId="4C6DD3A3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SILENCE SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B155650" w14:textId="2C5CE271" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103035757</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9CF968" w14:textId="0267D4CF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liepāja, Graudu iela 28 - 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D18C30D" w14:textId="645BAED0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29544460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FFB35F" w14:textId="2C4E4273" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="0B73A056" w14:textId="7BFC6F4C" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C68FDD" w14:textId="4BC9CD33" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="478A0832" w14:textId="5157FAEF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SKOGSRAV SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15694A1F" w14:textId="374295C4" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103071315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="034D4695" w14:textId="10784C1C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Aristida Briāna iela 18a - 10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="469961E6" w14:textId="720C81B8" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26656333; 26167827</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="054D8F00" w14:textId="64D96ED8" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="40B43F4B" w14:textId="479C3E39" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDAB298" w14:textId="17D1F02D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0269A0" w14:textId="047E502E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SUPPORT&amp;SOLUTIONS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="499B1B6E" w14:textId="7CD6A3EA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103106871</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7831FC" w14:textId="515B327B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Ropažu iela 107 - 6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44228762" w14:textId="32AC76DF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28822333</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB09796" w14:textId="1D5908DA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="7EDE2AFF" w14:textId="637166AB" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DECE601" w14:textId="6BF7AF3C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64409252" w14:textId="7BB563BD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TAIPANS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3A4B74" w14:textId="78C053FA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003973555</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="036D57B1" w14:textId="056283A7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Līksnas iela 7a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C9DDC5" w14:textId="2F614B73" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29222288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4D9873" w14:textId="429853F1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="02D6465C" w14:textId="1728BD71" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2473D2" w14:textId="180A762D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7C0A72" w14:textId="68D9243B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TOP FLOOR SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA97201" w14:textId="6D4FE9E9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>45403053405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01879238" w14:textId="2DCD80DD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Aleksandra Čaka iela 50 - 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49011981" w14:textId="3FD56372" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26414930</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3C3551" w14:textId="7854D8FD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="56397EF6" w14:textId="1895A638" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7155FA68" w14:textId="64646D0B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A745076" w14:textId="6A15542C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TRISMEGISTUS AGENCY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3F7FD5" w14:textId="4F4B1C56" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203285828</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E17D45D" w14:textId="0F8AEEDB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Stabu iela 58a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333AC04A" w14:textId="5FF9F257" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29268487</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEF9BD0" w14:textId="12D2E8F2" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="3FDAD1DA" w14:textId="6D0595E2" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C87BB4" w14:textId="7BB830E2" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="043EAE84" w14:textId="403F50A0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TSK DROŠĪBA SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B9B6D2" w14:textId="5804D341" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103401239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A79152" w14:textId="4C29493E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mārupes nov., Mārupe, Zeltrītu iela 22 - 11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="557EDA85" w14:textId="66EBA730" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>22339375</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E91F116" w14:textId="7979CA34" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="79FEFA32" w14:textId="7FFB1B74" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B17196" w14:textId="643851E6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5F55B7" w14:textId="504F3110" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TURAMURINA DETEKTĪVU AĢENTŪRA IK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16683F99" w14:textId="091A1C8A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40002029119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="385C9C8F" w14:textId="49C598EC" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Zaļenieku iela 21 K-3 - 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EEFAD5" w14:textId="3C8877D1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29165246</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="121991E7" w14:textId="5A695DD9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="113AE8D0" w14:textId="3CEE226A" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D1419B" w14:textId="5FAAD1E0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CEB173" w14:textId="17422E44" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>UNIFORTS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7A4FF6" w14:textId="60F5B7C6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003505292</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="325A5946" w14:textId="4D98154C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Andreja Saharova iela 27 - 14 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1FA227" w14:textId="5E75F3CD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29222288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9C9633" w14:textId="6E16EE97" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1650</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="2DAC9630" w14:textId="1AA24ED8" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C023594" w14:textId="374258BD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCE2338" w14:textId="00CBFF03" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VLAKON SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E29D483" w14:textId="2D02B5C9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42403008866</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CA9622" w14:textId="5C04B37D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rēzeknes nov., Viļāni, Pļavu iela 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EE6973" w14:textId="3B66B517" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28670981; 29224451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5050251C" w14:textId="6E3DFA16" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="43069B93" w14:textId="67015ECA" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="510A824F" w14:textId="075326C0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B35E67F" w14:textId="5AB009D0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VN STANDARD SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD848C9" w14:textId="2E755917" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103492774</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6D3F21" w14:textId="66E789BD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Motoru iela 3 - 92 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="131BB56D" w14:textId="5B9C1550" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26407050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290BC162" w14:textId="0DEA8F5C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="48F3930B" w14:textId="451FE23B" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3355141A" w14:textId="1FCF1E19" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F0FE1D" w14:textId="7A8A621C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VSR SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7551821D" w14:textId="29E2B406" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203056244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F97BBC" w14:textId="79211AB9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>Rīga, Bauskas iela 207-67</w:t>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Latgales iela 423 - 101 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F31E43" w14:textId="456E2997" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...16 lines deleted...]
-              <w:t>26784346</w:t>
+          <w:p w14:paraId="480CB609" w14:textId="060B3587" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27099577</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EDCC994" w14:textId="2E3E5DF9" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
-[...3433 lines deleted...]
-          <w:p w14:paraId="2584CB86" w14:textId="04E0AABC" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
+          <w:p w14:paraId="2AB04FD6" w14:textId="77113B81" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A32FBB5" w14:textId="77777777" w:rsidR="00A849B0" w:rsidRPr="00BE6316" w:rsidRDefault="00A849B0">
       <w:pPr>
         <w:rPr>
@@ -9107,82 +8879,84 @@
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00921C00"/>
     <w:rsid w:val="0000219E"/>
     <w:rsid w:val="000163CF"/>
     <w:rsid w:val="000514DD"/>
     <w:rsid w:val="000659A2"/>
     <w:rsid w:val="000A64B0"/>
     <w:rsid w:val="00170B5A"/>
     <w:rsid w:val="00173032"/>
     <w:rsid w:val="0018336F"/>
     <w:rsid w:val="00191846"/>
     <w:rsid w:val="001D5CB9"/>
     <w:rsid w:val="001E0414"/>
     <w:rsid w:val="001E0CB0"/>
     <w:rsid w:val="0020335C"/>
     <w:rsid w:val="002A1486"/>
     <w:rsid w:val="002A707B"/>
     <w:rsid w:val="00310B34"/>
     <w:rsid w:val="003262C9"/>
     <w:rsid w:val="00344096"/>
     <w:rsid w:val="0035533F"/>
     <w:rsid w:val="003C4D71"/>
+    <w:rsid w:val="003E3CBC"/>
     <w:rsid w:val="004533DC"/>
     <w:rsid w:val="0047553C"/>
     <w:rsid w:val="004B2F6C"/>
     <w:rsid w:val="004C2EE4"/>
     <w:rsid w:val="004C579D"/>
     <w:rsid w:val="00513555"/>
     <w:rsid w:val="005757F4"/>
     <w:rsid w:val="00580B9D"/>
     <w:rsid w:val="005F5781"/>
     <w:rsid w:val="005F713A"/>
     <w:rsid w:val="00616F87"/>
     <w:rsid w:val="00643BA0"/>
     <w:rsid w:val="00681EFB"/>
     <w:rsid w:val="006E4CC0"/>
     <w:rsid w:val="006E4E8E"/>
     <w:rsid w:val="00757C1C"/>
     <w:rsid w:val="007A5F2E"/>
     <w:rsid w:val="007B4662"/>
     <w:rsid w:val="007B7012"/>
     <w:rsid w:val="00850E2A"/>
     <w:rsid w:val="00854835"/>
     <w:rsid w:val="008B3BB1"/>
     <w:rsid w:val="008C41BD"/>
     <w:rsid w:val="008C7636"/>
     <w:rsid w:val="00921C00"/>
@@ -10269,77 +10043,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2298</Words>
-  <Characters>1311</Characters>
+  <Words>2236</Words>
+  <Characters>1276</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3602</CharactersWithSpaces>
+  <CharactersWithSpaces>3505</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Strazdiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>