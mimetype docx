--- v2 (2026-01-27)
+++ v3 (2026-03-09)
@@ -1,100 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2DCFD1C5" w14:textId="4BFECCF5" w:rsidR="00921C00" w:rsidRPr="00BE6316" w:rsidRDefault="00921C00" w:rsidP="00921C00">
+    <w:p w14:paraId="2DCFD1C5" w14:textId="691B2A42" w:rsidR="00921C00" w:rsidRPr="00BE6316" w:rsidRDefault="00921C00" w:rsidP="00921C00">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Licencētās detektīvsabiedrības </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(dati uz </w:t>
       </w:r>
-      <w:r w:rsidR="003E3CBC">
+      <w:r w:rsidR="00B92ECE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00854835" w:rsidRPr="00BE6316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E3CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1556,7302 +1556,7095 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E68C845" w14:textId="0D786C06" w:rsidR="00EB5CB2" w:rsidRPr="00BE6316" w:rsidRDefault="00EB5CB2" w:rsidP="00EB5CB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="1716C434" w14:textId="271E0C0D" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="21311EBA" w14:textId="77777777" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555EA856" w14:textId="1672D732" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5000AEB8" w14:textId="2320D9E4" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6CC156" w14:textId="5E718E44" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="453BB17B" w14:textId="2DC17C60" w:rsidR="00B92ECE" w:rsidRPr="00B92ECE" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BLACKSTONE APEX IK </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E149BBE" w14:textId="57CA43FF" w:rsidR="00B92ECE" w:rsidRPr="00B92ECE" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40002226631</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A79C9F" w14:textId="059F64DB" w:rsidR="00B92ECE" w:rsidRPr="00B92ECE" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bauskas nov., Valles pag., Valle, Liepu iela 13 - 25 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14303603" w14:textId="5D4D6648" w:rsidR="00B92ECE" w:rsidRPr="00B92ECE" w:rsidRDefault="0065275C" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>23000023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1894D80D" w14:textId="4EECE985" w:rsidR="00B92ECE" w:rsidRPr="00B92ECE" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="1716C434" w14:textId="271E0C0D" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="555EA856" w14:textId="3E53B999" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6CC156" w14:textId="5E718E44" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>CASUS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0641CEC5" w14:textId="456BA470" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0641CEC5" w14:textId="456BA470" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40203458906</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A61CD5" w14:textId="4D903F71" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="25A61CD5" w14:textId="4D903F71" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Pulkveža Brieža iela 4 - 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70ACD2DF" w14:textId="31DEBB54" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="70ACD2DF" w14:textId="31DEBB54" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25157430</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31229765" w14:textId="48C540DC" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="31229765" w14:textId="48C540DC" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="31868D67" w14:textId="0AC6929F" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="31868D67" w14:textId="0AC6929F" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F71AF71" w14:textId="21A18E07" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5F71AF71" w14:textId="2D03FE25" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="276476DE" w14:textId="52560C5E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="276476DE" w14:textId="52560C5E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>DALIŠEVSKAS JURIDISKAIS BIROJS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5430DCF1" w14:textId="4A2540D3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5430DCF1" w14:textId="4A2540D3" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40203299546</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7198EF87" w14:textId="1234ADDB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="7198EF87" w14:textId="1234ADDB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Daugavpils, Mihoelsa iela 3 - 67 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1329F00D" w14:textId="09FE5DD0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1329F00D" w14:textId="09FE5DD0" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20445259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEAECAD" w14:textId="7E61B153" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4AEAECAD" w14:textId="7E61B153" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w14:paraId="1BEAA5EA" w14:textId="74BB1951" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00170B5A" w14:paraId="1BEAA5EA" w14:textId="74BB1951" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F24F8FC" w14:textId="6CBD3303" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0F24F8FC" w14:textId="0D39A9EF" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18708942" w14:textId="04DCC946" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="18708942" w14:textId="04DCC946" w:rsidR="00B92ECE" w:rsidRPr="00170B5A" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>EGRI SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="304E54D0" w14:textId="25222952" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="304E54D0" w14:textId="25222952" w:rsidR="00B92ECE" w:rsidRPr="00170B5A" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40103863571</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48186D01" w14:textId="2A97ECAE" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="48186D01" w14:textId="2A97ECAE" w:rsidR="00B92ECE" w:rsidRPr="00170B5A" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Žagatu iela 20 - 28 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1A971A" w14:textId="215FAA67" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6C1A971A" w14:textId="215FAA67" w:rsidR="00B92ECE" w:rsidRPr="00170B5A" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29298424</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5323B52F" w14:textId="6E18E710" w:rsidR="003E3CBC" w:rsidRPr="00170B5A" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5323B52F" w14:textId="6E18E710" w:rsidR="00B92ECE" w:rsidRPr="00170B5A" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>10/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="620ECDD8" w14:textId="3B609F30" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="620ECDD8" w14:textId="3B609F30" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11EB791E" w14:textId="315AED68" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="11EB791E" w14:textId="7838FD27" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11923F6E" w14:textId="4C65531D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="11923F6E" w14:textId="4C65531D" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>FORSETIA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32981609" w14:textId="66325494" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="32981609" w14:textId="66325494" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40203206527</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F921E28" w14:textId="33E391D3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0F921E28" w14:textId="33E391D3" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Krišjāņa Valdemāra iela 24 - 22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739B918F" w14:textId="3C5E203F" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="739B918F" w14:textId="3C5E203F" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22305085</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="322C2186" w14:textId="0207ED81" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="322C2186" w14:textId="0207ED81" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>6/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="79B8E422" w14:textId="4FC4AD67" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="79B8E422" w14:textId="4FC4AD67" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CFBD233" w14:textId="0852773E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6CFBD233" w14:textId="3D54BE60" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BBDC9A" w14:textId="052F0E76" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="13BBDC9A" w14:textId="052F0E76" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>G4S LATVIA AS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="290AACFB" w14:textId="794A78DE" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="290AACFB" w14:textId="794A78DE" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40103058465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="199AD308" w14:textId="390BCFBB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="199AD308" w14:textId="390BCFBB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Stigu iela 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="639E9612" w14:textId="152D03A4" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="639E9612" w14:textId="152D03A4" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>67516975, 28379695</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55F02B45" w14:textId="7AF161B9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="55F02B45" w14:textId="7AF161B9" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="24CA34AD" w14:textId="71827044" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="24CA34AD" w14:textId="71827044" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4514E609" w14:textId="5EB52B70" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4514E609" w14:textId="7718306E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC9C082" w14:textId="193EEA6C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4DC9C082" w14:textId="193EEA6C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>HORUSS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEB21E1" w14:textId="1DB40096" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4FEB21E1" w14:textId="1DB40096" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40203539304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7F88BD" w14:textId="1D873BAF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0A7F88BD" w14:textId="1D873BAF" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Valmieras nov., Valmieras pag., Valmiermuiža, Krasta iela 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59AD5F86" w14:textId="68095D19" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="59AD5F86" w14:textId="68095D19" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26614455</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B367F9A" w14:textId="4A456E95" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6B367F9A" w14:textId="4A456E95" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="06A8CF7E" w14:textId="6BDFFB45" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="06A8CF7E" w14:textId="6BDFFB45" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F31A35" w14:textId="67503E14" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="03F31A35" w14:textId="7606D7B4" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20411A7A" w14:textId="64B0368C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="20411A7A" w14:textId="64B0368C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>IDB LATVIJA IK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA18F23" w14:textId="572992B1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="7CA18F23" w14:textId="572992B1" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40002221723</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CFD233B" w14:textId="70ED7779" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5CFD233B" w14:textId="70ED7779" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludzas nov., Ludza, Lejas iela 23 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="763D6F76" w14:textId="610D61BA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="763D6F76" w14:textId="610D61BA" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>28670981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DEA0AB0" w14:textId="596B17AD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2DEA0AB0" w14:textId="596B17AD" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="44F1521C" w14:textId="49B81822" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="44F1521C" w14:textId="49B81822" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C53A2E4" w14:textId="0C6A6FAB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="7C53A2E4" w14:textId="7F8E1C62" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9D0110" w14:textId="7C783264" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2F9D0110" w14:textId="7C783264" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MAD EVA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353E7C95" w14:textId="2A3231C5" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="353E7C95" w14:textId="2A3231C5" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>47103000286</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="393E3BB1" w14:textId="62AC2DC1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="393E3BB1" w14:textId="62AC2DC1" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Madonas nov., Ļaudonas pag., "Eglāji" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2384CDCB" w14:textId="02642121" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2384CDCB" w14:textId="02642121" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26527777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D7AC14" w14:textId="5657A490" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="38D7AC14" w14:textId="5657A490" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="2AF9A045" w14:textId="79F145F7" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="2AF9A045" w14:textId="79F145F7" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78E7C3A6" w14:textId="6A4AA3E6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="78E7C3A6" w14:textId="09E3CF85" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E49C272" w14:textId="7B50FD48" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6E49C272" w14:textId="7B50FD48" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MEISTARS D SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB57518" w14:textId="6D11A33F" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1EB57518" w14:textId="6D11A33F" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>42403009787</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3259DFED" w14:textId="58B09DE6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="3259DFED" w14:textId="58B09DE6" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rēzekne, Meža iela 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF06881" w14:textId="0AA65DB2" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="3CF06881" w14:textId="0AA65DB2" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29214174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE5FBCC" w14:textId="2B6520AD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6DE5FBCC" w14:textId="2B6520AD" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>838</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="133D5631" w14:textId="1F461C9F" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="133D5631" w14:textId="1F461C9F" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458644EB" w14:textId="4C7E91E9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="458644EB" w14:textId="039CD4CC" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0EBAA5" w14:textId="61A34A5D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4B0EBAA5" w14:textId="61A34A5D" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MUSA INTERNATIONAL IK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1B2C87" w14:textId="5068B07E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0F1B2C87" w14:textId="5068B07E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>48502008728</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2087EFB1" w14:textId="5B47C264" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2087EFB1" w14:textId="5B47C264" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Saldus nov., Saldus, Peldu iela 5 - 14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A031911" w14:textId="6AF95064" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1A031911" w14:textId="6AF95064" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29709250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03E56AC2" w14:textId="798DF2E7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="03E56AC2" w14:textId="798DF2E7" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1437</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="21665838" w14:textId="1617242C" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="21665838" w14:textId="1617242C" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="332054BE" w14:textId="2EB06BF1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="332054BE" w14:textId="329C416B" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5FC6AD" w14:textId="55AC7B62" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="7A5FC6AD" w14:textId="55AC7B62" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>PRIVĀTDETEKTĪVS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4755C9E4" w14:textId="550634FE" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4755C9E4" w14:textId="550634FE" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40103584994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="412F1129" w14:textId="6A2BDEAB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="412F1129" w14:textId="6A2BDEAB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Miera iela 82 - 1a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45B229DC" w14:textId="300A43A1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="45B229DC" w14:textId="300A43A1" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>66100034</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFCC033" w14:textId="14D1347C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5EFCC033" w14:textId="14D1347C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3/2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="16F40654" w14:textId="69D3B29E" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="16F40654" w14:textId="69D3B29E" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E532133" w14:textId="4129BD4A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6E532133" w14:textId="2F867F43" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062D9EF6" w14:textId="38D726FB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="062D9EF6" w14:textId="38D726FB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>PRIVĀTDETEKTĪVU BIROJS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F37F98B" w14:textId="30FF2BEC" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1F37F98B" w14:textId="30FF2BEC" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40103592120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="416D097C" w14:textId="4844D42D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="416D097C" w14:textId="4844D42D" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Zemes iela 2 - 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F11B889" w14:textId="138C9B37" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0F11B889" w14:textId="138C9B37" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29233031, 26477491</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35E1151F" w14:textId="142B50CB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="35E1151F" w14:textId="142B50CB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="6BCE77FD" w14:textId="4D085B49" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="6BCE77FD" w14:textId="4D085B49" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA3839B" w14:textId="794F9752" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2AA3839B" w14:textId="55CCFB90" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DFCA8E6" w14:textId="5CC73DFB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5DFCA8E6" w14:textId="5CC73DFB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>PRO4S SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40E8665B" w14:textId="62A1B5E6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="40E8665B" w14:textId="62A1B5E6" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40203338928</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAB92FE" w14:textId="70CC3216" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2EAB92FE" w14:textId="70CC3216" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Daudzeses iela 6 - 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0732DD43" w14:textId="64AA67A8" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0732DD43" w14:textId="64AA67A8" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20001800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="455F15A7" w14:textId="785786FF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="455F15A7" w14:textId="785786FF" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2/2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="6DA7EFC3" w14:textId="47E04940" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="6DA7EFC3" w14:textId="47E04940" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ADE1A52" w14:textId="7D6D2404" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6ADE1A52" w14:textId="33DBB56E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A4ADE7" w14:textId="50E2E537" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="65A4ADE7" w14:textId="50E2E537" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>PUMA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79B06955" w14:textId="2B803D22" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="79B06955" w14:textId="2B803D22" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40003560307</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC5C9BA" w14:textId="71B60622" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="7FC5C9BA" w14:textId="71B60622" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Palasta iela 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D8DB7B" w14:textId="6F163CD0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="61D8DB7B" w14:textId="6F163CD0" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>67292905, 29502263</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5768E1B6" w14:textId="4327D825" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5768E1B6" w14:textId="4327D825" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="2C702100" w14:textId="336B5DAE" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="2C702100" w14:textId="336B5DAE" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA5F437" w14:textId="5F0B97C6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5EA5F437" w14:textId="0ECC08F1" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F96BCDF" w14:textId="6A9BE286" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1F96BCDF" w14:textId="6A9BE286" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RAUM GROUP SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74D87726" w14:textId="794E1BC6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="74D87726" w14:textId="794E1BC6" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>42103094318</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5FD93A" w14:textId="448C66C0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2F5FD93A" w14:textId="448C66C0" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Salaspils nov., Salaspils, Enerģētiķu iela 7 - 76 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1D599E" w14:textId="594EBC46" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0B1D599E" w14:textId="594EBC46" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22302262</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0003CA2F" w14:textId="3C99B22E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0003CA2F" w14:textId="3C99B22E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="616F3610" w14:textId="7F1A7295" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="616F3610" w14:textId="7F1A7295" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AED21E" w14:textId="5ACA7D8A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="64AED21E" w14:textId="447FC012" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21BFBDC0" w14:textId="6F556600" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="21BFBDC0" w14:textId="6F556600" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RIGA LEGAL SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53DF3FAC" w14:textId="3A36FF4B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="53DF3FAC" w14:textId="3A36FF4B" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>45403057962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="369A89EB" w14:textId="6AECAC4C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="369A89EB" w14:textId="6AECAC4C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Lidoņu iela 27 K-1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61A9CD71" w14:textId="149AC777" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="61A9CD71" w14:textId="149AC777" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>22423122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A3B566B" w14:textId="10E2CA6B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4A3B566B" w14:textId="10E2CA6B" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="291DB7AC" w14:textId="49F5E581" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="291DB7AC" w14:textId="49F5E581" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0279F2EF" w14:textId="253F0594" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0279F2EF" w14:textId="49E1E55D" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B697C9D" w14:textId="677C2876" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1B697C9D" w14:textId="677C2876" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RĪGAS DETEKTĪVU AĢENTŪRA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38DE58F2" w14:textId="21291C8C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="38DE58F2" w14:textId="21291C8C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40003847994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45071873" w14:textId="4138ECFE" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="45071873" w14:textId="4138ECFE" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Ganību Dambis 24d </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C41DA21" w14:textId="3FE8A6B6" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="3C41DA21" w14:textId="3FE8A6B6" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26065555</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="455A0279" w14:textId="5B50772C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="455A0279" w14:textId="5B50772C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1064</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="5B8FED28" w14:textId="7BFDE003" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="5B8FED28" w14:textId="7BFDE003" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741C018C" w14:textId="7DC5CE90" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="741C018C" w14:textId="7A290363" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71743D4F" w14:textId="38F8B1C5" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="71743D4F" w14:textId="38F8B1C5" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RONINTELL SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1360FDCE" w14:textId="37C8A3CA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1360FDCE" w14:textId="37C8A3CA" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40203563471</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF5964A" w14:textId="27405254" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0AF5964A" w14:textId="27405254" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīga, Bauskas iela 58a - 7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A934F2E" w14:textId="69A3211A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0A934F2E" w14:textId="69A3211A" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A45331">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29213650</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50515753" w14:textId="3239D250" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="50515753" w14:textId="3239D250" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="6714F8DC" w14:textId="70C61707" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="6714F8DC" w14:textId="70C61707" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8A07D9" w14:textId="28925550" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="3B8A07D9" w14:textId="1273EEAB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395BF463" w14:textId="6F46282B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="395BF463" w14:textId="6F46282B" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RP DROŠĪBA SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17BB4AAA" w14:textId="717FE30B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="17BB4AAA" w14:textId="717FE30B" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>40103270012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072C274A" w14:textId="52360CB7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="072C274A" w14:textId="52360CB7" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīga, Bauskas iela 207-67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43EBF8F5" w14:textId="7E929BB9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="43EBF8F5" w14:textId="7E929BB9" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>26784346</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBA95E3" w14:textId="596D00D7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="4EBA95E3" w14:textId="596D00D7" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="372E196B" w14:textId="21169919" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="372E196B" w14:textId="21169919" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9BF022" w14:textId="10DFA03A" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="2A9BF022" w14:textId="0497D9C9" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>26</w:t>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B580485" w14:textId="45C62307" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>RUBIKONS SIA</w:t>
+          <w:p w14:paraId="3B580485" w14:textId="2963E60E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SABIEDRĪBA PRIVĀTAJĀM INVESTĪCIJĀM SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB236B0" w14:textId="5D3AA519" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>40103960400</w:t>
+          <w:p w14:paraId="3AB236B0" w14:textId="787D6C17" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>48503023372</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61E8C5A4" w14:textId="2DDC9CF4" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="61E8C5A4" w14:textId="7EA8B9B8" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Ieriķu iela 3 </w:t>
+              <w:t xml:space="preserve">Rīga, Dzirnavu iela 83 - 33 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F31E43" w14:textId="037E1390" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>67270701</w:t>
+          <w:p w14:paraId="39F31E43" w14:textId="29E9C25A" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29999935</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EDCC994" w14:textId="16C12367" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>1/2024</w:t>
+          <w:p w14:paraId="3EDCC994" w14:textId="07D1CFF0" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="5A938CF8" w14:textId="7D2D3E3E" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="5A938CF8" w14:textId="7D2D3E3E" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E91F1DD" w14:textId="6E129374" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="7E91F1DD" w14:textId="508AA852" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF89CE0" w14:textId="0A77E0B7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>SABIEDRĪBA PRIVĀTAJĀM INVESTĪCIJĀM SIA</w:t>
+          <w:p w14:paraId="3FF89CE0" w14:textId="1722EA7B" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SECURITY AGENCY SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA7254D" w14:textId="33F48C18" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>48503023372</w:t>
+          <w:p w14:paraId="3FA7254D" w14:textId="318A1E51" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203552800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4ED258" w14:textId="47AF56BA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="0A4ED258" w14:textId="1AB9D4A8" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Dzirnavu iela 83 - 33 </w:t>
+              <w:t xml:space="preserve">Rīga, Buļļu iela 47a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE82581" w14:textId="2C9EE787" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>29999935</w:t>
+          <w:p w14:paraId="0CE82581" w14:textId="661FF297" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29240702</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40F38DCB" w14:textId="6724E43B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>3/2020</w:t>
+          <w:p w14:paraId="40F38DCB" w14:textId="72AA8895" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="68DB8B05" w14:textId="1852B2E2" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="68DB8B05" w14:textId="1852B2E2" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6993F955" w14:textId="59AFC6CB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6993F955" w14:textId="72682362" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD119A7" w14:textId="0D54A280" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>SECURITY AGENCY SIA</w:t>
+          <w:p w14:paraId="6CD119A7" w14:textId="1346B464" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SIA GRETES SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD20B76" w14:textId="02EAADAB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>40203552800</w:t>
+          <w:p w14:paraId="2CD20B76" w14:textId="1A832856" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203272359</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="110E8802" w14:textId="00153033" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="110E8802" w14:textId="34AF3413" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Buļļu iela 47a </w:t>
+              <w:t xml:space="preserve">Aizkraukles nov., Seces pag., Gretes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75847BE8" w14:textId="47E6B50C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>29240702</w:t>
+          <w:p w14:paraId="75847BE8" w14:textId="406D85A8" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A707B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>67371371</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7692628C" w14:textId="78BC77C0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>3/2024</w:t>
+          <w:p w14:paraId="7692628C" w14:textId="44AD662E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="7FD3942C" w14:textId="4A7E9BDD" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="7FD3942C" w14:textId="4A7E9BDD" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="497129E4" w14:textId="476A4B1D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="497129E4" w14:textId="20225F63" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1560D8F6" w14:textId="714AED52" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>SIA GRETES SIA</w:t>
+          <w:p w14:paraId="1560D8F6" w14:textId="4B35DEFB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SIA SEQ SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F7013A2" w14:textId="627F4445" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>40203272359</w:t>
+          <w:p w14:paraId="3F7013A2" w14:textId="6CB82F14" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203410806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49AE0584" w14:textId="476AF10B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="49AE0584" w14:textId="70F301AE" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aizkraukles nov., Seces pag., Gretes </w:t>
+              <w:t xml:space="preserve">Rīga, Lastādijas iela 12 K-3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="341686B9" w14:textId="6CAE1500" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>67371371</w:t>
+          <w:p w14:paraId="341686B9" w14:textId="3594744F" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27606060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3B4504" w14:textId="6D689151" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>3/2025</w:t>
+          <w:p w14:paraId="5F3B4504" w14:textId="1B3EDD88" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="0505BD71" w14:textId="20CE40E3" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="0505BD71" w14:textId="20CE40E3" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72E86780" w14:textId="53D06A8E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="72E86780" w14:textId="61B22B4F" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D77BBB" w14:textId="5F9BB50E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>SIA SEQ SIA</w:t>
+          <w:p w14:paraId="58D77BBB" w14:textId="55C57449" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SILENCE SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB293DE" w14:textId="737DB1D3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>40203410806</w:t>
+          <w:p w14:paraId="5DB293DE" w14:textId="130AF21C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103035757</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26DF8ACF" w14:textId="381BE064" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="26DF8ACF" w14:textId="25F6CAA1" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Lastādijas iela 12 K-3 </w:t>
+              <w:t xml:space="preserve">Liepāja, Graudu iela 28 - 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68DCF4E6" w14:textId="207C362B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>27606060</w:t>
+          <w:p w14:paraId="68DCF4E6" w14:textId="07C84DA5" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29544460</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAC0340" w14:textId="5836E14B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>2/2024</w:t>
+          <w:p w14:paraId="7FAC0340" w14:textId="2A576D89" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2/2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="719121B2" w14:textId="66CF05CD" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="719121B2" w14:textId="66CF05CD" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48415006" w14:textId="7D94AD50" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="48415006" w14:textId="0B346772" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>31</w:t>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA7C3F5" w14:textId="4C6DD3A3" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>SILENCE SIA</w:t>
+          <w:p w14:paraId="0CA7C3F5" w14:textId="7711FC41" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SKOGSRAV SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B155650" w14:textId="2C5CE271" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>42103035757</w:t>
+          <w:p w14:paraId="1B155650" w14:textId="08074181" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103071315</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9CF968" w14:textId="0267D4CF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1C9CF968" w14:textId="196896F5" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liepāja, Graudu iela 28 - 8 </w:t>
+              <w:t xml:space="preserve">Rīga, Aristida Briāna iela 18a - 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D18C30D" w14:textId="645BAED0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>29544460</w:t>
+          <w:p w14:paraId="4D18C30D" w14:textId="5C73E51B" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26656333; 26167827</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49FFB35F" w14:textId="2C4E4273" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>2/2015</w:t>
+          <w:p w14:paraId="49FFB35F" w14:textId="65292E2C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4/2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="0B73A056" w14:textId="7BFC6F4C" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="0B73A056" w14:textId="7BFC6F4C" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C68FDD" w14:textId="4BC9CD33" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="67C68FDD" w14:textId="7471298C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="478A0832" w14:textId="5157FAEF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>SKOGSRAV SIA</w:t>
+          <w:p w14:paraId="478A0832" w14:textId="77DD475D" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SUPPORT&amp;SOLUTIONS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15694A1F" w14:textId="374295C4" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>42103071315</w:t>
+          <w:p w14:paraId="15694A1F" w14:textId="7F07C4E0" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42103106871</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="034D4695" w14:textId="10784C1C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="034D4695" w14:textId="6818BC95" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Aristida Briāna iela 18a - 10 </w:t>
+              <w:t xml:space="preserve">Rīga, Ropažu iela 107 - 6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="469961E6" w14:textId="720C81B8" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>26656333; 26167827</w:t>
+          <w:p w14:paraId="469961E6" w14:textId="1807A009" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28822333</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="054D8F00" w14:textId="64D96ED8" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>4/2018</w:t>
+          <w:p w14:paraId="054D8F00" w14:textId="77932F11" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="40B43F4B" w14:textId="479C3E39" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="40B43F4B" w14:textId="479C3E39" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DDAB298" w14:textId="17D1F02D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="6DDAB298" w14:textId="3453D559" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0269A0" w14:textId="047E502E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>SUPPORT&amp;SOLUTIONS SIA</w:t>
+          <w:p w14:paraId="7A0269A0" w14:textId="6481890C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TAIPANS SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="499B1B6E" w14:textId="7CD6A3EA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>42103106871</w:t>
+          <w:p w14:paraId="499B1B6E" w14:textId="58738486" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003973555</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7831FC" w14:textId="515B327B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5E7831FC" w14:textId="62AFE97C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Ropažu iela 107 - 6 </w:t>
+              <w:t xml:space="preserve">Rīga, Līksnas iela 7a </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44228762" w14:textId="32AC76DF" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>28822333</w:t>
+          <w:p w14:paraId="44228762" w14:textId="119D2DF7" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29222288</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB09796" w14:textId="1D5908DA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>1/2020</w:t>
+          <w:p w14:paraId="7BB09796" w14:textId="55F91021" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="7EDE2AFF" w14:textId="637166AB" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="7EDE2AFF" w14:textId="637166AB" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DECE601" w14:textId="6BF7AF3C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5DECE601" w14:textId="0F2C89FB" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>34</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64409252" w14:textId="7BB563BD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>TAIPANS SIA</w:t>
+          <w:p w14:paraId="64409252" w14:textId="4EECB30E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TOP FLOOR SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3A4B74" w14:textId="78C053FA" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>40003973555</w:t>
+          <w:p w14:paraId="1C3A4B74" w14:textId="699DFD98" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>45403053405</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036D57B1" w14:textId="056283A7" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="036D57B1" w14:textId="6D16A46E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Līksnas iela 7a </w:t>
+              <w:t xml:space="preserve">Rīga, Aleksandra Čaka iela 50 - 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14C9DDC5" w14:textId="2F614B73" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="14C9DDC5" w14:textId="18AF059A" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26414930</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4D9873" w14:textId="0D769F51" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8/2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w14:paraId="02D6465C" w14:textId="1728BD71" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2473D2" w14:textId="3AB62312" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7C0A72" w14:textId="1ACAAD03" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TRISMEGISTUS AGENCY SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA97201" w14:textId="6C5C039C" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203285828</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01879238" w14:textId="2103685E" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Stabu iela 58a </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49011981" w14:textId="1AC798D2" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29268487</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3C3551" w14:textId="763E6C61" w:rsidR="00B92ECE" w:rsidRPr="00BE6316" w:rsidRDefault="00B92ECE" w:rsidP="00B92ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065275C" w:rsidRPr="00BE6316" w14:paraId="56397EF6" w14:textId="1895A638" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7155FA68" w14:textId="786C4EEA" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A745076" w14:textId="23829820" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>TURAMURINA DETEKTĪVU AĢENTŪRA IK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3F7FD5" w14:textId="6412C0EA" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40002029119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E17D45D" w14:textId="3E7FC12D" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Zaļenieku iela 21 K-3 - 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333AC04A" w14:textId="4622B1F7" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>29165246</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEF9BD0" w14:textId="3C1229AC" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065275C" w:rsidRPr="00BE6316" w14:paraId="3FDAD1DA" w14:textId="6D0595E2" w:rsidTr="00BD0909">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C87BB4" w14:textId="6E1C5DFE" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="043EAE84" w14:textId="1FD57644" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>UNIFORTS SIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B9B6D2" w14:textId="5B26CCD1" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40003505292</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A79152" w14:textId="7A8C5E04" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rīga, Andreja Saharova iela 27 - 14 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="557EDA85" w14:textId="75FFB576" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>29222288</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4D9873" w14:textId="429853F1" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>1/2017</w:t>
+          <w:p w14:paraId="7E91F116" w14:textId="6DE1735D" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="02D6465C" w14:textId="1728BD71" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="0065275C" w:rsidRPr="00BE6316" w14:paraId="79FEFA32" w14:textId="7FFB1B74" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2473D2" w14:textId="180A762D" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="48B17196" w14:textId="514EC432" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7C0A72" w14:textId="68D9243B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>TOP FLOOR SIA</w:t>
+          <w:p w14:paraId="5A5F55B7" w14:textId="7D13AE98" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VLAKON SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA97201" w14:textId="6D4FE9E9" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>45403053405</w:t>
+          <w:p w14:paraId="16683F99" w14:textId="771DE823" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>42403008866</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01879238" w14:textId="2DCD80DD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="385C9C8F" w14:textId="515F8EB5" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Aleksandra Čaka iela 50 - 3 </w:t>
+              <w:t xml:space="preserve">Rēzeknes nov., Viļāni, Pļavu iela 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49011981" w14:textId="3FD56372" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>26414930</w:t>
+          <w:p w14:paraId="53EEFAD5" w14:textId="59F2A9AB" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>28670981; 29224451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A3C3551" w14:textId="7854D8FD" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>8/2019</w:t>
+          <w:p w14:paraId="121991E7" w14:textId="4D63DEE2" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="56397EF6" w14:textId="1895A638" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="0065275C" w:rsidRPr="00BE6316" w14:paraId="113AE8D0" w14:textId="3CEE226A" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7155FA68" w14:textId="64646D0B" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="45D1419B" w14:textId="55C993CB" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A745076" w14:textId="6A15542C" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>TRISMEGISTUS AGENCY SIA</w:t>
+          <w:p w14:paraId="07CEB173" w14:textId="0B6A752C" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VN STANDARD SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3F7FD5" w14:textId="4F4B1C56" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>40203285828</w:t>
+          <w:p w14:paraId="1F7A4FF6" w14:textId="0E1DD023" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40103492774</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E17D45D" w14:textId="0F8AEEDB" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="325A5946" w14:textId="28C67634" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rīga, Stabu iela 58a </w:t>
+              <w:t xml:space="preserve">Rīga, Motoru iela 3 - 92 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333AC04A" w14:textId="5FF9F257" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>29268487</w:t>
+          <w:p w14:paraId="4F1FA227" w14:textId="60B1782A" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>26407050</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FEF9BD0" w14:textId="12D2E8F2" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>1/2021</w:t>
+          <w:p w14:paraId="0B9C9633" w14:textId="135BC3D8" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3/2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w14:paraId="3FDAD1DA" w14:textId="6D0595E2" w:rsidTr="00BD0909">
+      <w:tr w:rsidR="0065275C" w:rsidRPr="00BE6316" w14:paraId="2DAC9630" w14:textId="1AA24ED8" w:rsidTr="00BD0909">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C87BB4" w14:textId="7BB830E2" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="1C023594" w14:textId="3137C696" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>37</w:t>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="043EAE84" w14:textId="403F50A0" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>TSK DROŠĪBA SIA</w:t>
+          <w:p w14:paraId="1BCE2338" w14:textId="4274EE1D" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>VSR SIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73B9B6D2" w14:textId="5804D341" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>40103401239</w:t>
+          <w:p w14:paraId="4E29D483" w14:textId="1ADFB4AA" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>40203056244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36A79152" w14:textId="4C29493E" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="35CA9622" w14:textId="1322A757" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mārupes nov., Mārupe, Zeltrītu iela 22 - 11 </w:t>
+              <w:t xml:space="preserve">Rīga, Latgales iela 423 - 101 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="557EDA85" w14:textId="66EBA730" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...16 lines deleted...]
-              <w:t>22339375</w:t>
+          <w:p w14:paraId="37EE6973" w14:textId="337A7652" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96358">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>27099577</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E91F116" w14:textId="7979CA34" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
-[...1009 lines deleted...]
-          <w:p w14:paraId="2AB04FD6" w14:textId="77113B81" w:rsidR="003E3CBC" w:rsidRPr="00BE6316" w:rsidRDefault="003E3CBC" w:rsidP="003E3CBC">
+          <w:p w14:paraId="5050251C" w14:textId="7C19E6BA" w:rsidR="0065275C" w:rsidRPr="00BE6316" w:rsidRDefault="0065275C" w:rsidP="0065275C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C96358">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A32FBB5" w14:textId="77777777" w:rsidR="00A849B0" w:rsidRPr="00BE6316" w:rsidRDefault="00A849B0">
       <w:pPr>
         <w:rPr>
@@ -8879,120 +8672,122 @@
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00921C00"/>
     <w:rsid w:val="0000219E"/>
     <w:rsid w:val="000163CF"/>
     <w:rsid w:val="000514DD"/>
     <w:rsid w:val="000659A2"/>
     <w:rsid w:val="000A64B0"/>
     <w:rsid w:val="00170B5A"/>
     <w:rsid w:val="00173032"/>
     <w:rsid w:val="0018336F"/>
     <w:rsid w:val="00191846"/>
     <w:rsid w:val="001D5CB9"/>
     <w:rsid w:val="001E0414"/>
     <w:rsid w:val="001E0CB0"/>
     <w:rsid w:val="0020335C"/>
     <w:rsid w:val="002A1486"/>
     <w:rsid w:val="002A707B"/>
     <w:rsid w:val="00310B34"/>
     <w:rsid w:val="003262C9"/>
     <w:rsid w:val="00344096"/>
     <w:rsid w:val="0035533F"/>
     <w:rsid w:val="003C4D71"/>
     <w:rsid w:val="003E3CBC"/>
     <w:rsid w:val="004533DC"/>
     <w:rsid w:val="0047553C"/>
     <w:rsid w:val="004B2F6C"/>
     <w:rsid w:val="004C2EE4"/>
     <w:rsid w:val="004C579D"/>
     <w:rsid w:val="00513555"/>
     <w:rsid w:val="005757F4"/>
     <w:rsid w:val="00580B9D"/>
     <w:rsid w:val="005F5781"/>
     <w:rsid w:val="005F713A"/>
     <w:rsid w:val="00616F87"/>
     <w:rsid w:val="00643BA0"/>
+    <w:rsid w:val="0065275C"/>
     <w:rsid w:val="00681EFB"/>
     <w:rsid w:val="006E4CC0"/>
     <w:rsid w:val="006E4E8E"/>
     <w:rsid w:val="00757C1C"/>
     <w:rsid w:val="007A5F2E"/>
     <w:rsid w:val="007B4662"/>
     <w:rsid w:val="007B7012"/>
     <w:rsid w:val="00850E2A"/>
     <w:rsid w:val="00854835"/>
     <w:rsid w:val="008B3BB1"/>
     <w:rsid w:val="008C41BD"/>
     <w:rsid w:val="008C7636"/>
     <w:rsid w:val="00921C00"/>
     <w:rsid w:val="0096233A"/>
     <w:rsid w:val="009866D5"/>
+    <w:rsid w:val="00997F3C"/>
     <w:rsid w:val="009A6447"/>
     <w:rsid w:val="009F1EAE"/>
     <w:rsid w:val="00A25EDA"/>
     <w:rsid w:val="00A36E0B"/>
     <w:rsid w:val="00A45331"/>
     <w:rsid w:val="00A74052"/>
     <w:rsid w:val="00A849B0"/>
     <w:rsid w:val="00AA3387"/>
     <w:rsid w:val="00B51E40"/>
+    <w:rsid w:val="00B92ECE"/>
     <w:rsid w:val="00B94A7F"/>
     <w:rsid w:val="00BD0909"/>
     <w:rsid w:val="00BE16AF"/>
     <w:rsid w:val="00BE6316"/>
     <w:rsid w:val="00C12637"/>
     <w:rsid w:val="00C519BC"/>
     <w:rsid w:val="00CA16C7"/>
     <w:rsid w:val="00CC467B"/>
     <w:rsid w:val="00D30DA5"/>
     <w:rsid w:val="00D46ADD"/>
     <w:rsid w:val="00D90A3B"/>
     <w:rsid w:val="00DC55E8"/>
     <w:rsid w:val="00DE1681"/>
     <w:rsid w:val="00E87531"/>
     <w:rsid w:val="00EB5CB2"/>
     <w:rsid w:val="00F423FC"/>
     <w:rsid w:val="00F544F4"/>
     <w:rsid w:val="00F76D30"/>
     <w:rsid w:val="00F94027"/>
     <w:rsid w:val="00FB3021"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -10043,77 +9838,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2236</Words>
-  <Characters>1276</Characters>
+  <Words>2203</Words>
+  <Characters>1256</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3505</CharactersWithSpaces>
+  <CharactersWithSpaces>3453</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Strazdiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>